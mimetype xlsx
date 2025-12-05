--- v0 (2025-10-18)
+++ v1 (2025-12-05)
@@ -201,51 +201,51 @@
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="000000FF"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId6" /></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00130819&amp;Card=1" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5556394" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00231106&amp;Card=1" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5571272" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00428820&amp;Card=1" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5523112" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00433201&amp;Card=1" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5455970" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00513407&amp;Card=1" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5533593" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00705202&amp;Card=1" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5573088" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00708360&amp;Card=1" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5572817" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00746333&amp;Card=1" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5493133" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01111202&amp;Card=1" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5544087" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01111203&amp;Card=1" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01111206&amp;Card=1" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01111207&amp;Card=1" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01111212&amp;Card=1" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01344504&amp;Card=1" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5487992" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01722311&amp;Card=1" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5397061" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01722313&amp;Card=1" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5512578" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01929202&amp;Card=1" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5494248" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02150117&amp;Card=1" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5410553" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02523006&amp;Card=1" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5560644" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02636019&amp;Card=1" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5540020" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02642202&amp;Card=1" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5501372" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02723217&amp;Card=1" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5560298" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02738109&amp;Card=1" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5566970" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02751038&amp;Card=1" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5428491" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02803135&amp;Card=1" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5512838" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02819319&amp;Card=1" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5539868" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02829426&amp;Card=1" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5513450" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02837208&amp;Card=1" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5571783" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=03127211&amp;Card=1" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5488642" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=03321306&amp;Card=1" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5456649" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=03327301&amp;Card=1" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5481324" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=03536411&amp;Card=1" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5525519" TargetMode="External" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=03637208&amp;Card=1" TargetMode="External" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5528486" TargetMode="External" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=04117031&amp;Card=1" TargetMode="External" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5469941" TargetMode="External" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=05042302&amp;Card=1" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5474166" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=05140023&amp;Card=1" TargetMode="External" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5522509" TargetMode="External" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=07417037&amp;Card=1" TargetMode="External" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5525793" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=07620024&amp;Card=1" TargetMode="External" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5357270" TargetMode="External" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=07620025&amp;Card=1" TargetMode="External" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=07620030&amp;Card=1" TargetMode="External" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=07822106&amp;Card=1" TargetMode="External" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5411823" TargetMode="External" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08081121&amp;Card=1" TargetMode="External" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5475855" TargetMode="External" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08119207&amp;Card=1" TargetMode="External" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5491964" TargetMode="External" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08515515&amp;Card=1" TargetMode="External" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5547695" TargetMode="External" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08673313&amp;Card=1" TargetMode="External" Id="rId89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5531578" TargetMode="External" Id="rId90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08679406&amp;Card=1" TargetMode="External" Id="rId91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5467171" TargetMode="External" Id="rId92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08702123&amp;Card=1" TargetMode="External" Id="rId93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5363497" TargetMode="External" Id="rId94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08719306&amp;Card=1" TargetMode="External" Id="rId95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5545381" TargetMode="External" Id="rId96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08727211&amp;Card=1" TargetMode="External" Id="rId97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5544605" TargetMode="External" Id="rId98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08758114&amp;Card=1" TargetMode="External" Id="rId99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5446863" TargetMode="External" Id="rId100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08943301&amp;Card=1" TargetMode="External" Id="rId101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5560347" TargetMode="External" Id="rId102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=09027319&amp;Card=1" TargetMode="External" Id="rId103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5533442" TargetMode="External" Id="rId104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12304201&amp;Card=1" TargetMode="External" Id="rId105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5554485" TargetMode="External" Id="rId106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12304202&amp;Card=1" TargetMode="External" Id="rId107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305202&amp;Card=1" TargetMode="External" Id="rId108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305203&amp;Card=1" TargetMode="External" Id="rId109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305204&amp;Card=1" TargetMode="External" Id="rId110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305302&amp;Card=1" TargetMode="External" Id="rId111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305304&amp;Card=1" TargetMode="External" Id="rId112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305401&amp;Card=1" TargetMode="External" Id="rId113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12307104&amp;Card=1" TargetMode="External" Id="rId114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12513408&amp;Card=1" TargetMode="External" Id="rId115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5546209" TargetMode="External" Id="rId116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12729003&amp;Card=1" TargetMode="External" Id="rId117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5496949" TargetMode="External" Id="rId118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=14069153&amp;Card=1" TargetMode="External" Id="rId119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5454618" TargetMode="External" Id="rId120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=14069209&amp;Card=1" TargetMode="External" Id="rId121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5474292" TargetMode="External" Id="rId122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=16060104&amp;Card=1" TargetMode="External" Id="rId123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5511663" TargetMode="External" Id="rId124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=16082105&amp;Card=1" TargetMode="External" Id="rId125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5540938" TargetMode="External" Id="rId126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=16123721&amp;Card=1" TargetMode="External" Id="rId127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5560030" TargetMode="External" Id="rId128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=20061004&amp;Card=1" TargetMode="External" Id="rId129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5391393" TargetMode="External" Id="rId130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=40218112&amp;Card=1" TargetMode="External" Id="rId131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5562661" TargetMode="External" Id="rId132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=50815107&amp;Card=1" TargetMode="External" Id="rId133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5564677" TargetMode="External" Id="rId134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=51428114&amp;Card=1" TargetMode="External" Id="rId135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5565184" TargetMode="External" Id="rId136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=51453103&amp;Card=1" TargetMode="External" Id="rId137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5508943" TargetMode="External" Id="rId138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=51459115&amp;Card=1" TargetMode="External" Id="rId139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5559576" TargetMode="External" Id="rId140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=51847105&amp;Card=1" TargetMode="External" Id="rId141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5532668" TargetMode="External" Id="rId142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=52015404&amp;Card=1" TargetMode="External" Id="rId143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5551177" TargetMode="External" Id="rId144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=52024414&amp;Card=1" TargetMode="External" Id="rId145" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5397062" TargetMode="External" Id="rId146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=52417212&amp;Card=1" TargetMode="External" Id="rId147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5397060" TargetMode="External" Id="rId148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=52868108&amp;Card=1" TargetMode="External" Id="rId149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5551230" TargetMode="External" Id="rId150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=53044303&amp;Card=1" TargetMode="External" Id="rId151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5541229" TargetMode="External" Id="rId152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=53406207&amp;Card=1" TargetMode="External" Id="rId153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5532585" TargetMode="External" Id="rId154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55052320&amp;Card=1" TargetMode="External" Id="rId155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5514196" TargetMode="External" Id="rId156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55601001&amp;Card=1" TargetMode="External" Id="rId157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55601002&amp;Card=1" TargetMode="External" Id="rId158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55601003&amp;Card=1" TargetMode="External" Id="rId159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55601004&amp;Card=1" TargetMode="External" Id="rId160" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55601005&amp;Card=1" TargetMode="External" Id="rId161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55625117&amp;Card=1" TargetMode="External" Id="rId162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5518812" TargetMode="External" Id="rId163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=56820117&amp;Card=1" TargetMode="External" Id="rId164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5560308" TargetMode="External" Id="rId165" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00130819&amp;Card=1" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5556394" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00231106&amp;Card=1" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5571272" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00308238&amp;Card=1" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5579517" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00428820&amp;Card=1" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5523112" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00433201&amp;Card=1" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5455970" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00513407&amp;Card=1" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5533593" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00705202&amp;Card=1" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5573088" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00708360&amp;Card=1" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5572817" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00746333&amp;Card=1" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5493133" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01111202&amp;Card=1" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5544087" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01111203&amp;Card=1" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01111206&amp;Card=1" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01111207&amp;Card=1" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01111212&amp;Card=1" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01344504&amp;Card=1" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5487992" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01722311&amp;Card=1" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5397061" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01722313&amp;Card=1" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5512578" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01929202&amp;Card=1" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5494248" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02150117&amp;Card=1" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5410553" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02523006&amp;Card=1" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5560644" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02636019&amp;Card=1" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5540020" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02642202&amp;Card=1" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5501372" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02647213&amp;Card=1" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5577654" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02723217&amp;Card=1" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5560298" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02738109&amp;Card=1" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5566970" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02751038&amp;Card=1" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5428491" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02803135&amp;Card=1" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5512838" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02829426&amp;Card=1" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5513450" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02837208&amp;Card=1" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5571783" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=03127211&amp;Card=1" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5488642" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=03327301&amp;Card=1" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5481324" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=04117031&amp;Card=1" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5469941" TargetMode="External" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=05042302&amp;Card=1" TargetMode="External" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5474166" TargetMode="External" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=05140023&amp;Card=1" TargetMode="External" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5522509" TargetMode="External" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=07417037&amp;Card=1" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5525793" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=07620024&amp;Card=1" TargetMode="External" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5357270" TargetMode="External" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=07620025&amp;Card=1" TargetMode="External" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=07620030&amp;Card=1" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=07822106&amp;Card=1" TargetMode="External" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5411823" TargetMode="External" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08081121&amp;Card=1" TargetMode="External" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5475855" TargetMode="External" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08119207&amp;Card=1" TargetMode="External" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5491964" TargetMode="External" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08515515&amp;Card=1" TargetMode="External" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5547695" TargetMode="External" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08673313&amp;Card=1" TargetMode="External" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5531578" TargetMode="External" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08679406&amp;Card=1" TargetMode="External" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5467171" TargetMode="External" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08702123&amp;Card=1" TargetMode="External" Id="rId89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5363497" TargetMode="External" Id="rId90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08719306&amp;Card=1" TargetMode="External" Id="rId91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5545381" TargetMode="External" Id="rId92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08727211&amp;Card=1" TargetMode="External" Id="rId93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5544605" TargetMode="External" Id="rId94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08758114&amp;Card=1" TargetMode="External" Id="rId95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5446863" TargetMode="External" Id="rId96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08943301&amp;Card=1" TargetMode="External" Id="rId97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5560347" TargetMode="External" Id="rId98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12304201&amp;Card=1" TargetMode="External" Id="rId99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5554485" TargetMode="External" Id="rId100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12304202&amp;Card=1" TargetMode="External" Id="rId101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305202&amp;Card=1" TargetMode="External" Id="rId102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305203&amp;Card=1" TargetMode="External" Id="rId103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305204&amp;Card=1" TargetMode="External" Id="rId104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305302&amp;Card=1" TargetMode="External" Id="rId105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305304&amp;Card=1" TargetMode="External" Id="rId106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305401&amp;Card=1" TargetMode="External" Id="rId107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12307104&amp;Card=1" TargetMode="External" Id="rId108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12513408&amp;Card=1" TargetMode="External" Id="rId109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5546209" TargetMode="External" Id="rId110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12729003&amp;Card=1" TargetMode="External" Id="rId111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5496949" TargetMode="External" Id="rId112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=14069153&amp;Card=1" TargetMode="External" Id="rId113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5454618" TargetMode="External" Id="rId114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=14069209&amp;Card=1" TargetMode="External" Id="rId115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5474292" TargetMode="External" Id="rId116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=16060104&amp;Card=1" TargetMode="External" Id="rId117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5511663" TargetMode="External" Id="rId118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=16082105&amp;Card=1" TargetMode="External" Id="rId119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5540938" TargetMode="External" Id="rId120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=16123721&amp;Card=1" TargetMode="External" Id="rId121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5560030" TargetMode="External" Id="rId122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=20061004&amp;Card=1" TargetMode="External" Id="rId123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5391393" TargetMode="External" Id="rId124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=40218112&amp;Card=1" TargetMode="External" Id="rId125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5562661" TargetMode="External" Id="rId126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=50815107&amp;Card=1" TargetMode="External" Id="rId127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5564677" TargetMode="External" Id="rId128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=51453103&amp;Card=1" TargetMode="External" Id="rId129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5508943" TargetMode="External" Id="rId130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=51459115&amp;Card=1" TargetMode="External" Id="rId131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5559576" TargetMode="External" Id="rId132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=52015404&amp;Card=1" TargetMode="External" Id="rId133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5551177" TargetMode="External" Id="rId134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=52024414&amp;Card=1" TargetMode="External" Id="rId135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5397062" TargetMode="External" Id="rId136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=52417212&amp;Card=1" TargetMode="External" Id="rId137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5397060" TargetMode="External" Id="rId138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=52868108&amp;Card=1" TargetMode="External" Id="rId139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5551230" TargetMode="External" Id="rId140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=53044303&amp;Card=1" TargetMode="External" Id="rId141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5541229" TargetMode="External" Id="rId142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=53406207&amp;Card=1" TargetMode="External" Id="rId143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5532585" TargetMode="External" Id="rId144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55036412&amp;Card=1" TargetMode="External" Id="rId145" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5582856" TargetMode="External" Id="rId146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55052320&amp;Card=1" TargetMode="External" Id="rId147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5514196" TargetMode="External" Id="rId148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55601001&amp;Card=1" TargetMode="External" Id="rId149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55601002&amp;Card=1" TargetMode="External" Id="rId150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55601003&amp;Card=1" TargetMode="External" Id="rId151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55601004&amp;Card=1" TargetMode="External" Id="rId152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55601005&amp;Card=1" TargetMode="External" Id="rId153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55625117&amp;Card=1" TargetMode="External" Id="rId154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5518812" TargetMode="External" Id="rId155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=56820117&amp;Card=1" TargetMode="External" Id="rId156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5560308" TargetMode="External" Id="rId157" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <sheetPr>
     <outlinePr/>
   </sheetPr>
   <sheetViews>
     <sheetView workbookViewId="0" showGridLines="0">
       <pane ySplit="1" state="frozen" topLeftCell="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="17.140625"/>
     <col min="2" max="2" customWidth="1" width="27.421875"/>
     <col min="3" max="3" customWidth="1" width="13.7109375"/>
     <col min="4" max="4" customWidth="1" width="15.28125"/>
     <col min="5" max="5" customWidth="1" width="13.7109375"/>
     <col min="6" max="6" customWidth="1" width="13.7109375"/>
     <col min="7" max="7" customWidth="1" width="40.140625"/>
     <col min="8" max="8" customWidth="1" width="13.7109375"/>
     <col min="9" max="9" customWidth="1" width="13.7109375"/>
     <col min="10" max="10" customWidth="1" width="26.28125"/>
     <col min="11" max="11" customWidth="1" width="15.28125"/>
     <col min="12" max="12" customWidth="1" width="15.421875"/>
@@ -787,4718 +787,4718 @@
       </c>
       <c s="4" t="inlineStr" r="AH4">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AI4">
         <is>
           <t xml:space="preserve">89503</t>
         </is>
       </c>
     </row>
     <row r="5" ht="18" customHeight="0">
       <c s="3" t="inlineStr" r="A5">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">004-288-20</t>
+            <t xml:space="preserve">003-082-38</t>
           </r>
         </is>
       </c>
       <c s="4" t="inlineStr" r="B5">
         <is>
-          <t xml:space="preserve">2090 HIGHVIEW CT 7</t>
+          <t xml:space="preserve">5058 EMERY DR</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="C5">
         <is>
-          <t xml:space="preserve">03/04/2025 </t>
+          <t xml:space="preserve">11/04/2025 </t>
         </is>
       </c>
       <c s="5" r="D5">
-        <v>136900</v>
+        <v>0</v>
       </c>
       <c s="4" t="inlineStr" r="E5">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
       <c s="3" t="inlineStr" r="F5">
         <is>
-          <t xml:space="preserve">5523112</t>
+          <t xml:space="preserve">5579517</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="G5">
         <is>
-          <t xml:space="preserve">WHISPERING SPRINGS AMD</t>
+          <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
       <c s="6" r="H5">
-        <v>1984</v>
+        <v>1979</v>
       </c>
       <c s="6" r="I5">
-        <v>1984</v>
+        <v>1979</v>
       </c>
       <c s="4" t="inlineStr" r="J5">
         <is>
-          <t xml:space="preserve">Condo/Townhouse</t>
+          <t xml:space="preserve">Mobile Home Real Property</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="K5">
         <is>
-          <t xml:space="preserve">1 Story End Unit</t>
+          <t xml:space="preserve">Mobile Home Double Wide (20 to 37 feet wide)</t>
         </is>
       </c>
       <c s="5" r="L5">
-        <v>919</v>
+        <v>1848</v>
       </c>
       <c s="4" t="inlineStr" r="M5">
         <is>
-          <t xml:space="preserve">Fair</t>
+          <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
       <c s="6" r="N5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c s="6" r="O5">
         <v>2</v>
       </c>
       <c s="6" r="P5">
         <v>0</v>
       </c>
       <c s="4" t="inlineStr" r="Q5">
         <is>
-          <t xml:space="preserve">BASEBOARD, ELECTRIC</t>
+          <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="R5">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="S5">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="T5">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="5" r="U5">
         <v>0</v>
       </c>
       <c s="4" t="inlineStr" r="V5">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="5" r="W5">
         <v>0</v>
       </c>
       <c s="4" t="inlineStr" r="X5">
         <is>
-          <t xml:space="preserve">210</t>
+          <t xml:space="preserve">220</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="Y5">
         <is>
-          <t xml:space="preserve">MF30</t>
+          <t xml:space="preserve">SF3</t>
         </is>
       </c>
       <c s="5" r="Z5">
-        <v>0.001</v>
+        <v>0.5</v>
       </c>
       <c s="4" t="inlineStr" r="AA5">
         <is>
-          <t xml:space="preserve">FEDERAL NATIONAL MORTGAGE ASSN</t>
+          <t xml:space="preserve">US DEPARTMENT OF HOUSING &amp; URBAN DEVELOPMENT</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AB5">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AC5">
         <is>
-          <t xml:space="preserve">5600 GRANITE PKWY</t>
+          <t xml:space="preserve">14002 EAST 21ST ST STE 300</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AD5">
         <is>
-          <t xml:space="preserve">C/O GRANITE PARK VII</t>
+          <t xml:space="preserve">C/O COMPU-LINK CORPORATION</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AE5">
         <is>
-          <t xml:space="preserve">PLANO</t>
+          <t xml:space="preserve">TULSA</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AF5">
         <is>
-          <t xml:space="preserve">TX</t>
+          <t xml:space="preserve">OK</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AG5">
         <is>
-          <t xml:space="preserve">75024</t>
+          <t xml:space="preserve">74134</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AH5">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AI5">
         <is>
-          <t xml:space="preserve">89512</t>
+          <t xml:space="preserve">89506</t>
         </is>
       </c>
     </row>
     <row r="6" ht="18" customHeight="0">
       <c s="3" t="inlineStr" r="A6">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">004-288-20</t>
+          </r>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="B6">
+        <is>
+          <t xml:space="preserve">2090 HIGHVIEW CT 7</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="C6">
+        <is>
+          <t xml:space="preserve">03/04/2025 </t>
+        </is>
+      </c>
+      <c s="5" r="D6">
+        <v>136900</v>
+      </c>
+      <c s="4" t="inlineStr" r="E6">
+        <is>
+          <t xml:space="preserve">3BF</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="F6">
+        <is>
+          <t xml:space="preserve">5523112</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G6">
+        <is>
+          <t xml:space="preserve">WHISPERING SPRINGS AMD</t>
+        </is>
+      </c>
+      <c s="6" r="H6">
+        <v>1984</v>
+      </c>
+      <c s="6" r="I6">
+        <v>1984</v>
+      </c>
+      <c s="4" t="inlineStr" r="J6">
+        <is>
+          <t xml:space="preserve">Condo/Townhouse</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K6">
+        <is>
+          <t xml:space="preserve">1 Story End Unit</t>
+        </is>
+      </c>
+      <c s="5" r="L6">
+        <v>919</v>
+      </c>
+      <c s="4" t="inlineStr" r="M6">
+        <is>
+          <t xml:space="preserve">Fair</t>
+        </is>
+      </c>
+      <c s="6" r="N6">
+        <v>2</v>
+      </c>
+      <c s="6" r="O6">
+        <v>2</v>
+      </c>
+      <c s="6" r="P6">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q6">
+        <is>
+          <t xml:space="preserve">BASEBOARD, ELECTRIC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R6">
+        <is>
+          <t xml:space="preserve">HARDBOARD ON FRAME</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S6">
+        <is>
+          <t xml:space="preserve">COMPOSITION SHINGLE</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T6">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U6">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V6">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W6">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X6">
+        <is>
+          <t xml:space="preserve">210</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="Y6">
+        <is>
+          <t xml:space="preserve">MF30</t>
+        </is>
+      </c>
+      <c s="5" r="Z6">
+        <v>0.001</v>
+      </c>
+      <c s="4" t="inlineStr" r="AA6">
+        <is>
+          <t xml:space="preserve">FEDERAL NATIONAL MORTGAGE ASSN</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AB6">
+        <is>
+          <t xml:space="preserve">NO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AC6">
+        <is>
+          <t xml:space="preserve">5600 GRANITE PKWY</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AD6">
+        <is>
+          <t xml:space="preserve">C/O GRANITE PARK VII</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE6">
+        <is>
+          <t xml:space="preserve">PLANO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AF6">
+        <is>
+          <t xml:space="preserve">TX</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AG6">
+        <is>
+          <t xml:space="preserve">75024</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AH6">
+        <is>
+          <t xml:space="preserve">1000</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AI6">
+        <is>
+          <t xml:space="preserve">89512</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A7">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">004-332-01</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B6">
+      <c s="4" t="inlineStr" r="B7">
         <is>
           <t xml:space="preserve">1995 MCCLOUD AVE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C6">
+      <c s="4" t="inlineStr" r="C7">
         <is>
           <t xml:space="preserve">05/15/2024 </t>
         </is>
       </c>
-      <c s="5" r="D6">
+      <c s="5" r="D7">
         <v>161800</v>
       </c>
-      <c s="4" t="inlineStr" r="E6">
+      <c s="4" t="inlineStr" r="E7">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F6">
+      <c s="3" t="inlineStr" r="F7">
         <is>
           <t xml:space="preserve">5455970</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G6">
+      <c s="4" t="inlineStr" r="G7">
         <is>
           <t xml:space="preserve">NORTH VALLEY</t>
         </is>
       </c>
-      <c s="6" r="H6">
+      <c s="6" r="H7">
         <v>1946</v>
       </c>
-      <c s="6" r="I6">
+      <c s="6" r="I7">
         <v>1946</v>
       </c>
-      <c s="4" t="inlineStr" r="J6">
+      <c s="4" t="inlineStr" r="J7">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K6">
+      <c s="4" t="inlineStr" r="K7">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L6">
+      <c s="5" r="L7">
         <v>1161</v>
       </c>
-      <c s="4" t="inlineStr" r="M6">
+      <c s="4" t="inlineStr" r="M7">
         <is>
           <t xml:space="preserve">Low</t>
         </is>
       </c>
-      <c s="6" r="N6">
+      <c s="6" r="N7">
         <v>2</v>
       </c>
-      <c s="6" r="O6">
+      <c s="6" r="O7">
         <v>1</v>
       </c>
-      <c s="6" r="P6">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q6">
+      <c s="6" r="P7">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q7">
         <is>
           <t xml:space="preserve">FLOOR FURNACE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R6">
+      <c s="4" t="inlineStr" r="R7">
         <is>
           <t xml:space="preserve">SIDING ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S6">
+      <c s="4" t="inlineStr" r="S7">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T6">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X6">
+      <c s="4" t="inlineStr" r="T7">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U7">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V7">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W7">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X7">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y6">
+      <c s="4" t="inlineStr" r="Y7">
         <is>
           <t xml:space="preserve">SF3</t>
         </is>
       </c>
-      <c s="5" r="Z6">
+      <c s="5" r="Z7">
         <v>0.3699954</v>
       </c>
-      <c s="4" t="inlineStr" r="AA6">
+      <c s="4" t="inlineStr" r="AA7">
         <is>
           <t xml:space="preserve">VALENCIA, JOSE L</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB6">
+      <c s="4" t="inlineStr" r="AB7">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC6">
+      <c s="4" t="inlineStr" r="AC7">
         <is>
           <t xml:space="preserve">14185 PYRAMID WAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD6">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE6">
+      <c s="4" t="inlineStr" r="AD7">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE7">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF6">
+      <c s="4" t="inlineStr" r="AF7">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG6">
+      <c s="4" t="inlineStr" r="AG7">
         <is>
           <t xml:space="preserve">89510</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH6">
+      <c s="4" t="inlineStr" r="AH7">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI6">
+      <c s="4" t="inlineStr" r="AI7">
         <is>
           <t xml:space="preserve">89512</t>
         </is>
       </c>
     </row>
-    <row r="7" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A7">
+    <row r="8" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A8">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">005-134-07</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B7">
+      <c s="4" t="inlineStr" r="B8">
         <is>
           <t xml:space="preserve">2705 EVERETT DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C7">
+      <c s="4" t="inlineStr" r="C8">
         <is>
           <t xml:space="preserve">04/22/2025 </t>
         </is>
       </c>
-      <c s="5" r="D7">
+      <c s="5" r="D8">
         <v>458100</v>
       </c>
-      <c s="4" t="inlineStr" r="E7">
+      <c s="4" t="inlineStr" r="E8">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F7">
+      <c s="3" t="inlineStr" r="F8">
         <is>
           <t xml:space="preserve">5533593</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G7">
+      <c s="4" t="inlineStr" r="G8">
         <is>
           <t xml:space="preserve">SIERRA HEIGHTS RENO 6B</t>
         </is>
       </c>
-      <c s="6" r="H7">
+      <c s="6" r="H8">
         <v>1970</v>
       </c>
-      <c s="6" r="I7">
+      <c s="6" r="I8">
         <v>1970</v>
       </c>
-      <c s="4" t="inlineStr" r="J7">
+      <c s="4" t="inlineStr" r="J8">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K7">
+      <c s="4" t="inlineStr" r="K8">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L7">
+      <c s="5" r="L8">
         <v>1300</v>
       </c>
-      <c s="4" t="inlineStr" r="M7">
+      <c s="4" t="inlineStr" r="M8">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N7">
+      <c s="6" r="N8">
         <v>3</v>
       </c>
-      <c s="6" r="O7">
+      <c s="6" r="O8">
         <v>2</v>
       </c>
-      <c s="6" r="P7">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q7">
+      <c s="6" r="P8">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q8">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R7">
+      <c s="4" t="inlineStr" r="R8">
         <is>
           <t xml:space="preserve">SIDING ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S7">
+      <c s="4" t="inlineStr" r="S8">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T7">
+      <c s="4" t="inlineStr" r="T8">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U7">
+      <c s="5" r="U8">
         <v>462</v>
       </c>
-      <c s="4" t="inlineStr" r="V7">
+      <c s="4" t="inlineStr" r="V8">
         <is>
           <t xml:space="preserve">DUGOUT</t>
         </is>
       </c>
-      <c s="5" r="W7">
+      <c s="5" r="W8">
         <v>1300</v>
       </c>
-      <c s="4" t="inlineStr" r="X7">
+      <c s="4" t="inlineStr" r="X8">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y7">
+      <c s="4" t="inlineStr" r="Y8">
         <is>
           <t xml:space="preserve">SF8</t>
         </is>
       </c>
-      <c s="5" r="Z7">
+      <c s="5" r="Z8">
         <v>0.1899908</v>
       </c>
-      <c s="4" t="inlineStr" r="AA7">
+      <c s="4" t="inlineStr" r="AA8">
         <is>
           <t xml:space="preserve">ARIF, MIAN</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB7">
+      <c s="4" t="inlineStr" r="AB8">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC7">
+      <c s="4" t="inlineStr" r="AC8">
         <is>
           <t xml:space="preserve">5395 LADYBUG CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD7">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE7">
+      <c s="4" t="inlineStr" r="AD8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE8">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF7">
+      <c s="4" t="inlineStr" r="AF8">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG7">
+      <c s="4" t="inlineStr" r="AG8">
         <is>
           <t xml:space="preserve">89523</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH7">
+      <c s="4" t="inlineStr" r="AH8">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI7">
+      <c s="4" t="inlineStr" r="AI8">
         <is>
           <t xml:space="preserve">89503</t>
         </is>
       </c>
     </row>
-    <row r="8" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A8">
+    <row r="9" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A9">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">007-052-02</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B8">
+      <c s="4" t="inlineStr" r="B9">
         <is>
           <t xml:space="preserve">310 DENSLOWE DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C8">
+      <c s="4" t="inlineStr" r="C9">
         <is>
           <t xml:space="preserve">10/07/2025 </t>
         </is>
       </c>
-      <c s="5" r="D8">
+      <c s="5" r="D9">
         <v>352700</v>
       </c>
-      <c s="4" t="inlineStr" r="E8">
+      <c s="4" t="inlineStr" r="E9">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F8">
+      <c s="3" t="inlineStr" r="F9">
         <is>
           <t xml:space="preserve">5573088</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G8">
+      <c s="4" t="inlineStr" r="G9">
         <is>
           <t xml:space="preserve">STERLING VILLAGE 2</t>
         </is>
       </c>
-      <c s="6" r="H8">
+      <c s="6" r="H9">
         <v>1959</v>
       </c>
-      <c s="6" r="I8">
+      <c s="6" r="I9">
         <v>1959</v>
       </c>
-      <c s="4" t="inlineStr" r="J8">
+      <c s="4" t="inlineStr" r="J9">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K8">
+      <c s="4" t="inlineStr" r="K9">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L8">
+      <c s="5" r="L9">
         <v>1230</v>
       </c>
-      <c s="4" t="inlineStr" r="M8">
+      <c s="4" t="inlineStr" r="M9">
         <is>
           <t xml:space="preserve">Low-Fair</t>
         </is>
       </c>
-      <c s="6" r="N8">
+      <c s="6" r="N9">
         <v>3</v>
       </c>
-      <c s="6" r="O8">
+      <c s="6" r="O9">
         <v>2</v>
       </c>
-      <c s="6" r="P8">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q8">
+      <c s="6" r="P9">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q9">
         <is>
           <t xml:space="preserve">WALL FURNACE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R8">
+      <c s="4" t="inlineStr" r="R9">
         <is>
           <t xml:space="preserve">PLYWOOD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S8">
+      <c s="4" t="inlineStr" r="S9">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T8">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X8">
+      <c s="4" t="inlineStr" r="T9">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U9">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V9">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W9">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X9">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y8">
+      <c s="4" t="inlineStr" r="Y9">
         <is>
           <t xml:space="preserve">SF8</t>
         </is>
       </c>
-      <c s="5" r="Z8">
+      <c s="5" r="Z9">
         <v>0.1550046</v>
       </c>
-      <c s="4" t="inlineStr" r="AA8">
+      <c s="4" t="inlineStr" r="AA9">
         <is>
           <t xml:space="preserve">FEDERAL HOME LOAN MORTGAGE CORP</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB8">
+      <c s="4" t="inlineStr" r="AB9">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC8">
+      <c s="4" t="inlineStr" r="AC9">
         <is>
           <t xml:space="preserve">PO BOX 24605</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD8">
+      <c s="4" t="inlineStr" r="AD9">
         <is>
           <t xml:space="preserve">C/O PHH MORTGAGE CORP</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE8">
+      <c s="4" t="inlineStr" r="AE9">
         <is>
           <t xml:space="preserve">WEST PALM BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF8">
+      <c s="4" t="inlineStr" r="AF9">
         <is>
           <t xml:space="preserve">FL</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG8">
+      <c s="4" t="inlineStr" r="AG9">
         <is>
           <t xml:space="preserve">33416</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH8">
+      <c s="4" t="inlineStr" r="AH9">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI8">
+      <c s="4" t="inlineStr" r="AI9">
         <is>
           <t xml:space="preserve">89512</t>
         </is>
       </c>
     </row>
-    <row r="9" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A9">
+    <row r="10" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A10">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">007-083-60</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B9">
+      <c s="4" t="inlineStr" r="B10">
         <is>
           <t xml:space="preserve">434 HIGHLAND AVE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C9">
+      <c s="4" t="inlineStr" r="C10">
         <is>
           <t xml:space="preserve">10/06/2025 </t>
         </is>
       </c>
-      <c s="5" r="D9">
+      <c s="5" r="D10">
         <v>2600000</v>
       </c>
-      <c s="4" t="inlineStr" r="E9">
+      <c s="4" t="inlineStr" r="E10">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F9">
+      <c s="3" t="inlineStr" r="F10">
         <is>
           <t xml:space="preserve">5572817</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G9">
+      <c s="4" t="inlineStr" r="G10">
         <is>
           <t xml:space="preserve">UNIVERSITY HEIGHTS 1</t>
         </is>
       </c>
-      <c s="6" r="H9">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X9">
+      <c s="6" r="H10">
+        <v>0</v>
+      </c>
+      <c s="6" r="I10">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J10">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K10">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L10"/>
+      <c s="4" t="inlineStr" r="M10">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N10">
+        <v>0</v>
+      </c>
+      <c s="6" r="O10">
+        <v>0</v>
+      </c>
+      <c s="6" r="P10">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q10">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R10">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S10">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T10">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U10">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V10">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W10">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X10">
         <is>
           <t xml:space="preserve">130</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y9">
+      <c s="4" t="inlineStr" r="Y10">
         <is>
           <t xml:space="preserve">MF30</t>
         </is>
       </c>
-      <c s="5" r="Z9">
+      <c s="5" r="Z10">
         <v>3.6777</v>
       </c>
-      <c s="4" t="inlineStr" r="AA9">
+      <c s="4" t="inlineStr" r="AA10">
         <is>
           <t xml:space="preserve">RIC RENO LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB9">
+      <c s="4" t="inlineStr" r="AB10">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC9">
+      <c s="4" t="inlineStr" r="AC10">
         <is>
           <t xml:space="preserve">162 CUMBERLAND ST STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD9">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE9">
+      <c s="4" t="inlineStr" r="AD10">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE10">
         <is>
           <t xml:space="preserve">TORONTO ON M5R 3N5</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF9">
-[...9 lines deleted...]
-      <c s="4" t="inlineStr" r="AH9">
+      <c s="4" t="inlineStr" r="AF10">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AG10">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AH10">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI9">
+      <c s="4" t="inlineStr" r="AI10">
         <is>
           <t xml:space="preserve">89512</t>
         </is>
       </c>
     </row>
-    <row r="10" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A10">
+    <row r="11" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A11">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">007-463-33</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B10">
+      <c s="4" t="inlineStr" r="B11">
         <is>
           <t xml:space="preserve">450 N ARLINGTON AVE 517</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C10">
+      <c s="4" t="inlineStr" r="C11">
         <is>
           <t xml:space="preserve">10/24/2024 </t>
         </is>
       </c>
-      <c s="5" r="D10">
+      <c s="5" r="D11">
         <v>173000</v>
       </c>
-      <c s="4" t="inlineStr" r="E10">
+      <c s="4" t="inlineStr" r="E11">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F10">
+      <c s="3" t="inlineStr" r="F11">
         <is>
           <t xml:space="preserve">5493133</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G10">
+      <c s="4" t="inlineStr" r="G11">
         <is>
           <t xml:space="preserve">BELVEDERE TOWERS PHASE 1</t>
         </is>
       </c>
-      <c s="6" r="H10">
+      <c s="6" r="H11">
         <v>1974</v>
       </c>
-      <c s="6" r="I10">
+      <c s="6" r="I11">
         <v>1986</v>
       </c>
-      <c s="4" t="inlineStr" r="J10">
+      <c s="4" t="inlineStr" r="J11">
         <is>
           <t xml:space="preserve">Parking Level</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K10">
+      <c s="4" t="inlineStr" r="K11">
         <is>
           <t xml:space="preserve">13</t>
         </is>
       </c>
-      <c s="5" r="L10">
+      <c s="5" r="L11">
         <v>826</v>
       </c>
-      <c s="4" t="inlineStr" r="M10">
+      <c s="4" t="inlineStr" r="M11">
         <is>
           <t xml:space="preserve">Commercial 2.0 (Average)</t>
         </is>
       </c>
-      <c s="6" r="N10">
-[...8 lines deleted...]
-      <c s="4" t="inlineStr" r="Q10">
+      <c s="6" r="N11">
+        <v>0</v>
+      </c>
+      <c s="6" r="O11">
+        <v>0</v>
+      </c>
+      <c s="6" r="P11">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q11">
         <is>
           <t xml:space="preserve">HOT/CHILL WATER</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R10">
+      <c s="4" t="inlineStr" r="R11">
         <is>
           <t xml:space="preserve">CONCRETE, FORMED</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S10">
-[...12 lines deleted...]
-      <c s="4" t="inlineStr" r="V10">
+      <c s="4" t="inlineStr" r="S11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U11">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V11">
         <is>
           <t xml:space="preserve">UNFINISHED - COMMERCIAL</t>
         </is>
       </c>
-      <c s="5" r="W10">
+      <c s="5" r="W11">
         <v>188</v>
       </c>
-      <c s="4" t="inlineStr" r="X10">
+      <c s="4" t="inlineStr" r="X11">
         <is>
           <t xml:space="preserve">210</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y10">
+      <c s="4" t="inlineStr" r="Y11">
         <is>
           <t xml:space="preserve">MD-ED</t>
         </is>
       </c>
-      <c s="5" r="Z10">
+      <c s="5" r="Z11">
         <v>0.001</v>
       </c>
-      <c s="4" t="inlineStr" r="AA10">
+      <c s="4" t="inlineStr" r="AA11">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB10">
+      <c s="4" t="inlineStr" r="AB11">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC10">
+      <c s="4" t="inlineStr" r="AC11">
         <is>
           <t xml:space="preserve">3500 LAKESIDE CT # 212B</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD10">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE10">
+      <c s="4" t="inlineStr" r="AD11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE11">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF10">
+      <c s="4" t="inlineStr" r="AF11">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG10">
+      <c s="4" t="inlineStr" r="AG11">
         <is>
           <t xml:space="preserve">89509</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH10">
+      <c s="4" t="inlineStr" r="AH11">
         <is>
           <t xml:space="preserve">1001</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI10">
+      <c s="4" t="inlineStr" r="AI11">
         <is>
           <t xml:space="preserve">89503</t>
         </is>
       </c>
     </row>
-    <row r="11" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A11">
+    <row r="12" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A12">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">011-112-02</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B11">
+      <c s="4" t="inlineStr" r="B12">
         <is>
           <t xml:space="preserve">260 ISLAND AVE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C11">
+      <c s="4" t="inlineStr" r="C12">
         <is>
           <t xml:space="preserve">06/03/2025 </t>
         </is>
       </c>
-      <c s="5" r="D11">
+      <c s="5" r="D12">
         <v>1000000</v>
       </c>
-      <c s="4" t="inlineStr" r="E11">
+      <c s="4" t="inlineStr" r="E12">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F11">
+      <c s="3" t="inlineStr" r="F12">
         <is>
           <t xml:space="preserve">5544087</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G11">
+      <c s="4" t="inlineStr" r="G12">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H11">
+      <c s="6" r="H12">
         <v>1940</v>
       </c>
-      <c s="6" r="I11">
+      <c s="6" r="I12">
         <v>1940</v>
       </c>
-      <c s="4" t="inlineStr" r="J11">
+      <c s="4" t="inlineStr" r="J12">
         <is>
           <t xml:space="preserve">Conversion</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K11">
+      <c s="4" t="inlineStr" r="K12">
         <is>
           <t xml:space="preserve">2 Story</t>
         </is>
       </c>
-      <c s="5" r="L11">
+      <c s="5" r="L12">
         <v>5544</v>
       </c>
-      <c s="4" t="inlineStr" r="M11">
+      <c s="4" t="inlineStr" r="M12">
         <is>
           <t xml:space="preserve">Average</t>
         </is>
       </c>
-      <c s="6" r="N11">
+      <c s="6" r="N12">
         <v>8</v>
       </c>
-      <c s="6" r="O11">
+      <c s="6" r="O12">
         <v>8</v>
       </c>
-      <c s="6" r="P11">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q11">
+      <c s="6" r="P12">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q12">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R11">
+      <c s="4" t="inlineStr" r="R12">
         <is>
           <t xml:space="preserve">BRICK VENEER ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S11">
+      <c s="4" t="inlineStr" r="S12">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T11">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="V11">
+      <c s="4" t="inlineStr" r="T12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U12">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V12">
         <is>
           <t xml:space="preserve">DUGOUT</t>
         </is>
       </c>
-      <c s="5" r="W11">
+      <c s="5" r="W12">
         <v>2772</v>
       </c>
-      <c s="4" t="inlineStr" r="X11">
+      <c s="4" t="inlineStr" r="X12">
         <is>
           <t xml:space="preserve">410</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y11">
+      <c s="4" t="inlineStr" r="Y12">
         <is>
           <t xml:space="preserve">MD-RD</t>
         </is>
       </c>
-      <c s="5" r="Z11">
+      <c s="5" r="Z12">
         <v>0.1199954</v>
       </c>
-      <c s="4" t="inlineStr" r="AA11">
+      <c s="4" t="inlineStr" r="AA12">
         <is>
           <t xml:space="preserve">COURT STREET VENTURES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB11">
+      <c s="4" t="inlineStr" r="AB12">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC11">
+      <c s="4" t="inlineStr" r="AC12">
         <is>
           <t xml:space="preserve">PO BOX 4300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD11">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE11">
+      <c s="4" t="inlineStr" r="AD12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE12">
         <is>
           <t xml:space="preserve">INCLINE VILLAGE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF11">
+      <c s="4" t="inlineStr" r="AF12">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG11">
+      <c s="4" t="inlineStr" r="AG12">
         <is>
           <t xml:space="preserve">89450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH11">
+      <c s="4" t="inlineStr" r="AH12">
         <is>
           <t xml:space="preserve">1002</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI11">
+      <c s="4" t="inlineStr" r="AI12">
         <is>
           <t xml:space="preserve">89501</t>
         </is>
       </c>
     </row>
-    <row r="12" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A12">
+    <row r="13" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A13">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">011-112-03</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B12">
+      <c s="4" t="inlineStr" r="B13">
         <is>
           <t xml:space="preserve">0 ISLAND AVE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C12">
+      <c s="4" t="inlineStr" r="C13">
         <is>
           <t xml:space="preserve">06/03/2025 </t>
         </is>
       </c>
-      <c s="5" r="D12">
+      <c s="5" r="D13">
         <v>1000000</v>
       </c>
-      <c s="4" t="inlineStr" r="E12">
+      <c s="4" t="inlineStr" r="E13">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F12">
+      <c s="3" t="inlineStr" r="F13">
         <is>
           <t xml:space="preserve">5544087</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G12">
+      <c s="4" t="inlineStr" r="G13">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H12">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X12">
+      <c s="6" r="H13">
+        <v>0</v>
+      </c>
+      <c s="6" r="I13">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L13"/>
+      <c s="4" t="inlineStr" r="M13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N13">
+        <v>0</v>
+      </c>
+      <c s="6" r="O13">
+        <v>0</v>
+      </c>
+      <c s="6" r="P13">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U13">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W13">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X13">
         <is>
           <t xml:space="preserve">400</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y12">
+      <c s="4" t="inlineStr" r="Y13">
         <is>
           <t xml:space="preserve">MD-RD</t>
         </is>
       </c>
-      <c s="5" r="Z12">
+      <c s="5" r="Z13">
         <v>0.1280074</v>
       </c>
-      <c s="4" t="inlineStr" r="AA12">
+      <c s="4" t="inlineStr" r="AA13">
         <is>
           <t xml:space="preserve">COURT STREET VENTURES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB12">
+      <c s="4" t="inlineStr" r="AB13">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC12">
+      <c s="4" t="inlineStr" r="AC13">
         <is>
           <t xml:space="preserve">PO BOX 4300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD12">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE12">
+      <c s="4" t="inlineStr" r="AD13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE13">
         <is>
           <t xml:space="preserve">INCLINE VILLAGE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF12">
+      <c s="4" t="inlineStr" r="AF13">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG12">
+      <c s="4" t="inlineStr" r="AG13">
         <is>
           <t xml:space="preserve">89450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH12">
+      <c s="4" t="inlineStr" r="AH13">
         <is>
           <t xml:space="preserve">1002</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI12">
+      <c s="4" t="inlineStr" r="AI13">
         <is>
           <t xml:space="preserve">89501</t>
         </is>
       </c>
     </row>
-    <row r="13" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A13">
+    <row r="14" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A14">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">011-112-06</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B13">
+      <c s="4" t="inlineStr" r="B14">
         <is>
           <t xml:space="preserve">223 COURT ST</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C13">
+      <c s="4" t="inlineStr" r="C14">
         <is>
           <t xml:space="preserve">06/03/2025 </t>
         </is>
       </c>
-      <c s="5" r="D13">
+      <c s="5" r="D14">
         <v>1000000</v>
       </c>
-      <c s="4" t="inlineStr" r="E13">
+      <c s="4" t="inlineStr" r="E14">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F13">
+      <c s="3" t="inlineStr" r="F14">
         <is>
           <t xml:space="preserve">5544087</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G13">
+      <c s="4" t="inlineStr" r="G14">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H13">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X13">
+      <c s="6" r="H14">
+        <v>0</v>
+      </c>
+      <c s="6" r="I14">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L14"/>
+      <c s="4" t="inlineStr" r="M14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N14">
+        <v>0</v>
+      </c>
+      <c s="6" r="O14">
+        <v>0</v>
+      </c>
+      <c s="6" r="P14">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U14">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W14">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X14">
         <is>
           <t xml:space="preserve">140</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y13">
+      <c s="4" t="inlineStr" r="Y14">
         <is>
           <t xml:space="preserve">MD-RD</t>
         </is>
       </c>
-      <c s="5" r="Z13">
+      <c s="5" r="Z14">
         <v>0.2410009</v>
       </c>
-      <c s="4" t="inlineStr" r="AA13">
+      <c s="4" t="inlineStr" r="AA14">
         <is>
           <t xml:space="preserve">COURT STREET VENTURES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB13">
+      <c s="4" t="inlineStr" r="AB14">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC13">
+      <c s="4" t="inlineStr" r="AC14">
         <is>
           <t xml:space="preserve">PO BOX 4300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD13">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE13">
+      <c s="4" t="inlineStr" r="AD14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE14">
         <is>
           <t xml:space="preserve">INCLINE VILLAGE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF13">
+      <c s="4" t="inlineStr" r="AF14">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG13">
+      <c s="4" t="inlineStr" r="AG14">
         <is>
           <t xml:space="preserve">89450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH13">
+      <c s="4" t="inlineStr" r="AH14">
         <is>
           <t xml:space="preserve">1002</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI13">
+      <c s="4" t="inlineStr" r="AI14">
         <is>
           <t xml:space="preserve">89501</t>
         </is>
       </c>
     </row>
-    <row r="14" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A14">
+    <row r="15" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A15">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">011-112-07</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B14">
+      <c s="4" t="inlineStr" r="B15">
         <is>
           <t xml:space="preserve">0 COURT ST</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C14">
+      <c s="4" t="inlineStr" r="C15">
         <is>
           <t xml:space="preserve">06/03/2025 </t>
         </is>
       </c>
-      <c s="5" r="D14">
+      <c s="5" r="D15">
         <v>1000000</v>
       </c>
-      <c s="4" t="inlineStr" r="E14">
+      <c s="4" t="inlineStr" r="E15">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F14">
+      <c s="3" t="inlineStr" r="F15">
         <is>
           <t xml:space="preserve">5544087</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G14">
+      <c s="4" t="inlineStr" r="G15">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H14">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X14">
+      <c s="6" r="H15">
+        <v>0</v>
+      </c>
+      <c s="6" r="I15">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L15"/>
+      <c s="4" t="inlineStr" r="M15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N15">
+        <v>0</v>
+      </c>
+      <c s="6" r="O15">
+        <v>0</v>
+      </c>
+      <c s="6" r="P15">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U15">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W15">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X15">
         <is>
           <t xml:space="preserve">140</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y14">
+      <c s="4" t="inlineStr" r="Y15">
         <is>
           <t xml:space="preserve">MD-RD</t>
         </is>
       </c>
-      <c s="5" r="Z14">
+      <c s="5" r="Z15">
         <v>0.4019972</v>
       </c>
-      <c s="4" t="inlineStr" r="AA14">
+      <c s="4" t="inlineStr" r="AA15">
         <is>
           <t xml:space="preserve">COURT STREET VENTURES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB14">
+      <c s="4" t="inlineStr" r="AB15">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC14">
+      <c s="4" t="inlineStr" r="AC15">
         <is>
           <t xml:space="preserve">PO BOX 4300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD14">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE14">
+      <c s="4" t="inlineStr" r="AD15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE15">
         <is>
           <t xml:space="preserve">INCLINE VILLAGE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF14">
+      <c s="4" t="inlineStr" r="AF15">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG14">
+      <c s="4" t="inlineStr" r="AG15">
         <is>
           <t xml:space="preserve">89450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH14">
+      <c s="4" t="inlineStr" r="AH15">
         <is>
           <t xml:space="preserve">1002</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI14">
+      <c s="4" t="inlineStr" r="AI15">
         <is>
           <t xml:space="preserve">89501</t>
         </is>
       </c>
     </row>
-    <row r="15" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A15">
+    <row r="16" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A16">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">011-112-12</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B15">
+      <c s="4" t="inlineStr" r="B16">
         <is>
           <t xml:space="preserve">219 COURT ST</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C15">
+      <c s="4" t="inlineStr" r="C16">
         <is>
           <t xml:space="preserve">06/03/2025 </t>
         </is>
       </c>
-      <c s="5" r="D15">
+      <c s="5" r="D16">
         <v>1000000</v>
       </c>
-      <c s="4" t="inlineStr" r="E15">
+      <c s="4" t="inlineStr" r="E16">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F15">
+      <c s="3" t="inlineStr" r="F16">
         <is>
           <t xml:space="preserve">5544087</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G15">
+      <c s="4" t="inlineStr" r="G16">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H15">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X15">
+      <c s="6" r="H16">
+        <v>0</v>
+      </c>
+      <c s="6" r="I16">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L16"/>
+      <c s="4" t="inlineStr" r="M16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N16">
+        <v>0</v>
+      </c>
+      <c s="6" r="O16">
+        <v>0</v>
+      </c>
+      <c s="6" r="P16">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U16">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W16">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X16">
         <is>
           <t xml:space="preserve">140</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y15">
+      <c s="4" t="inlineStr" r="Y16">
         <is>
           <t xml:space="preserve">MD-RD</t>
         </is>
       </c>
-      <c s="5" r="Z15">
+      <c s="5" r="Z16">
         <v>0.5929981</v>
       </c>
-      <c s="4" t="inlineStr" r="AA15">
+      <c s="4" t="inlineStr" r="AA16">
         <is>
           <t xml:space="preserve">COURT STREET VENTURES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB15">
+      <c s="4" t="inlineStr" r="AB16">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC15">
+      <c s="4" t="inlineStr" r="AC16">
         <is>
           <t xml:space="preserve">PO BOX 4300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD15">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE15">
+      <c s="4" t="inlineStr" r="AD16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE16">
         <is>
           <t xml:space="preserve">INCLINE VILLAGE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF15">
+      <c s="4" t="inlineStr" r="AF16">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG15">
+      <c s="4" t="inlineStr" r="AG16">
         <is>
           <t xml:space="preserve">89450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH15">
+      <c s="4" t="inlineStr" r="AH16">
         <is>
           <t xml:space="preserve">1002</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI15">
+      <c s="4" t="inlineStr" r="AI16">
         <is>
           <t xml:space="preserve">89501</t>
         </is>
       </c>
     </row>
-    <row r="16" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A16">
+    <row r="17" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A17">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">013-445-04</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B16">
+      <c s="4" t="inlineStr" r="B17">
         <is>
           <t xml:space="preserve">1530 HARVARD WAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C16">
+      <c s="4" t="inlineStr" r="C17">
         <is>
           <t xml:space="preserve">09/30/2024 </t>
         </is>
       </c>
-      <c s="5" r="D16">
+      <c s="5" r="D17">
         <v>317000</v>
       </c>
-      <c s="4" t="inlineStr" r="E16">
+      <c s="4" t="inlineStr" r="E17">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F16">
+      <c s="3" t="inlineStr" r="F17">
         <is>
           <t xml:space="preserve">5487992</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G16">
+      <c s="4" t="inlineStr" r="G17">
         <is>
           <t xml:space="preserve">ACADEMY MANOR 1</t>
         </is>
       </c>
-      <c s="6" r="H16">
+      <c s="6" r="H17">
         <v>1956</v>
       </c>
-      <c s="6" r="I16">
+      <c s="6" r="I17">
         <v>1956</v>
       </c>
-      <c s="4" t="inlineStr" r="J16">
+      <c s="4" t="inlineStr" r="J17">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K16">
+      <c s="4" t="inlineStr" r="K17">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L16">
+      <c s="5" r="L17">
         <v>1060</v>
       </c>
-      <c s="4" t="inlineStr" r="M16">
+      <c s="4" t="inlineStr" r="M17">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N16">
+      <c s="6" r="N17">
         <v>3</v>
       </c>
-      <c s="6" r="O16">
+      <c s="6" r="O17">
         <v>1</v>
       </c>
-      <c s="6" r="P16">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q16">
+      <c s="6" r="P17">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q17">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R16">
+      <c s="4" t="inlineStr" r="R17">
         <is>
           <t xml:space="preserve">ASPHALT SHINGLE ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S16">
+      <c s="4" t="inlineStr" r="S17">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T16">
+      <c s="4" t="inlineStr" r="T17">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U16">
+      <c s="5" r="U17">
         <v>496</v>
       </c>
-      <c s="4" t="inlineStr" r="V16">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X16">
+      <c s="4" t="inlineStr" r="V17">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W17">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X17">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y16">
+      <c s="4" t="inlineStr" r="Y17">
         <is>
           <t xml:space="preserve">SF8</t>
         </is>
       </c>
-      <c s="5" r="Z16">
+      <c s="5" r="Z17">
         <v>0.139</v>
       </c>
-      <c s="4" t="inlineStr" r="AA16">
+      <c s="4" t="inlineStr" r="AA17">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB16">
+      <c s="4" t="inlineStr" r="AB17">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC16">
+      <c s="4" t="inlineStr" r="AC17">
         <is>
           <t xml:space="preserve">3500 LAKESIDE CT # 212B</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD16">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE16">
+      <c s="4" t="inlineStr" r="AD17">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE17">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF16">
+      <c s="4" t="inlineStr" r="AF17">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG16">
+      <c s="4" t="inlineStr" r="AG17">
         <is>
           <t xml:space="preserve">89509</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH16">
+      <c s="4" t="inlineStr" r="AH17">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI16">
+      <c s="4" t="inlineStr" r="AI17">
         <is>
           <t xml:space="preserve">89502</t>
         </is>
       </c>
     </row>
-    <row r="17" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A17">
+    <row r="18" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A18">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">017-223-11</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B17">
+      <c s="4" t="inlineStr" r="B18">
         <is>
           <t xml:space="preserve">16195 RHYOLITE CIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C17">
+      <c s="4" t="inlineStr" r="C18">
         <is>
           <t xml:space="preserve">08/03/2023 </t>
         </is>
       </c>
-      <c s="5" r="D17">
+      <c s="5" r="D18">
         <v>211000</v>
       </c>
-      <c s="4" t="inlineStr" r="E17">
+      <c s="4" t="inlineStr" r="E18">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F17">
+      <c s="3" t="inlineStr" r="F18">
         <is>
           <t xml:space="preserve">5397061</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G17">
+      <c s="4" t="inlineStr" r="G18">
         <is>
           <t xml:space="preserve">STEAMBOAT SPRINGS ESTATES 1</t>
         </is>
       </c>
-      <c s="6" r="H17">
+      <c s="6" r="H18">
         <v>1976</v>
       </c>
-      <c s="6" r="I17">
+      <c s="6" r="I18">
         <v>1976</v>
       </c>
-      <c s="4" t="inlineStr" r="J17">
+      <c s="4" t="inlineStr" r="J18">
         <is>
           <t xml:space="preserve">Mobile Home Real Property</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K17">
+      <c s="4" t="inlineStr" r="K18">
         <is>
           <t xml:space="preserve">Mobile Home Double Wide (20 to 37 feet wide)</t>
         </is>
       </c>
-      <c s="5" r="L17">
+      <c s="5" r="L18">
         <v>2113</v>
       </c>
-      <c s="4" t="inlineStr" r="M17">
+      <c s="4" t="inlineStr" r="M18">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N17">
+      <c s="6" r="N18">
         <v>3</v>
       </c>
-      <c s="6" r="O17">
+      <c s="6" r="O18">
         <v>2</v>
       </c>
-      <c s="6" r="P17">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q17">
+      <c s="6" r="P18">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q18">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R17">
+      <c s="4" t="inlineStr" r="R18">
         <is>
           <t xml:space="preserve">SIDING ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S17">
+      <c s="4" t="inlineStr" r="S18">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T17">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X17">
+      <c s="4" t="inlineStr" r="T18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U18">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W18">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X18">
         <is>
           <t xml:space="preserve">220</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y17">
+      <c s="4" t="inlineStr" r="Y18">
         <is>
           <t xml:space="preserve">HDS</t>
         </is>
       </c>
-      <c s="5" r="Z17">
+      <c s="5" r="Z18">
         <v>0.1899908</v>
       </c>
-      <c s="4" t="inlineStr" r="AA17">
+      <c s="4" t="inlineStr" r="AA18">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB17">
+      <c s="4" t="inlineStr" r="AB18">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC17">
+      <c s="4" t="inlineStr" r="AC18">
         <is>
           <t xml:space="preserve">659 THIRD AVE STE A</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD17">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE17">
+      <c s="4" t="inlineStr" r="AD18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE18">
         <is>
           <t xml:space="preserve">CHULA VISTA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF17">
+      <c s="4" t="inlineStr" r="AF18">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG17">
+      <c s="4" t="inlineStr" r="AG18">
         <is>
           <t xml:space="preserve">91910</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH17">
+      <c s="4" t="inlineStr" r="AH18">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI17">
+      <c s="4" t="inlineStr" r="AI18">
         <is>
           <t xml:space="preserve">89521</t>
         </is>
       </c>
     </row>
-    <row r="18" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A18">
+    <row r="19" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A19">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">017-223-13</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B18">
+      <c s="4" t="inlineStr" r="B19">
         <is>
           <t xml:space="preserve">16215 RHYOLITE CIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C18">
+      <c s="4" t="inlineStr" r="C19">
         <is>
           <t xml:space="preserve">01/16/2025 </t>
         </is>
       </c>
-      <c s="5" r="D18">
+      <c s="5" r="D19">
         <v>49100</v>
       </c>
-      <c s="4" t="inlineStr" r="E18">
+      <c s="4" t="inlineStr" r="E19">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F18">
+      <c s="3" t="inlineStr" r="F19">
         <is>
           <t xml:space="preserve">5512578</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G18">
+      <c s="4" t="inlineStr" r="G19">
         <is>
           <t xml:space="preserve">STEAMBOAT SPRINGS ESTATES 1</t>
         </is>
       </c>
-      <c s="6" r="H18">
+      <c s="6" r="H19">
         <v>1981</v>
       </c>
-      <c s="6" r="I18">
+      <c s="6" r="I19">
         <v>1981</v>
       </c>
-      <c s="4" t="inlineStr" r="J18">
+      <c s="4" t="inlineStr" r="J19">
         <is>
           <t xml:space="preserve">Mobile Home Real Property</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K18">
+      <c s="4" t="inlineStr" r="K19">
         <is>
           <t xml:space="preserve">Mobile Home Double Wide (20 to 37 feet wide)</t>
         </is>
       </c>
-      <c s="5" r="L18">
+      <c s="5" r="L19">
         <v>1762</v>
       </c>
-      <c s="4" t="inlineStr" r="M18">
+      <c s="4" t="inlineStr" r="M19">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N18">
+      <c s="6" r="N19">
         <v>3</v>
       </c>
-      <c s="6" r="O18">
+      <c s="6" r="O19">
         <v>2</v>
       </c>
-      <c s="6" r="P18">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q18">
+      <c s="6" r="P19">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q19">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R18">
+      <c s="4" t="inlineStr" r="R19">
         <is>
           <t xml:space="preserve">ALUMINUM LAP</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S18">
+      <c s="4" t="inlineStr" r="S19">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T18">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X18">
+      <c s="4" t="inlineStr" r="T19">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U19">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V19">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W19">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X19">
         <is>
           <t xml:space="preserve">220</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y18">
+      <c s="4" t="inlineStr" r="Y19">
         <is>
           <t xml:space="preserve">HDS</t>
         </is>
       </c>
-      <c s="5" r="Z18">
+      <c s="5" r="Z19">
         <v>0.2</v>
       </c>
-      <c s="4" t="inlineStr" r="AA18">
+      <c s="4" t="inlineStr" r="AA19">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB18">
+      <c s="4" t="inlineStr" r="AB19">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC18">
+      <c s="4" t="inlineStr" r="AC19">
         <is>
           <t xml:space="preserve">3500 LAKESIDE CT # 212B</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD18">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE18">
+      <c s="4" t="inlineStr" r="AD19">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE19">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF18">
+      <c s="4" t="inlineStr" r="AF19">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG18">
+      <c s="4" t="inlineStr" r="AG19">
         <is>
           <t xml:space="preserve">89509</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH18">
+      <c s="4" t="inlineStr" r="AH19">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI18">
+      <c s="4" t="inlineStr" r="AI19">
         <is>
           <t xml:space="preserve">89521</t>
         </is>
       </c>
     </row>
-    <row r="19" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A19">
+    <row r="20" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A20">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">019-292-02</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B19">
+      <c s="4" t="inlineStr" r="B20">
         <is>
           <t xml:space="preserve">50 MOORE LN</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C19">
+      <c s="4" t="inlineStr" r="C20">
         <is>
           <t xml:space="preserve">10/30/2024 </t>
         </is>
       </c>
-      <c s="5" r="D19">
+      <c s="5" r="D20">
         <v>668801</v>
       </c>
-      <c s="4" t="inlineStr" r="E19">
+      <c s="4" t="inlineStr" r="E20">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F19">
+      <c s="3" t="inlineStr" r="F20">
         <is>
           <t xml:space="preserve">5494248</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G19">
+      <c s="4" t="inlineStr" r="G20">
         <is>
           <t xml:space="preserve">RANCHO MANOR</t>
         </is>
       </c>
-      <c s="6" r="H19">
+      <c s="6" r="H20">
         <v>1963</v>
       </c>
-      <c s="6" r="I19">
+      <c s="6" r="I20">
         <v>1963</v>
       </c>
-      <c s="4" t="inlineStr" r="J19">
+      <c s="4" t="inlineStr" r="J20">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K19">
+      <c s="4" t="inlineStr" r="K20">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L19">
+      <c s="5" r="L20">
         <v>1647</v>
       </c>
-      <c s="4" t="inlineStr" r="M19">
+      <c s="4" t="inlineStr" r="M20">
         <is>
           <t xml:space="preserve">Average</t>
         </is>
       </c>
-      <c s="6" r="N19">
+      <c s="6" r="N20">
         <v>3</v>
       </c>
-      <c s="6" r="O19">
+      <c s="6" r="O20">
         <v>2</v>
       </c>
-      <c s="6" r="P19">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q19">
+      <c s="6" r="P20">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q20">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R19">
+      <c s="4" t="inlineStr" r="R20">
         <is>
           <t xml:space="preserve">BRICK VENEER ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S19">
+      <c s="4" t="inlineStr" r="S20">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T19">
+      <c s="4" t="inlineStr" r="T20">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U19">
+      <c s="5" r="U20">
         <v>483</v>
       </c>
-      <c s="4" t="inlineStr" r="V19">
+      <c s="4" t="inlineStr" r="V20">
         <is>
           <t xml:space="preserve">DUGOUT</t>
         </is>
       </c>
-      <c s="5" r="W19">
+      <c s="5" r="W20">
         <v>1440</v>
       </c>
-      <c s="4" t="inlineStr" r="X19">
+      <c s="4" t="inlineStr" r="X20">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y19">
+      <c s="4" t="inlineStr" r="Y20">
         <is>
           <t xml:space="preserve">SF3</t>
         </is>
       </c>
-      <c s="5" r="Z19">
+      <c s="5" r="Z20">
         <v>0.3300046</v>
       </c>
-      <c s="4" t="inlineStr" r="AA19">
+      <c s="4" t="inlineStr" r="AA20">
         <is>
           <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB19">
+      <c s="4" t="inlineStr" r="AB20">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC19">
+      <c s="4" t="inlineStr" r="AC20">
         <is>
           <t xml:space="preserve">2015 MANHATTAN BEACH BLVD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD19">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE19">
+      <c s="4" t="inlineStr" r="AD20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE20">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF19">
+      <c s="4" t="inlineStr" r="AF20">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG19">
+      <c s="4" t="inlineStr" r="AG20">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH19">
+      <c s="4" t="inlineStr" r="AH20">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI19">
+      <c s="4" t="inlineStr" r="AI20">
         <is>
           <t xml:space="preserve">89509</t>
         </is>
       </c>
     </row>
-    <row r="20" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A20">
+    <row r="21" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A21">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">021-501-17</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B20">
+      <c s="4" t="inlineStr" r="B21">
         <is>
           <t xml:space="preserve">4885 REGGIE RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C20">
+      <c s="4" t="inlineStr" r="C21">
         <is>
           <t xml:space="preserve">10/06/2023 </t>
         </is>
       </c>
-      <c s="5" r="D20">
+      <c s="5" r="D21">
         <v>7000</v>
       </c>
-      <c s="4" t="inlineStr" r="E20">
+      <c s="4" t="inlineStr" r="E21">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F20">
+      <c s="3" t="inlineStr" r="F21">
         <is>
           <t xml:space="preserve">5410553</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G20">
+      <c s="4" t="inlineStr" r="G21">
         <is>
           <t xml:space="preserve">DONNER CREEK VILLAGE</t>
         </is>
       </c>
-      <c s="6" r="H20">
+      <c s="6" r="H21">
         <v>1983</v>
       </c>
-      <c s="6" r="I20">
+      <c s="6" r="I21">
         <v>1983</v>
       </c>
-      <c s="4" t="inlineStr" r="J20">
+      <c s="4" t="inlineStr" r="J21">
         <is>
           <t xml:space="preserve">Condo/Townhouse</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K20">
+      <c s="4" t="inlineStr" r="K21">
         <is>
           <t xml:space="preserve">1 Story Inside Unit</t>
         </is>
       </c>
-      <c s="5" r="L20">
+      <c s="5" r="L21">
         <v>568</v>
       </c>
-      <c s="4" t="inlineStr" r="M20">
+      <c s="4" t="inlineStr" r="M21">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N20">
+      <c s="6" r="N21">
         <v>1</v>
       </c>
-      <c s="6" r="O20">
+      <c s="6" r="O21">
         <v>1</v>
       </c>
-      <c s="6" r="P20">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q20">
+      <c s="6" r="P21">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q21">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R20">
+      <c s="4" t="inlineStr" r="R21">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S20">
+      <c s="4" t="inlineStr" r="S21">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T20">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X20">
+      <c s="4" t="inlineStr" r="T21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U21">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W21">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X21">
         <is>
           <t xml:space="preserve">210</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y20">
+      <c s="4" t="inlineStr" r="Y21">
         <is>
           <t xml:space="preserve">MF14</t>
         </is>
       </c>
-      <c s="5" r="Z20">
+      <c s="5" r="Z21">
         <v>0.001</v>
       </c>
-      <c s="4" t="inlineStr" r="AA20">
+      <c s="4" t="inlineStr" r="AA21">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB20">
+      <c s="4" t="inlineStr" r="AB21">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC20">
+      <c s="4" t="inlineStr" r="AC21">
         <is>
           <t xml:space="preserve">659 3RD AVE STE A</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD20">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE20">
+      <c s="4" t="inlineStr" r="AD21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE21">
         <is>
           <t xml:space="preserve">CHULA VISTA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF20">
+      <c s="4" t="inlineStr" r="AF21">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG20">
+      <c s="4" t="inlineStr" r="AG21">
         <is>
           <t xml:space="preserve">91910</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH20">
+      <c s="4" t="inlineStr" r="AH21">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI20">
+      <c s="4" t="inlineStr" r="AI21">
         <is>
           <t xml:space="preserve">89502</t>
         </is>
       </c>
     </row>
-    <row r="21" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A21">
+    <row r="22" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A22">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">025-230-06</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B21">
+      <c s="4" t="inlineStr" r="B22">
         <is>
           <t xml:space="preserve">95 SMITHRIDGE PARK</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C21">
+      <c s="4" t="inlineStr" r="C22">
         <is>
           <t xml:space="preserve">08/11/2025 </t>
         </is>
       </c>
-      <c s="5" r="D21">
+      <c s="5" r="D22">
         <v>25001</v>
       </c>
-      <c s="4" t="inlineStr" r="E21">
+      <c s="4" t="inlineStr" r="E22">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F21">
+      <c s="3" t="inlineStr" r="F22">
         <is>
           <t xml:space="preserve">5560644</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G21">
+      <c s="4" t="inlineStr" r="G22">
         <is>
           <t xml:space="preserve">SMITHRIDGE PARK TOWNHOUSES 1</t>
         </is>
       </c>
-      <c s="6" r="H21">
+      <c s="6" r="H22">
         <v>1965</v>
       </c>
-      <c s="6" r="I21">
+      <c s="6" r="I22">
         <v>1965</v>
       </c>
-      <c s="4" t="inlineStr" r="J21">
+      <c s="4" t="inlineStr" r="J22">
         <is>
           <t xml:space="preserve">Condo/Townhouse</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K21">
+      <c s="4" t="inlineStr" r="K22">
         <is>
           <t xml:space="preserve">2 Story Inside Unit</t>
         </is>
       </c>
-      <c s="5" r="L21">
+      <c s="5" r="L22">
         <v>1220</v>
       </c>
-      <c s="4" t="inlineStr" r="M21">
+      <c s="4" t="inlineStr" r="M22">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N21">
+      <c s="6" r="N22">
         <v>2</v>
       </c>
-      <c s="6" r="O21">
+      <c s="6" r="O22">
         <v>1</v>
       </c>
-      <c s="6" r="P21">
+      <c s="6" r="P22">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q21">
+      <c s="4" t="inlineStr" r="Q22">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R21">
+      <c s="4" t="inlineStr" r="R22">
         <is>
           <t xml:space="preserve">ASPHALT SHINGLE ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S21">
+      <c s="4" t="inlineStr" r="S22">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T21">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X21">
+      <c s="4" t="inlineStr" r="T22">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U22">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V22">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W22">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X22">
         <is>
           <t xml:space="preserve">210</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y21">
+      <c s="4" t="inlineStr" r="Y22">
         <is>
           <t xml:space="preserve">MF30</t>
         </is>
       </c>
-      <c s="5" r="Z21">
+      <c s="5" r="Z22">
         <v>0.001</v>
       </c>
-      <c s="4" t="inlineStr" r="AA21">
+      <c s="4" t="inlineStr" r="AA22">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB21">
+      <c s="4" t="inlineStr" r="AB22">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC21">
+      <c s="4" t="inlineStr" r="AC22">
         <is>
           <t xml:space="preserve">3500 LAKESIDE CT # 212B</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD21">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE21">
+      <c s="4" t="inlineStr" r="AD22">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE22">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF21">
+      <c s="4" t="inlineStr" r="AF22">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG21">
+      <c s="4" t="inlineStr" r="AG22">
         <is>
           <t xml:space="preserve">89509</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH21">
+      <c s="4" t="inlineStr" r="AH22">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI21">
+      <c s="4" t="inlineStr" r="AI22">
         <is>
           <t xml:space="preserve">89502</t>
         </is>
       </c>
     </row>
-    <row r="22" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A22">
+    <row r="23" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A23">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">026-360-19</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B22">
+      <c s="4" t="inlineStr" r="B23">
         <is>
           <t xml:space="preserve">2561 GARFIELD DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C22">
+      <c s="4" t="inlineStr" r="C23">
         <is>
           <t xml:space="preserve">05/15/2025 </t>
         </is>
       </c>
-      <c s="5" r="D22">
+      <c s="5" r="D23">
         <v>175600</v>
       </c>
-      <c s="4" t="inlineStr" r="E22">
+      <c s="4" t="inlineStr" r="E23">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F22">
+      <c s="3" t="inlineStr" r="F23">
         <is>
           <t xml:space="preserve">5540020</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G22">
+      <c s="4" t="inlineStr" r="G23">
         <is>
           <t xml:space="preserve">FALCONCREST UNIT 1 PHASE 1</t>
         </is>
       </c>
-      <c s="6" r="H22">
+      <c s="6" r="H23">
         <v>1984</v>
       </c>
-      <c s="6" r="I22">
+      <c s="6" r="I23">
         <v>1984</v>
       </c>
-      <c s="4" t="inlineStr" r="J22">
+      <c s="4" t="inlineStr" r="J23">
         <is>
           <t xml:space="preserve">Condo/Townhouse</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K22">
+      <c s="4" t="inlineStr" r="K23">
         <is>
           <t xml:space="preserve">2 Story End Unit</t>
         </is>
       </c>
-      <c s="5" r="L22">
+      <c s="5" r="L23">
         <v>869</v>
       </c>
-      <c s="4" t="inlineStr" r="M22">
+      <c s="4" t="inlineStr" r="M23">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N22">
+      <c s="6" r="N23">
         <v>2</v>
       </c>
-      <c s="6" r="O22">
+      <c s="6" r="O23">
         <v>1</v>
       </c>
-      <c s="6" r="P22">
+      <c s="6" r="P23">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q22">
+      <c s="4" t="inlineStr" r="Q23">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R22">
+      <c s="4" t="inlineStr" r="R23">
         <is>
           <t xml:space="preserve">PLYWOOD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S22">
+      <c s="4" t="inlineStr" r="S23">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T22">
+      <c s="4" t="inlineStr" r="T23">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U22">
+      <c s="5" r="U23">
         <v>205</v>
       </c>
-      <c s="4" t="inlineStr" r="V22">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X22">
+      <c s="4" t="inlineStr" r="V23">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W23">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X23">
         <is>
           <t xml:space="preserve">210</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y22">
+      <c s="4" t="inlineStr" r="Y23">
         <is>
           <t xml:space="preserve">MF-3/PUD</t>
         </is>
       </c>
-      <c s="5" r="Z22">
+      <c s="5" r="Z23">
         <v>0.0260101</v>
       </c>
-      <c s="4" t="inlineStr" r="AA22">
+      <c s="4" t="inlineStr" r="AA23">
         <is>
           <t xml:space="preserve">1ST PROPERTIES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB22">
+      <c s="4" t="inlineStr" r="AB23">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC22">
+      <c s="4" t="inlineStr" r="AC23">
         <is>
           <t xml:space="preserve">11544 S CHERRY HILL DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD22">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE22">
+      <c s="4" t="inlineStr" r="AD23">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE23">
         <is>
           <t xml:space="preserve">SANDY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF22">
+      <c s="4" t="inlineStr" r="AF23">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG22">
+      <c s="4" t="inlineStr" r="AG23">
         <is>
           <t xml:space="preserve">84094</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH22">
+      <c s="4" t="inlineStr" r="AH23">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI22">
+      <c s="4" t="inlineStr" r="AI23">
         <is>
           <t xml:space="preserve">89431</t>
         </is>
       </c>
     </row>
-    <row r="23" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A23">
+    <row r="24" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A24">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">026-422-02</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B23">
+      <c s="4" t="inlineStr" r="B24">
         <is>
           <t xml:space="preserve">2166 CAPURRO WAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C23">
+      <c s="4" t="inlineStr" r="C24">
         <is>
           <t xml:space="preserve">12/02/2024 </t>
         </is>
       </c>
-      <c s="5" r="D23">
+      <c s="5" r="D24">
         <v>304500</v>
       </c>
-      <c s="4" t="inlineStr" r="E23">
+      <c s="4" t="inlineStr" r="E24">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F23">
+      <c s="3" t="inlineStr" r="F24">
         <is>
           <t xml:space="preserve">5501372</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G23">
+      <c s="4" t="inlineStr" r="G24">
         <is>
           <t xml:space="preserve">SIERRA WOODS ESTATES</t>
         </is>
       </c>
-      <c s="6" r="H23">
+      <c s="6" r="H24">
         <v>1977</v>
       </c>
-      <c s="6" r="I23">
+      <c s="6" r="I24">
         <v>1977</v>
       </c>
-      <c s="4" t="inlineStr" r="J23">
+      <c s="4" t="inlineStr" r="J24">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K23">
+      <c s="4" t="inlineStr" r="K24">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L23">
+      <c s="5" r="L24">
         <v>1726</v>
       </c>
-      <c s="4" t="inlineStr" r="M23">
+      <c s="4" t="inlineStr" r="M24">
         <is>
           <t xml:space="preserve">Average</t>
         </is>
       </c>
-      <c s="6" r="N23">
+      <c s="6" r="N24">
         <v>3</v>
       </c>
-      <c s="6" r="O23">
+      <c s="6" r="O24">
         <v>2</v>
       </c>
-      <c s="6" r="P23">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q23">
+      <c s="6" r="P24">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q24">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R23">
+      <c s="4" t="inlineStr" r="R24">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S23">
+      <c s="4" t="inlineStr" r="S24">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T23">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X23">
+      <c s="4" t="inlineStr" r="T24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U24">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W24">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X24">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y23">
+      <c s="4" t="inlineStr" r="Y24">
         <is>
           <t xml:space="preserve">SF-15</t>
         </is>
       </c>
-      <c s="5" r="Z23">
+      <c s="5" r="Z24">
         <v>0.3440083</v>
       </c>
-      <c s="4" t="inlineStr" r="AA23">
+      <c s="4" t="inlineStr" r="AA24">
         <is>
           <t xml:space="preserve">SUMIT LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB23">
+      <c s="4" t="inlineStr" r="AB24">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC23">
+      <c s="4" t="inlineStr" r="AC24">
         <is>
           <t xml:space="preserve">4036 WEEPING WILLOW CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD23">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE23">
+      <c s="4" t="inlineStr" r="AD24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE24">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF23">
+      <c s="4" t="inlineStr" r="AF24">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG23">
+      <c s="4" t="inlineStr" r="AG24">
         <is>
           <t xml:space="preserve">89502</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH23">
+      <c s="4" t="inlineStr" r="AH24">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI23">
+      <c s="4" t="inlineStr" r="AI24">
         <is>
           <t xml:space="preserve">89431</t>
         </is>
       </c>
     </row>
-    <row r="24" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A24">
+    <row r="25" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A25">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">026-472-13</t>
+          </r>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="B25">
+        <is>
+          <t xml:space="preserve">3100 SCOTTSDALE RD</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="C25">
+        <is>
+          <t xml:space="preserve">10/24/2025 </t>
+        </is>
+      </c>
+      <c s="5" r="D25">
+        <v>525000</v>
+      </c>
+      <c s="4" t="inlineStr" r="E25">
+        <is>
+          <t xml:space="preserve">2D</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="F25">
+        <is>
+          <t xml:space="preserve">5577654</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G25">
+        <is>
+          <t xml:space="preserve">MEADOWVIEW TERRACE UNIT 4 AMD</t>
+        </is>
+      </c>
+      <c s="6" r="H25">
+        <v>1977</v>
+      </c>
+      <c s="6" r="I25">
+        <v>1977</v>
+      </c>
+      <c s="4" t="inlineStr" r="J25">
+        <is>
+          <t xml:space="preserve">Single Family Residence</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K25">
+        <is>
+          <t xml:space="preserve">2 Story</t>
+        </is>
+      </c>
+      <c s="5" r="L25">
+        <v>2176</v>
+      </c>
+      <c s="4" t="inlineStr" r="M25">
+        <is>
+          <t xml:space="preserve">Fair-Average</t>
+        </is>
+      </c>
+      <c s="6" r="N25">
+        <v>3</v>
+      </c>
+      <c s="6" r="O25">
+        <v>3</v>
+      </c>
+      <c s="6" r="P25">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q25">
+        <is>
+          <t xml:space="preserve">FORCED AIR</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R25">
+        <is>
+          <t xml:space="preserve">HARDBOARD ON FRAME</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S25">
+        <is>
+          <t xml:space="preserve">COMPOSITION SHINGLE</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T25">
+        <is>
+          <t xml:space="preserve">ATTACHED</t>
+        </is>
+      </c>
+      <c s="5" r="U25">
+        <v>672</v>
+      </c>
+      <c s="4" t="inlineStr" r="V25">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W25">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X25">
+        <is>
+          <t xml:space="preserve">200</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="Y25">
+        <is>
+          <t xml:space="preserve">SF8</t>
+        </is>
+      </c>
+      <c s="5" r="Z25">
+        <v>0.1609963</v>
+      </c>
+      <c s="4" t="inlineStr" r="AA25">
+        <is>
+          <t xml:space="preserve">LIPPOLD TRUST, PAMELA J</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AB25">
+        <is>
+          <t xml:space="preserve">YES</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AC25">
+        <is>
+          <t xml:space="preserve">1155 FAIRFIELD AVE</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AD25">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE25">
+        <is>
+          <t xml:space="preserve">RENO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AF25">
+        <is>
+          <t xml:space="preserve">NV</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AG25">
+        <is>
+          <t xml:space="preserve">89509</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AH25">
+        <is>
+          <t xml:space="preserve">1000</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AI25">
+        <is>
+          <t xml:space="preserve">89512</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A26">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">027-232-17</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B24">
+      <c s="4" t="inlineStr" r="B26">
         <is>
           <t xml:space="preserve">1110 DODSON WAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C24">
+      <c s="4" t="inlineStr" r="C26">
         <is>
           <t xml:space="preserve">08/08/2025 </t>
         </is>
       </c>
-      <c s="5" r="D24">
+      <c s="5" r="D26">
         <v>268101</v>
       </c>
-      <c s="4" t="inlineStr" r="E24">
+      <c s="4" t="inlineStr" r="E26">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F24">
+      <c s="3" t="inlineStr" r="F26">
         <is>
           <t xml:space="preserve">5560298</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G24">
+      <c s="4" t="inlineStr" r="G26">
         <is>
           <t xml:space="preserve">GREENBRAE TERR WSTRLY ADD H</t>
         </is>
       </c>
-      <c s="6" r="H24">
+      <c s="6" r="H26">
         <v>1959</v>
       </c>
-      <c s="6" r="I24">
+      <c s="6" r="I26">
         <v>1959</v>
       </c>
-      <c s="4" t="inlineStr" r="J24">
+      <c s="4" t="inlineStr" r="J26">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K24">
+      <c s="4" t="inlineStr" r="K26">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L24">
+      <c s="5" r="L26">
         <v>1044</v>
       </c>
-      <c s="4" t="inlineStr" r="M24">
+      <c s="4" t="inlineStr" r="M26">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N24">
+      <c s="6" r="N26">
         <v>3</v>
       </c>
-      <c s="6" r="O24">
+      <c s="6" r="O26">
         <v>1</v>
       </c>
-      <c s="6" r="P24">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q24">
+      <c s="6" r="P26">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q26">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R24">
+      <c s="4" t="inlineStr" r="R26">
         <is>
           <t xml:space="preserve">ASPHALT SHINGLE ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S24">
+      <c s="4" t="inlineStr" r="S26">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T24">
+      <c s="4" t="inlineStr" r="T26">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U24">
+      <c s="5" r="U26">
         <v>300</v>
       </c>
-      <c s="4" t="inlineStr" r="V24">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X24">
+      <c s="4" t="inlineStr" r="V26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W26">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X26">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y24">
+      <c s="4" t="inlineStr" r="Y26">
         <is>
           <t xml:space="preserve">SF-6</t>
         </is>
       </c>
-      <c s="5" r="Z24">
+      <c s="5" r="Z26">
         <v>0.1449954</v>
       </c>
-      <c s="4" t="inlineStr" r="AA24">
+      <c s="4" t="inlineStr" r="AA26">
         <is>
           <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB24">
+      <c s="4" t="inlineStr" r="AB26">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC24">
+      <c s="4" t="inlineStr" r="AC26">
         <is>
           <t xml:space="preserve">2015 MANHATTAN BEACH BLVD STE 100</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD24">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE24">
+      <c s="4" t="inlineStr" r="AD26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE26">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF24">
+      <c s="4" t="inlineStr" r="AF26">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG24">
+      <c s="4" t="inlineStr" r="AG26">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH24">
+      <c s="4" t="inlineStr" r="AH26">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI24">
+      <c s="4" t="inlineStr" r="AI26">
         <is>
           <t xml:space="preserve">89431</t>
         </is>
       </c>
     </row>
-    <row r="25" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A25">
+    <row r="27" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A27">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">027-381-09</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B25">
+      <c s="4" t="inlineStr" r="B27">
         <is>
           <t xml:space="preserve">1650 TRABERT WAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C25">
+      <c s="4" t="inlineStr" r="C27">
         <is>
           <t xml:space="preserve">09/08/2025 </t>
         </is>
       </c>
-      <c s="5" r="D25">
+      <c s="5" r="D27">
         <v>297000</v>
       </c>
-      <c s="4" t="inlineStr" r="E25">
+      <c s="4" t="inlineStr" r="E27">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F25">
+      <c s="3" t="inlineStr" r="F27">
         <is>
           <t xml:space="preserve">5566970</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G25">
+      <c s="4" t="inlineStr" r="G27">
         <is>
           <t xml:space="preserve">MEADOWVALE SUB UNIT NO 1</t>
         </is>
       </c>
-      <c s="6" r="H25">
+      <c s="6" r="H27">
         <v>1962</v>
       </c>
-      <c s="6" r="I25">
+      <c s="6" r="I27">
         <v>1967</v>
       </c>
-      <c s="4" t="inlineStr" r="J25">
+      <c s="4" t="inlineStr" r="J27">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K25">
+      <c s="4" t="inlineStr" r="K27">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L25">
+      <c s="5" r="L27">
         <v>2205</v>
       </c>
-      <c s="4" t="inlineStr" r="M25">
+      <c s="4" t="inlineStr" r="M27">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N25">
+      <c s="6" r="N27">
         <v>4</v>
       </c>
-      <c s="6" r="O25">
+      <c s="6" r="O27">
         <v>2</v>
       </c>
-      <c s="6" r="P25">
+      <c s="6" r="P27">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q25">
+      <c s="4" t="inlineStr" r="Q27">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R25">
+      <c s="4" t="inlineStr" r="R27">
         <is>
           <t xml:space="preserve">SIDING ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S25">
+      <c s="4" t="inlineStr" r="S27">
         <is>
           <t xml:space="preserve">WOOD SHAKE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T25">
+      <c s="4" t="inlineStr" r="T27">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U25">
+      <c s="5" r="U27">
         <v>437</v>
       </c>
-      <c s="4" t="inlineStr" r="V25">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X25">
+      <c s="4" t="inlineStr" r="V27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W27">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X27">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y25">
+      <c s="4" t="inlineStr" r="Y27">
         <is>
           <t xml:space="preserve">SF-6</t>
         </is>
       </c>
-      <c s="5" r="Z25">
+      <c s="5" r="Z27">
         <v>0.1449954</v>
       </c>
-      <c s="4" t="inlineStr" r="AA25">
+      <c s="4" t="inlineStr" r="AA27">
         <is>
           <t xml:space="preserve">US BANK NA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB25">
+      <c s="4" t="inlineStr" r="AB27">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC25">
+      <c s="4" t="inlineStr" r="AC27">
         <is>
           <t xml:space="preserve">55 BEATTIE PL MS 005</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD25">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE25">
+      <c s="4" t="inlineStr" r="AD27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE27">
         <is>
           <t xml:space="preserve">GREENVILLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF25">
+      <c s="4" t="inlineStr" r="AF27">
         <is>
           <t xml:space="preserve">SC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG25">
+      <c s="4" t="inlineStr" r="AG27">
         <is>
           <t xml:space="preserve">29601</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH25">
+      <c s="4" t="inlineStr" r="AH27">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI25">
+      <c s="4" t="inlineStr" r="AI27">
         <is>
           <t xml:space="preserve">89431</t>
         </is>
       </c>
     </row>
-    <row r="26" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A26">
+    <row r="28" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A28">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">027-510-38</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B26">
+      <c s="4" t="inlineStr" r="B28">
         <is>
           <t xml:space="preserve">933 TYLER WAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C26">
+      <c s="4" t="inlineStr" r="C28">
         <is>
           <t xml:space="preserve">01/05/2024 </t>
         </is>
       </c>
-      <c s="5" r="D26">
+      <c s="5" r="D28">
         <v>267100</v>
       </c>
-      <c s="4" t="inlineStr" r="E26">
+      <c s="4" t="inlineStr" r="E28">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F26">
+      <c s="3" t="inlineStr" r="F28">
         <is>
           <t xml:space="preserve">5428491</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G26">
+      <c s="4" t="inlineStr" r="G28">
         <is>
           <t xml:space="preserve">TYLER WAY TOWNHOUSES</t>
         </is>
       </c>
-      <c s="6" r="H26">
+      <c s="6" r="H28">
         <v>1979</v>
       </c>
-      <c s="6" r="I26">
+      <c s="6" r="I28">
         <v>1979</v>
       </c>
-      <c s="4" t="inlineStr" r="J26">
+      <c s="4" t="inlineStr" r="J28">
         <is>
           <t xml:space="preserve">Condo/Townhouse</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K26">
+      <c s="4" t="inlineStr" r="K28">
         <is>
           <t xml:space="preserve">2 Story Inside Unit</t>
         </is>
       </c>
-      <c s="5" r="L26">
+      <c s="5" r="L28">
         <v>1272</v>
       </c>
-      <c s="4" t="inlineStr" r="M26">
+      <c s="4" t="inlineStr" r="M28">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N26">
+      <c s="6" r="N28">
         <v>2</v>
       </c>
-      <c s="6" r="O26">
+      <c s="6" r="O28">
         <v>2</v>
       </c>
-      <c s="6" r="P26">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q26">
+      <c s="6" r="P28">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q28">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R26">
+      <c s="4" t="inlineStr" r="R28">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S26">
+      <c s="4" t="inlineStr" r="S28">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T26">
+      <c s="4" t="inlineStr" r="T28">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U26">
+      <c s="5" r="U28">
         <v>460</v>
       </c>
-      <c s="4" t="inlineStr" r="V26">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X26">
+      <c s="4" t="inlineStr" r="V28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W28">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X28">
         <is>
           <t xml:space="preserve">210</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y26">
+      <c s="4" t="inlineStr" r="Y28">
         <is>
           <t xml:space="preserve">MF-2/PUD</t>
         </is>
       </c>
-      <c s="5" r="Z26">
+      <c s="5" r="Z28">
         <v>0.03471074</v>
       </c>
-      <c s="4" t="inlineStr" r="AA26">
+      <c s="4" t="inlineStr" r="AA28">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB26">
+      <c s="4" t="inlineStr" r="AB28">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC26">
+      <c s="4" t="inlineStr" r="AC28">
         <is>
           <t xml:space="preserve">659 THIRD AVE STE A</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD26">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE26">
+      <c s="4" t="inlineStr" r="AD28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE28">
         <is>
           <t xml:space="preserve">CHULA VISTA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF26">
+      <c s="4" t="inlineStr" r="AF28">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG26">
+      <c s="4" t="inlineStr" r="AG28">
         <is>
           <t xml:space="preserve">91910</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH26">
+      <c s="4" t="inlineStr" r="AH28">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI26">
+      <c s="4" t="inlineStr" r="AI28">
         <is>
           <t xml:space="preserve">89431</t>
         </is>
       </c>
     </row>
-    <row r="27" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A27">
+    <row r="29" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A29">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">028-031-35</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B27">
+      <c s="4" t="inlineStr" r="B29">
         <is>
           <t xml:space="preserve">3465 DAWN CIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C27">
+      <c s="4" t="inlineStr" r="C29">
         <is>
           <t xml:space="preserve">01/17/2025 </t>
         </is>
       </c>
-      <c s="5" r="D27">
+      <c s="5" r="D29">
         <v>330000</v>
       </c>
-      <c s="4" t="inlineStr" r="E27">
+      <c s="4" t="inlineStr" r="E29">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F27">
+      <c s="3" t="inlineStr" r="F29">
         <is>
           <t xml:space="preserve">5512838</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G27">
+      <c s="4" t="inlineStr" r="G29">
         <is>
           <t xml:space="preserve">SIERRA ESTATES UNIT NO 4A</t>
         </is>
       </c>
-      <c s="6" r="H27">
+      <c s="6" r="H29">
         <v>1967</v>
       </c>
-      <c s="6" r="I27">
+      <c s="6" r="I29">
         <v>1973</v>
       </c>
-      <c s="4" t="inlineStr" r="J27">
+      <c s="4" t="inlineStr" r="J29">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K27">
+      <c s="4" t="inlineStr" r="K29">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L27">
+      <c s="5" r="L29">
         <v>1532</v>
       </c>
-      <c s="4" t="inlineStr" r="M27">
+      <c s="4" t="inlineStr" r="M29">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N27">
+      <c s="6" r="N29">
         <v>3</v>
       </c>
-      <c s="6" r="O27">
+      <c s="6" r="O29">
         <v>2</v>
       </c>
-      <c s="6" r="P27">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q27">
+      <c s="6" r="P29">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q29">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R27">
+      <c s="4" t="inlineStr" r="R29">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S27">
+      <c s="4" t="inlineStr" r="S29">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T27">
+      <c s="4" t="inlineStr" r="T29">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U27">
+      <c s="5" r="U29">
         <v>525</v>
       </c>
-      <c s="4" t="inlineStr" r="V27">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X27">
+      <c s="4" t="inlineStr" r="V29">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W29">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X29">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y27">
+      <c s="4" t="inlineStr" r="Y29">
         <is>
           <t xml:space="preserve">SF-6</t>
         </is>
       </c>
-      <c s="5" r="Z27">
+      <c s="5" r="Z29">
         <v>0.1780073</v>
       </c>
-      <c s="4" t="inlineStr" r="AA27">
+      <c s="4" t="inlineStr" r="AA29">
         <is>
           <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB27">
+      <c s="4" t="inlineStr" r="AB29">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC27">
+      <c s="4" t="inlineStr" r="AC29">
         <is>
           <t xml:space="preserve">2015 MANHATTAN BEACH BLVD STE 100</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD27">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE27">
+      <c s="4" t="inlineStr" r="AD29">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE29">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF27">
+      <c s="4" t="inlineStr" r="AF29">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG27">
+      <c s="4" t="inlineStr" r="AG29">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH27">
+      <c s="4" t="inlineStr" r="AH29">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI27">
+      <c s="4" t="inlineStr" r="AI29">
         <is>
           <t xml:space="preserve">89431</t>
         </is>
       </c>
     </row>
-    <row r="28" ht="18" customHeight="0">
-[...168 lines deleted...]
-      <c s="3" t="inlineStr" r="A29">
+    <row r="30" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A30">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">028-294-26</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B29">
+      <c s="4" t="inlineStr" r="B30">
         <is>
           <t xml:space="preserve">28 ARNDELL WAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C29">
+      <c s="4" t="inlineStr" r="C30">
         <is>
           <t xml:space="preserve">01/22/2025 </t>
         </is>
       </c>
-      <c s="5" r="D29">
+      <c s="5" r="D30">
         <v>365441</v>
       </c>
-      <c s="4" t="inlineStr" r="E29">
+      <c s="4" t="inlineStr" r="E30">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F29">
+      <c s="3" t="inlineStr" r="F30">
         <is>
           <t xml:space="preserve">5513450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G29">
+      <c s="4" t="inlineStr" r="G30">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H29">
+      <c s="6" r="H30">
         <v>1972</v>
       </c>
-      <c s="6" r="I29">
+      <c s="6" r="I30">
         <v>1972</v>
       </c>
-      <c s="4" t="inlineStr" r="J29">
+      <c s="4" t="inlineStr" r="J30">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K29">
+      <c s="4" t="inlineStr" r="K30">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L29">
+      <c s="5" r="L30">
         <v>1481</v>
       </c>
-      <c s="4" t="inlineStr" r="M29">
+      <c s="4" t="inlineStr" r="M30">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N29">
+      <c s="6" r="N30">
         <v>3</v>
       </c>
-      <c s="6" r="O29">
+      <c s="6" r="O30">
         <v>2</v>
       </c>
-      <c s="6" r="P29">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q29">
+      <c s="6" r="P30">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q30">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R29">
+      <c s="4" t="inlineStr" r="R30">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S29">
+      <c s="4" t="inlineStr" r="S30">
         <is>
           <t xml:space="preserve">WOOD SHAKE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T29">
+      <c s="4" t="inlineStr" r="T30">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U29">
+      <c s="5" r="U30">
         <v>506</v>
       </c>
-      <c s="4" t="inlineStr" r="V29">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X29">
+      <c s="4" t="inlineStr" r="V30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W30">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X30">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y29">
+      <c s="4" t="inlineStr" r="Y30">
         <is>
           <t xml:space="preserve">SF-6</t>
         </is>
       </c>
-      <c s="5" r="Z29">
+      <c s="5" r="Z30">
         <v>0.1672406</v>
       </c>
-      <c s="4" t="inlineStr" r="AA29">
+      <c s="4" t="inlineStr" r="AA30">
         <is>
           <t xml:space="preserve">SECRETARY HOUSING &amp; URBAN DEVELOPMENT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB29">
+      <c s="4" t="inlineStr" r="AB30">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC29">
+      <c s="4" t="inlineStr" r="AC30">
         <is>
           <t xml:space="preserve">14002 E 21ST ST STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD29">
+      <c s="4" t="inlineStr" r="AD30">
         <is>
           <t xml:space="preserve">C/O COMPU-LINK CORPORATION</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE29">
+      <c s="4" t="inlineStr" r="AE30">
         <is>
           <t xml:space="preserve">TULSA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF29">
+      <c s="4" t="inlineStr" r="AF30">
         <is>
           <t xml:space="preserve">OK</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG29">
+      <c s="4" t="inlineStr" r="AG30">
         <is>
           <t xml:space="preserve">74134</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH29">
+      <c s="4" t="inlineStr" r="AH30">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI29">
+      <c s="4" t="inlineStr" r="AI30">
         <is>
           <t xml:space="preserve">89431</t>
         </is>
       </c>
     </row>
-    <row r="30" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A30">
+    <row r="31" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A31">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">028-372-08</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B30">
+      <c s="4" t="inlineStr" r="B31">
         <is>
           <t xml:space="preserve">115 P ST</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C30">
+      <c s="4" t="inlineStr" r="C31">
         <is>
           <t xml:space="preserve">09/30/2025 </t>
         </is>
       </c>
-      <c s="5" r="D30">
+      <c s="5" r="D31">
         <v>328200</v>
       </c>
-      <c s="4" t="inlineStr" r="E30">
+      <c s="4" t="inlineStr" r="E31">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F30">
+      <c s="3" t="inlineStr" r="F31">
         <is>
           <t xml:space="preserve">5571783</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G30">
+      <c s="4" t="inlineStr" r="G31">
         <is>
           <t xml:space="preserve">GREENBRAE TERRACE SUB ADD 7</t>
         </is>
       </c>
-      <c s="6" r="H30">
+      <c s="6" r="H31">
         <v>1956</v>
       </c>
-      <c s="6" r="I30">
+      <c s="6" r="I31">
         <v>1958</v>
       </c>
-      <c s="4" t="inlineStr" r="J30">
+      <c s="4" t="inlineStr" r="J31">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K30">
+      <c s="4" t="inlineStr" r="K31">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L30">
+      <c s="5" r="L31">
         <v>1463</v>
       </c>
-      <c s="4" t="inlineStr" r="M30">
+      <c s="4" t="inlineStr" r="M31">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N30">
+      <c s="6" r="N31">
         <v>4</v>
       </c>
-      <c s="6" r="O30">
+      <c s="6" r="O31">
         <v>2</v>
       </c>
-      <c s="6" r="P30">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q30">
+      <c s="6" r="P31">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q31">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R30">
+      <c s="4" t="inlineStr" r="R31">
         <is>
           <t xml:space="preserve">ASPHALT SHINGLE ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S30">
+      <c s="4" t="inlineStr" r="S31">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T30">
+      <c s="4" t="inlineStr" r="T31">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U30">
+      <c s="5" r="U31">
         <v>300</v>
       </c>
-      <c s="4" t="inlineStr" r="V30">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X30">
+      <c s="4" t="inlineStr" r="V31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W31">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X31">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y30">
+      <c s="4" t="inlineStr" r="Y31">
         <is>
           <t xml:space="preserve">SF-6</t>
         </is>
       </c>
-      <c s="5" r="Z30">
+      <c s="5" r="Z31">
         <v>0.142011</v>
       </c>
-      <c s="4" t="inlineStr" r="AA30">
+      <c s="4" t="inlineStr" r="AA31">
         <is>
           <t xml:space="preserve">ARIF, FAHAD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB30">
+      <c s="4" t="inlineStr" r="AB31">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC30">
+      <c s="4" t="inlineStr" r="AC31">
         <is>
           <t xml:space="preserve">5395 LADYBUG CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD30">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE30">
+      <c s="4" t="inlineStr" r="AD31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE31">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF30">
+      <c s="4" t="inlineStr" r="AF31">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG30">
+      <c s="4" t="inlineStr" r="AG31">
         <is>
           <t xml:space="preserve">89523</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH30">
+      <c s="4" t="inlineStr" r="AH31">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI30">
+      <c s="4" t="inlineStr" r="AI31">
         <is>
           <t xml:space="preserve">89431</t>
         </is>
       </c>
     </row>
-    <row r="31" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A31">
+    <row r="32" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A32">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">031-272-11</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B31">
+      <c s="4" t="inlineStr" r="B32">
         <is>
           <t xml:space="preserve">1720 G ST</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C31">
+      <c s="4" t="inlineStr" r="C32">
         <is>
           <t xml:space="preserve">10/02/2024 </t>
         </is>
       </c>
-      <c s="5" r="D31">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="E31">
+      <c s="5" r="D32">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="E32">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F31">
+      <c s="3" t="inlineStr" r="F32">
         <is>
           <t xml:space="preserve">5488642</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G31">
+      <c s="4" t="inlineStr" r="G32">
         <is>
           <t xml:space="preserve">NEWTOWN TRACT</t>
         </is>
       </c>
-      <c s="6" r="H31">
+      <c s="6" r="H32">
         <v>1970</v>
       </c>
-      <c s="6" r="I31">
+      <c s="6" r="I32">
         <v>1970</v>
       </c>
-      <c s="4" t="inlineStr" r="J31">
+      <c s="4" t="inlineStr" r="J32">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K31">
+      <c s="4" t="inlineStr" r="K32">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L31">
+      <c s="5" r="L32">
         <v>864</v>
       </c>
-      <c s="4" t="inlineStr" r="M31">
+      <c s="4" t="inlineStr" r="M32">
         <is>
           <t xml:space="preserve">Low-Fair</t>
         </is>
       </c>
-      <c s="6" r="N31">
+      <c s="6" r="N32">
         <v>2</v>
       </c>
-      <c s="6" r="O31">
+      <c s="6" r="O32">
         <v>1</v>
       </c>
-      <c s="6" r="P31">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q31">
+      <c s="6" r="P32">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q32">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R31">
+      <c s="4" t="inlineStr" r="R32">
         <is>
           <t xml:space="preserve">ASPHALT SHINGLE ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S31">
+      <c s="4" t="inlineStr" r="S32">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T31">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X31">
+      <c s="4" t="inlineStr" r="T32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U32">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W32">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X32">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y31">
+      <c s="4" t="inlineStr" r="Y32">
         <is>
           <t xml:space="preserve">MUD</t>
-        </is>
-[...166 lines deleted...]
-          <t xml:space="preserve">SF-6</t>
         </is>
       </c>
       <c s="5" r="Z32">
         <v>0.1379936</v>
       </c>
       <c s="4" t="inlineStr" r="AA32">
         <is>
-          <t xml:space="preserve">ARIF, FAHAD</t>
+          <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AB32">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AC32">
         <is>
-          <t xml:space="preserve">5395 LADYBUG CT</t>
+          <t xml:space="preserve">2015 MANHATTAN BEACH BLVD</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AD32">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AE32">
         <is>
-          <t xml:space="preserve">RENO</t>
+          <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AF32">
         <is>
-          <t xml:space="preserve">NV</t>
+          <t xml:space="preserve">CA</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AG32">
         <is>
-          <t xml:space="preserve">89523</t>
+          <t xml:space="preserve">90278</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AH32">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AI32">
         <is>
           <t xml:space="preserve">89431</t>
         </is>
       </c>
     </row>
     <row r="33" ht="18" customHeight="0">
       <c s="3" t="inlineStr" r="A33">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
@@ -5649,9925 +5649,9245 @@
       </c>
       <c s="4" t="inlineStr" r="AH33">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AI33">
         <is>
           <t xml:space="preserve">89431</t>
         </is>
       </c>
     </row>
     <row r="34" ht="18" customHeight="0">
       <c s="3" t="inlineStr" r="A34">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">035-364-11</t>
+            <t xml:space="preserve">041-170-31</t>
           </r>
         </is>
       </c>
       <c s="4" t="inlineStr" r="B34">
         <is>
-          <t xml:space="preserve">4830 RAMPION WAY</t>
+          <t xml:space="preserve">6461 MEADOW HILL DR</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="C34">
         <is>
-          <t xml:space="preserve">03/13/2025 </t>
+          <t xml:space="preserve">07/16/2024 </t>
         </is>
       </c>
       <c s="5" r="D34">
-        <v>320134</v>
+        <v>550100</v>
       </c>
       <c s="4" t="inlineStr" r="E34">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
       <c s="3" t="inlineStr" r="F34">
         <is>
-          <t xml:space="preserve">5525519</t>
+          <t xml:space="preserve">5469941</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="G34">
         <is>
-          <t xml:space="preserve">HIGH COUNTRY SUBDIVISION</t>
+          <t xml:space="preserve">MEADOWRIDGE 1-A AMD</t>
         </is>
       </c>
       <c s="6" r="H34">
-        <v>1986</v>
+        <v>1978</v>
       </c>
       <c s="6" r="I34">
-        <v>1986</v>
+        <v>1978</v>
       </c>
       <c s="4" t="inlineStr" r="J34">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="K34">
         <is>
-          <t xml:space="preserve">1 Story</t>
+          <t xml:space="preserve">Split Level</t>
         </is>
       </c>
       <c s="5" r="L34">
-        <v>1212</v>
+        <v>2151</v>
       </c>
       <c s="4" t="inlineStr" r="M34">
         <is>
-          <t xml:space="preserve">Low-Fair</t>
+          <t xml:space="preserve">Average-Good</t>
         </is>
       </c>
       <c s="6" r="N34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c s="6" r="O34">
         <v>2</v>
       </c>
       <c s="6" r="P34">
         <v>0</v>
       </c>
       <c s="4" t="inlineStr" r="Q34">
         <is>
-          <t xml:space="preserve">FORCED AIR</t>
+          <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="R34">
         <is>
-          <t xml:space="preserve">HARDBOARD ON FRAME</t>
+          <t xml:space="preserve">WOOD SHINGLE ON FRAME</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="S34">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="T34">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
       <c s="5" r="U34">
-        <v>250</v>
+        <v>476</v>
       </c>
       <c s="4" t="inlineStr" r="V34">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="5" r="W34">
         <v>0</v>
       </c>
       <c s="4" t="inlineStr" r="X34">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="Y34">
         <is>
-          <t xml:space="preserve">HDS</t>
+          <t xml:space="preserve">SF5</t>
         </is>
       </c>
       <c s="5" r="Z34">
-        <v>0.1589991</v>
+        <v>0.1262626</v>
       </c>
       <c s="4" t="inlineStr" r="AA34">
         <is>
-          <t xml:space="preserve">LLACG COMMUNITY INVESTMENT FUND</t>
+          <t xml:space="preserve">SFR INVESTMENTS POOL 1 LLC</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AB34">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AC34">
         <is>
-          <t xml:space="preserve">6267 OLD WATER OAK RD STE 203</t>
+          <t xml:space="preserve">7625 DEAN MARTIN DR STE 105</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AD34">
         <is>
-          <t xml:space="preserve">C/O PADGETT LAW GROUP</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AE34">
         <is>
-          <t xml:space="preserve">TALLAHASSEE</t>
+          <t xml:space="preserve">LAS VEGAS</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AF34">
         <is>
-          <t xml:space="preserve">FL</t>
+          <t xml:space="preserve">NV</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AG34">
         <is>
-          <t xml:space="preserve">32312</t>
+          <t xml:space="preserve">89139</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AH34">
         <is>
-          <t xml:space="preserve">4000</t>
+          <t xml:space="preserve">1000</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AI34">
         <is>
-          <t xml:space="preserve">89433</t>
+          <t xml:space="preserve">89519</t>
         </is>
       </c>
     </row>
     <row r="35" ht="18" customHeight="0">
       <c s="3" t="inlineStr" r="A35">
-        <is>
-[...334 lines deleted...]
-      <c s="3" t="inlineStr" r="A37">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">050-423-02</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B37">
+      <c s="4" t="inlineStr" r="B35">
         <is>
           <t xml:space="preserve">3110 WHITE PINE DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C37">
+      <c s="4" t="inlineStr" r="C35">
         <is>
           <t xml:space="preserve">08/02/2024 </t>
         </is>
       </c>
-      <c s="5" r="D37">
+      <c s="5" r="D35">
         <v>300000</v>
       </c>
-      <c s="4" t="inlineStr" r="E37">
+      <c s="4" t="inlineStr" r="E35">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F37">
+      <c s="3" t="inlineStr" r="F35">
         <is>
           <t xml:space="preserve">5474166</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G37">
+      <c s="4" t="inlineStr" r="G35">
         <is>
           <t xml:space="preserve">WASHOE VALLEY FARMS</t>
         </is>
       </c>
-      <c s="6" r="H37">
+      <c s="6" r="H35">
         <v>1960</v>
       </c>
-      <c s="6" r="I37">
+      <c s="6" r="I35">
         <v>1960</v>
       </c>
-      <c s="4" t="inlineStr" r="J37">
+      <c s="4" t="inlineStr" r="J35">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K37">
+      <c s="4" t="inlineStr" r="K35">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L37">
+      <c s="5" r="L35">
         <v>862</v>
       </c>
-      <c s="4" t="inlineStr" r="M37">
+      <c s="4" t="inlineStr" r="M35">
         <is>
           <t xml:space="preserve">Low-Fair</t>
         </is>
       </c>
-      <c s="6" r="N37">
+      <c s="6" r="N35">
         <v>2</v>
       </c>
-      <c s="6" r="O37">
+      <c s="6" r="O35">
         <v>1</v>
       </c>
-      <c s="6" r="P37">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q37">
+      <c s="6" r="P35">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q35">
         <is>
           <t xml:space="preserve">WALL FURNACE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R37">
+      <c s="4" t="inlineStr" r="R35">
         <is>
           <t xml:space="preserve">ASPHALT SHINGLE ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S37">
+      <c s="4" t="inlineStr" r="S35">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T37">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X37">
+      <c s="4" t="inlineStr" r="T35">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U35">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V35">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W35">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X35">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y37">
+      <c s="4" t="inlineStr" r="Y35">
         <is>
           <t xml:space="preserve">LDS</t>
         </is>
       </c>
-      <c s="5" r="Z37">
+      <c s="5" r="Z35">
         <v>2</v>
       </c>
-      <c s="4" t="inlineStr" r="AA37">
+      <c s="4" t="inlineStr" r="AA35">
         <is>
           <t xml:space="preserve">PAYA, CHARLES H V</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB37">
+      <c s="4" t="inlineStr" r="AB35">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC37">
+      <c s="4" t="inlineStr" r="AC35">
         <is>
           <t xml:space="preserve">402 FOOTHILL RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD37">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE37">
+      <c s="4" t="inlineStr" r="AD35">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE35">
         <is>
           <t xml:space="preserve">GARDNERVILLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF37">
+      <c s="4" t="inlineStr" r="AF35">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG37">
+      <c s="4" t="inlineStr" r="AG35">
         <is>
           <t xml:space="preserve">89460</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH37">
+      <c s="4" t="inlineStr" r="AH35">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI37">
+      <c s="4" t="inlineStr" r="AI35">
         <is>
           <t xml:space="preserve">89704</t>
         </is>
       </c>
     </row>
-    <row r="38" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A38">
+    <row r="36" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A36">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">051-400-23</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B38">
+      <c s="4" t="inlineStr" r="B36">
         <is>
           <t xml:space="preserve">6090 W HIDDEN VALLEY DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C38">
+      <c s="4" t="inlineStr" r="C36">
         <is>
           <t xml:space="preserve">02/28/2025 </t>
         </is>
       </c>
-      <c s="5" r="D38">
+      <c s="5" r="D36">
         <v>297000</v>
       </c>
-      <c s="4" t="inlineStr" r="E38">
+      <c s="4" t="inlineStr" r="E36">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F38">
+      <c s="3" t="inlineStr" r="F36">
         <is>
           <t xml:space="preserve">5522509</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G38">
+      <c s="4" t="inlineStr" r="G36">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H38">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X38">
+      <c s="6" r="H36">
+        <v>0</v>
+      </c>
+      <c s="6" r="I36">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L36"/>
+      <c s="4" t="inlineStr" r="M36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N36">
+        <v>0</v>
+      </c>
+      <c s="6" r="O36">
+        <v>0</v>
+      </c>
+      <c s="6" r="P36">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U36">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W36">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X36">
         <is>
           <t xml:space="preserve">120</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y38">
+      <c s="4" t="inlineStr" r="Y36">
         <is>
           <t xml:space="preserve">GR</t>
         </is>
       </c>
-      <c s="5" r="Z38">
+      <c s="5" r="Z36">
         <v>1.098072</v>
       </c>
-      <c s="4" t="inlineStr" r="AA38">
+      <c s="4" t="inlineStr" r="AA36">
         <is>
           <t xml:space="preserve">RODNEY FAMILY TRUST</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB38">
+      <c s="4" t="inlineStr" r="AB36">
         <is>
           <t xml:space="preserve">YES</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC38">
+      <c s="4" t="inlineStr" r="AC36">
         <is>
           <t xml:space="preserve">PO BOX 1911</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD38">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE38">
+      <c s="4" t="inlineStr" r="AD36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE36">
         <is>
           <t xml:space="preserve">ZEPHYR COVE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF38">
+      <c s="4" t="inlineStr" r="AF36">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG38">
+      <c s="4" t="inlineStr" r="AG36">
         <is>
           <t xml:space="preserve">89448</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH38">
+      <c s="4" t="inlineStr" r="AH36">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI38">
+      <c s="4" t="inlineStr" r="AI36">
         <is>
           <t xml:space="preserve">89502</t>
         </is>
       </c>
     </row>
-    <row r="39" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A39">
+    <row r="37" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A37">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">074-170-37</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B39">
+      <c s="4" t="inlineStr" r="B37">
         <is>
           <t xml:space="preserve">2940 PAIUTE LN</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C39">
+      <c s="4" t="inlineStr" r="C37">
         <is>
           <t xml:space="preserve">03/14/2025 </t>
         </is>
       </c>
-      <c s="5" r="D39">
+      <c s="5" r="D37">
         <v>16629</v>
       </c>
-      <c s="4" t="inlineStr" r="E39">
+      <c s="4" t="inlineStr" r="E37">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F39">
+      <c s="3" t="inlineStr" r="F37">
         <is>
           <t xml:space="preserve">5525793</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G39">
+      <c s="4" t="inlineStr" r="G37">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H39">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X39">
+      <c s="6" r="H37">
+        <v>0</v>
+      </c>
+      <c s="6" r="I37">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L37"/>
+      <c s="4" t="inlineStr" r="M37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N37">
+        <v>0</v>
+      </c>
+      <c s="6" r="O37">
+        <v>0</v>
+      </c>
+      <c s="6" r="P37">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U37">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W37">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X37">
         <is>
           <t xml:space="preserve">120</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y39">
+      <c s="4" t="inlineStr" r="Y37">
         <is>
           <t xml:space="preserve">GR</t>
         </is>
       </c>
-      <c s="5" r="Z39">
+      <c s="5" r="Z37">
         <v>5</v>
       </c>
-      <c s="4" t="inlineStr" r="AA39">
+      <c s="4" t="inlineStr" r="AA37">
         <is>
           <t xml:space="preserve">RIGNEY, WENDY S et al</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB39">
+      <c s="4" t="inlineStr" r="AB37">
         <is>
           <t xml:space="preserve">YES</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC39">
+      <c s="4" t="inlineStr" r="AC37">
         <is>
           <t xml:space="preserve">302 HELEN DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD39">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE39">
+      <c s="4" t="inlineStr" r="AD37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE37">
         <is>
           <t xml:space="preserve">YERINGTON</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF39">
+      <c s="4" t="inlineStr" r="AF37">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG39">
+      <c s="4" t="inlineStr" r="AG37">
         <is>
           <t xml:space="preserve">89447</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH39">
+      <c s="4" t="inlineStr" r="AH37">
         <is>
           <t xml:space="preserve">9000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI39">
+      <c s="4" t="inlineStr" r="AI37">
         <is>
           <t xml:space="preserve">89510</t>
         </is>
       </c>
     </row>
-    <row r="40" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A40">
+    <row r="38" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A38">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">076-200-24</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B40">
+      <c s="4" t="inlineStr" r="B38">
         <is>
           <t xml:space="preserve">5300 FLYING EAGLE DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C40">
+      <c s="4" t="inlineStr" r="C38">
         <is>
           <t xml:space="preserve">01/17/2023 </t>
         </is>
       </c>
-      <c s="5" r="D40">
+      <c s="5" r="D38">
         <v>1074500</v>
       </c>
-      <c s="4" t="inlineStr" r="E40">
+      <c s="4" t="inlineStr" r="E38">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F40">
+      <c s="3" t="inlineStr" r="F38">
         <is>
           <t xml:space="preserve">5357270</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G40">
+      <c s="4" t="inlineStr" r="G38">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H40">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X40">
+      <c s="6" r="H38">
+        <v>0</v>
+      </c>
+      <c s="6" r="I38">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L38"/>
+      <c s="4" t="inlineStr" r="M38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N38">
+        <v>0</v>
+      </c>
+      <c s="6" r="O38">
+        <v>0</v>
+      </c>
+      <c s="6" r="P38">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U38">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W38">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X38">
         <is>
           <t xml:space="preserve">120</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y40">
+      <c s="4" t="inlineStr" r="Y38">
         <is>
           <t xml:space="preserve">GRA</t>
         </is>
       </c>
-      <c s="5" r="Z40">
+      <c s="5" r="Z38">
         <v>40.367</v>
       </c>
-      <c s="4" t="inlineStr" r="AA40">
+      <c s="4" t="inlineStr" r="AA38">
         <is>
           <t xml:space="preserve">AIR PARK LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB40">
+      <c s="4" t="inlineStr" r="AB38">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC40">
+      <c s="4" t="inlineStr" r="AC38">
         <is>
           <t xml:space="preserve">PO BOX 70577</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD40">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE40">
+      <c s="4" t="inlineStr" r="AD38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE38">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF40">
+      <c s="4" t="inlineStr" r="AF38">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG40">
+      <c s="4" t="inlineStr" r="AG38">
         <is>
           <t xml:space="preserve">89570</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH40">
+      <c s="4" t="inlineStr" r="AH38">
         <is>
           <t xml:space="preserve">9400</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI40">
+      <c s="4" t="inlineStr" r="AI38">
         <is>
           <t xml:space="preserve">89510</t>
         </is>
       </c>
     </row>
-    <row r="41" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A41">
+    <row r="39" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A39">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">076-200-25</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B41">
+      <c s="4" t="inlineStr" r="B39">
         <is>
           <t xml:space="preserve">5550 FLYING EAGLE DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C41">
+      <c s="4" t="inlineStr" r="C39">
         <is>
           <t xml:space="preserve">01/17/2023 </t>
         </is>
       </c>
-      <c s="5" r="D41">
+      <c s="5" r="D39">
         <v>1074500</v>
       </c>
-      <c s="4" t="inlineStr" r="E41">
+      <c s="4" t="inlineStr" r="E39">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F41">
+      <c s="3" t="inlineStr" r="F39">
         <is>
           <t xml:space="preserve">5357270</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G41">
+      <c s="4" t="inlineStr" r="G39">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H41">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X41">
+      <c s="6" r="H39">
+        <v>0</v>
+      </c>
+      <c s="6" r="I39">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L39"/>
+      <c s="4" t="inlineStr" r="M39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N39">
+        <v>0</v>
+      </c>
+      <c s="6" r="O39">
+        <v>0</v>
+      </c>
+      <c s="6" r="P39">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U39">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W39">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X39">
         <is>
           <t xml:space="preserve">120</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y41">
+      <c s="4" t="inlineStr" r="Y39">
         <is>
           <t xml:space="preserve">GRA</t>
         </is>
       </c>
-      <c s="5" r="Z41">
+      <c s="5" r="Z39">
         <v>40.555</v>
       </c>
-      <c s="4" t="inlineStr" r="AA41">
+      <c s="4" t="inlineStr" r="AA39">
         <is>
           <t xml:space="preserve">AIR PARK LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB41">
+      <c s="4" t="inlineStr" r="AB39">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC41">
+      <c s="4" t="inlineStr" r="AC39">
         <is>
           <t xml:space="preserve">PO BOX 70577</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD41">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE41">
+      <c s="4" t="inlineStr" r="AD39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE39">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF41">
+      <c s="4" t="inlineStr" r="AF39">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG41">
+      <c s="4" t="inlineStr" r="AG39">
         <is>
           <t xml:space="preserve">89570</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH41">
+      <c s="4" t="inlineStr" r="AH39">
         <is>
           <t xml:space="preserve">9400</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI41">
+      <c s="4" t="inlineStr" r="AI39">
         <is>
           <t xml:space="preserve">89510</t>
         </is>
       </c>
     </row>
-    <row r="42" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A42">
+    <row r="40" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A40">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">076-200-30</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B42">
+      <c s="4" t="inlineStr" r="B40">
         <is>
           <t xml:space="preserve">5555 AERIE WAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C42">
+      <c s="4" t="inlineStr" r="C40">
         <is>
           <t xml:space="preserve">01/17/2023 </t>
         </is>
       </c>
-      <c s="5" r="D42">
+      <c s="5" r="D40">
         <v>1074500</v>
       </c>
-      <c s="4" t="inlineStr" r="E42">
+      <c s="4" t="inlineStr" r="E40">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F42">
+      <c s="3" t="inlineStr" r="F40">
         <is>
           <t xml:space="preserve">5357270</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G42">
+      <c s="4" t="inlineStr" r="G40">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H42">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X42">
+      <c s="6" r="H40">
+        <v>0</v>
+      </c>
+      <c s="6" r="I40">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L40"/>
+      <c s="4" t="inlineStr" r="M40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N40">
+        <v>0</v>
+      </c>
+      <c s="6" r="O40">
+        <v>0</v>
+      </c>
+      <c s="6" r="P40">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U40">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W40">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X40">
         <is>
           <t xml:space="preserve">120</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y42">
+      <c s="4" t="inlineStr" r="Y40">
         <is>
           <t xml:space="preserve">GRA</t>
         </is>
       </c>
-      <c s="5" r="Z42">
+      <c s="5" r="Z40">
         <v>40.575</v>
       </c>
-      <c s="4" t="inlineStr" r="AA42">
+      <c s="4" t="inlineStr" r="AA40">
         <is>
           <t xml:space="preserve">AIR PARK LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB42">
+      <c s="4" t="inlineStr" r="AB40">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC42">
+      <c s="4" t="inlineStr" r="AC40">
         <is>
           <t xml:space="preserve">PO BOX 70577</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD42">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE42">
+      <c s="4" t="inlineStr" r="AD40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE40">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF42">
+      <c s="4" t="inlineStr" r="AF40">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG42">
+      <c s="4" t="inlineStr" r="AG40">
         <is>
           <t xml:space="preserve">89570</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH42">
+      <c s="4" t="inlineStr" r="AH40">
         <is>
           <t xml:space="preserve">9400</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI42">
+      <c s="4" t="inlineStr" r="AI40">
         <is>
           <t xml:space="preserve">89510</t>
         </is>
       </c>
     </row>
-    <row r="43" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A43">
+    <row r="41" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A41">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">078-221-06</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B43">
+      <c s="4" t="inlineStr" r="B41">
         <is>
           <t xml:space="preserve">16705 N RED ROCK RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C43">
+      <c s="4" t="inlineStr" r="C41">
         <is>
           <t xml:space="preserve">10/12/2023 </t>
         </is>
       </c>
-      <c s="5" r="D43">
+      <c s="5" r="D41">
         <v>3877</v>
       </c>
-      <c s="4" t="inlineStr" r="E43">
+      <c s="4" t="inlineStr" r="E41">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F43">
+      <c s="3" t="inlineStr" r="F41">
         <is>
           <t xml:space="preserve">5411823</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G43">
+      <c s="4" t="inlineStr" r="G41">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H43">
+      <c s="6" r="H41">
         <v>1997</v>
       </c>
-      <c s="6" r="I43">
+      <c s="6" r="I41">
         <v>1997</v>
       </c>
-      <c s="4" t="inlineStr" r="J43">
+      <c s="4" t="inlineStr" r="J41">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K43">
+      <c s="4" t="inlineStr" r="K41">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L43">
+      <c s="5" r="L41">
         <v>1232</v>
       </c>
-      <c s="4" t="inlineStr" r="M43">
+      <c s="4" t="inlineStr" r="M41">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N43">
+      <c s="6" r="N41">
         <v>3</v>
       </c>
-      <c s="6" r="O43">
+      <c s="6" r="O41">
         <v>2</v>
       </c>
-      <c s="6" r="P43">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q43">
+      <c s="6" r="P41">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q41">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R43">
+      <c s="4" t="inlineStr" r="R41">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S43">
+      <c s="4" t="inlineStr" r="S41">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T43">
+      <c s="4" t="inlineStr" r="T41">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U43">
+      <c s="5" r="U41">
         <v>484</v>
       </c>
-      <c s="4" t="inlineStr" r="V43">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X43">
+      <c s="4" t="inlineStr" r="V41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W41">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X41">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y43">
+      <c s="4" t="inlineStr" r="Y41">
         <is>
           <t xml:space="preserve">LDR</t>
         </is>
       </c>
-      <c s="5" r="Z43">
+      <c s="5" r="Z41">
         <v>10.41</v>
       </c>
-      <c s="4" t="inlineStr" r="AA43">
+      <c s="4" t="inlineStr" r="AA41">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB43">
+      <c s="4" t="inlineStr" r="AB41">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC43">
+      <c s="4" t="inlineStr" r="AC41">
         <is>
           <t xml:space="preserve">659 THIRD AVE STE A</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD43">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE43">
+      <c s="4" t="inlineStr" r="AD41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE41">
         <is>
           <t xml:space="preserve">CHULA VISTA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF43">
+      <c s="4" t="inlineStr" r="AF41">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG43">
+      <c s="4" t="inlineStr" r="AG41">
         <is>
           <t xml:space="preserve">91910</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH43">
+      <c s="4" t="inlineStr" r="AH41">
         <is>
           <t xml:space="preserve">9000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI43">
+      <c s="4" t="inlineStr" r="AI41">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="44" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A44">
+    <row r="42" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A42">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">080-811-21</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B44">
+      <c s="4" t="inlineStr" r="B42">
         <is>
           <t xml:space="preserve">9025 ALSANDAIR CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C44">
+      <c s="4" t="inlineStr" r="C42">
         <is>
           <t xml:space="preserve">08/12/2024 </t>
         </is>
       </c>
-      <c s="5" r="D44">
+      <c s="5" r="D42">
         <v>490000</v>
       </c>
-      <c s="4" t="inlineStr" r="E44">
+      <c s="4" t="inlineStr" r="E42">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F44">
+      <c s="3" t="inlineStr" r="F42">
         <is>
           <t xml:space="preserve">5475855</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G44">
+      <c s="4" t="inlineStr" r="G42">
         <is>
           <t xml:space="preserve">CREST AT STONEFIELD 1 UT 1</t>
         </is>
       </c>
-      <c s="6" r="H44">
+      <c s="6" r="H42">
         <v>2005</v>
       </c>
-      <c s="6" r="I44">
+      <c s="6" r="I42">
         <v>2005</v>
       </c>
-      <c s="4" t="inlineStr" r="J44">
+      <c s="4" t="inlineStr" r="J42">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K44">
+      <c s="4" t="inlineStr" r="K42">
         <is>
           <t xml:space="preserve">2 Story</t>
         </is>
       </c>
-      <c s="5" r="L44">
+      <c s="5" r="L42">
         <v>2905</v>
       </c>
-      <c s="4" t="inlineStr" r="M44">
+      <c s="4" t="inlineStr" r="M42">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N44">
+      <c s="6" r="N42">
         <v>5</v>
       </c>
-      <c s="6" r="O44">
+      <c s="6" r="O42">
         <v>3</v>
       </c>
-      <c s="6" r="P44">
+      <c s="6" r="P42">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q44">
+      <c s="4" t="inlineStr" r="Q42">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R44">
+      <c s="4" t="inlineStr" r="R42">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S44">
+      <c s="4" t="inlineStr" r="S42">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T44">
+      <c s="4" t="inlineStr" r="T42">
         <is>
           <t xml:space="preserve">BUILT-IN</t>
         </is>
       </c>
-      <c s="5" r="U44">
+      <c s="5" r="U42">
         <v>468</v>
       </c>
-      <c s="4" t="inlineStr" r="V44">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X44">
+      <c s="4" t="inlineStr" r="V42">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W42">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X42">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y44">
+      <c s="4" t="inlineStr" r="Y42">
         <is>
           <t xml:space="preserve">SF11</t>
         </is>
       </c>
-      <c s="5" r="Z44">
+      <c s="5" r="Z42">
         <v>0.2438476</v>
       </c>
-      <c s="4" t="inlineStr" r="AA44">
+      <c s="4" t="inlineStr" r="AA42">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB44">
+      <c s="4" t="inlineStr" r="AB42">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC44">
+      <c s="4" t="inlineStr" r="AC42">
         <is>
           <t xml:space="preserve">3500 LAKESIDE CT STE 212B</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD44">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE44">
+      <c s="4" t="inlineStr" r="AD42">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE42">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF44">
+      <c s="4" t="inlineStr" r="AF42">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG44">
+      <c s="4" t="inlineStr" r="AG42">
         <is>
           <t xml:space="preserve">89509</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH44">
+      <c s="4" t="inlineStr" r="AH42">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI44">
+      <c s="4" t="inlineStr" r="AI42">
         <is>
           <t xml:space="preserve">89506</t>
         </is>
       </c>
     </row>
-    <row r="45" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A45">
+    <row r="43" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A43">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">081-192-07</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B45">
+      <c s="4" t="inlineStr" r="B43">
         <is>
           <t xml:space="preserve">17519 NORTHRIDGE AVE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C45">
+      <c s="4" t="inlineStr" r="C43">
         <is>
           <t xml:space="preserve">10/18/2024 </t>
         </is>
       </c>
-      <c s="5" r="D45">
+      <c s="5" r="D43">
         <v>278860</v>
       </c>
-      <c s="4" t="inlineStr" r="E45">
+      <c s="4" t="inlineStr" r="E43">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F45">
+      <c s="3" t="inlineStr" r="F43">
         <is>
           <t xml:space="preserve">5491964</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G45">
+      <c s="4" t="inlineStr" r="G43">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H45">
+      <c s="6" r="H43">
         <v>1995</v>
       </c>
-      <c s="6" r="I45">
+      <c s="6" r="I43">
         <v>1995</v>
       </c>
-      <c s="4" t="inlineStr" r="J45">
+      <c s="4" t="inlineStr" r="J43">
         <is>
           <t xml:space="preserve">Mobile Home Real Property</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K45">
+      <c s="4" t="inlineStr" r="K43">
         <is>
           <t xml:space="preserve">Mobile Home Double Wide (20 to 37 feet wide)</t>
         </is>
       </c>
-      <c s="5" r="L45">
+      <c s="5" r="L43">
         <v>1560</v>
       </c>
-      <c s="4" t="inlineStr" r="M45">
+      <c s="4" t="inlineStr" r="M43">
         <is>
           <t xml:space="preserve">Average</t>
         </is>
       </c>
-      <c s="6" r="N45">
+      <c s="6" r="N43">
         <v>3</v>
       </c>
-      <c s="6" r="O45">
+      <c s="6" r="O43">
         <v>2</v>
       </c>
-      <c s="6" r="P45">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q45">
+      <c s="6" r="P43">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q43">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R45">
+      <c s="4" t="inlineStr" r="R43">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S45">
+      <c s="4" t="inlineStr" r="S43">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T45">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X45">
+      <c s="4" t="inlineStr" r="T43">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U43">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V43">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W43">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X43">
         <is>
           <t xml:space="preserve">220</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y45">
+      <c s="4" t="inlineStr" r="Y43">
         <is>
           <t xml:space="preserve">LDS</t>
         </is>
       </c>
-      <c s="5" r="Z45">
+      <c s="5" r="Z43">
         <v>1.189991</v>
       </c>
-      <c s="4" t="inlineStr" r="AA45">
+      <c s="4" t="inlineStr" r="AA43">
         <is>
           <t xml:space="preserve">PLANET HOME LENDING LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB45">
+      <c s="4" t="inlineStr" r="AB43">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC45">
+      <c s="4" t="inlineStr" r="AC43">
         <is>
           <t xml:space="preserve">321 RESEARCH PKWY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD45">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE45">
+      <c s="4" t="inlineStr" r="AD43">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE43">
         <is>
           <t xml:space="preserve">MERIDEN</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF45">
+      <c s="4" t="inlineStr" r="AF43">
         <is>
           <t xml:space="preserve">CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG45">
+      <c s="4" t="inlineStr" r="AG43">
         <is>
           <t xml:space="preserve">06450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH45">
+      <c s="4" t="inlineStr" r="AH43">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI45">
+      <c s="4" t="inlineStr" r="AI43">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="46" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A46">
+    <row r="44" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A44">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">085-155-15</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B46">
+      <c s="4" t="inlineStr" r="B44">
         <is>
           <t xml:space="preserve">5398 SUN VALLEY BLVD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C46">
+      <c s="4" t="inlineStr" r="C44">
         <is>
           <t xml:space="preserve">06/20/2025 </t>
         </is>
       </c>
-      <c s="5" r="D46">
+      <c s="5" r="D44">
         <v>3177879</v>
       </c>
-      <c s="4" t="inlineStr" r="E46">
+      <c s="4" t="inlineStr" r="E44">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F46">
+      <c s="3" t="inlineStr" r="F44">
         <is>
           <t xml:space="preserve">5547695</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G46">
+      <c s="4" t="inlineStr" r="G44">
         <is>
           <t xml:space="preserve">SUN VALLEY SUBDIVISION 2</t>
         </is>
       </c>
-      <c s="6" r="H46">
+      <c s="6" r="H44">
         <v>1979</v>
       </c>
-      <c s="6" r="I46">
+      <c s="6" r="I44">
         <v>1996</v>
       </c>
-      <c s="4" t="inlineStr" r="J46">
+      <c s="4" t="inlineStr" r="J44">
         <is>
           <t xml:space="preserve">Retail Store</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K46">
+      <c s="4" t="inlineStr" r="K44">
         <is>
           <t xml:space="preserve">1</t>
         </is>
       </c>
-      <c s="5" r="L46">
+      <c s="5" r="L44">
         <v>2061</v>
       </c>
-      <c s="4" t="inlineStr" r="M46">
+      <c s="4" t="inlineStr" r="M44">
         <is>
           <t xml:space="preserve">Commercial 1.0 (Low)</t>
         </is>
       </c>
-      <c s="6" r="N46">
-[...8 lines deleted...]
-      <c s="4" t="inlineStr" r="Q46">
+      <c s="6" r="N44">
+        <v>0</v>
+      </c>
+      <c s="6" r="O44">
+        <v>0</v>
+      </c>
+      <c s="6" r="P44">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q44">
         <is>
           <t xml:space="preserve">PACKAGE UNIT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R46">
+      <c s="4" t="inlineStr" r="R44">
         <is>
           <t xml:space="preserve">STUD WALLS - TEXTURED PLYWOOD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S46">
-[...20 lines deleted...]
-      <c s="4" t="inlineStr" r="X46">
+      <c s="4" t="inlineStr" r="S44">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T44">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U44">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V44">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W44">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X44">
         <is>
           <t xml:space="preserve">410</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y46">
+      <c s="4" t="inlineStr" r="Y44">
         <is>
           <t xml:space="preserve">GC</t>
         </is>
       </c>
-      <c s="5" r="Z46">
+      <c s="5" r="Z44">
         <v>0.2870064</v>
       </c>
-      <c s="4" t="inlineStr" r="AA46">
+      <c s="4" t="inlineStr" r="AA44">
         <is>
           <t xml:space="preserve">5SEAT INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB46">
+      <c s="4" t="inlineStr" r="AB44">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC46">
+      <c s="4" t="inlineStr" r="AC44">
         <is>
           <t xml:space="preserve">PO BOX 1923</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD46">
+      <c s="4" t="inlineStr" r="AD44">
         <is>
           <t xml:space="preserve">ATTN PATRICIA CLARK</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE46">
+      <c s="4" t="inlineStr" r="AE44">
         <is>
           <t xml:space="preserve">MINDEN</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF46">
+      <c s="4" t="inlineStr" r="AF44">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG46">
+      <c s="4" t="inlineStr" r="AG44">
         <is>
           <t xml:space="preserve">89423</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH46">
+      <c s="4" t="inlineStr" r="AH44">
         <is>
           <t xml:space="preserve">4020</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI46">
+      <c s="4" t="inlineStr" r="AI44">
         <is>
           <t xml:space="preserve">89433</t>
         </is>
       </c>
     </row>
-    <row r="47" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A47">
+    <row r="45" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A45">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">086-733-13</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B47">
+      <c s="4" t="inlineStr" r="B45">
         <is>
           <t xml:space="preserve">13702 MOUNT SHASTA ST</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C47">
+      <c s="4" t="inlineStr" r="C45">
         <is>
           <t xml:space="preserve">04/10/2025 </t>
         </is>
       </c>
-      <c s="5" r="D47">
+      <c s="5" r="D45">
         <v>246162</v>
       </c>
-      <c s="4" t="inlineStr" r="E47">
+      <c s="4" t="inlineStr" r="E45">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F47">
+      <c s="3" t="inlineStr" r="F45">
         <is>
           <t xml:space="preserve">5531578</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G47">
+      <c s="4" t="inlineStr" r="G45">
         <is>
           <t xml:space="preserve">SIERRA VIEW ESTATES 1</t>
         </is>
       </c>
-      <c s="6" r="H47">
+      <c s="6" r="H45">
         <v>1958</v>
       </c>
-      <c s="6" r="I47">
+      <c s="6" r="I45">
         <v>1958</v>
       </c>
-      <c s="4" t="inlineStr" r="J47">
+      <c s="4" t="inlineStr" r="J45">
         <is>
           <t xml:space="preserve">Condo/Townhouse</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K47">
+      <c s="4" t="inlineStr" r="K45">
         <is>
           <t xml:space="preserve">1 Story End Unit</t>
         </is>
       </c>
-      <c s="5" r="L47">
+      <c s="5" r="L45">
         <v>1192</v>
       </c>
-      <c s="4" t="inlineStr" r="M47">
+      <c s="4" t="inlineStr" r="M45">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N47">
+      <c s="6" r="N45">
         <v>3</v>
       </c>
-      <c s="6" r="O47">
+      <c s="6" r="O45">
         <v>1</v>
       </c>
-      <c s="6" r="P47">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q47">
+      <c s="6" r="P45">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q45">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R47">
+      <c s="4" t="inlineStr" r="R45">
         <is>
           <t xml:space="preserve">ASPHALT SHINGLE ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S47">
+      <c s="4" t="inlineStr" r="S45">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T47">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X47">
+      <c s="4" t="inlineStr" r="T45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U45">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W45">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X45">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y47">
+      <c s="4" t="inlineStr" r="Y45">
         <is>
           <t xml:space="preserve">MF14</t>
         </is>
       </c>
-      <c s="5" r="Z47">
+      <c s="5" r="Z45">
         <v>0.1679982</v>
       </c>
-      <c s="4" t="inlineStr" r="AA47">
+      <c s="4" t="inlineStr" r="AA45">
         <is>
           <t xml:space="preserve">US BANK NA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB47">
+      <c s="4" t="inlineStr" r="AB45">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC47">
+      <c s="4" t="inlineStr" r="AC45">
         <is>
           <t xml:space="preserve">1 MORTGAGE WAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD47">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE47">
+      <c s="4" t="inlineStr" r="AD45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE45">
         <is>
           <t xml:space="preserve">MOUNT LAUREL</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF47">
+      <c s="4" t="inlineStr" r="AF45">
         <is>
           <t xml:space="preserve">NJ</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG47">
+      <c s="4" t="inlineStr" r="AG45">
         <is>
           <t xml:space="preserve">08054</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH47">
+      <c s="4" t="inlineStr" r="AH45">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI47">
+      <c s="4" t="inlineStr" r="AI45">
         <is>
           <t xml:space="preserve">89506</t>
         </is>
       </c>
     </row>
-    <row r="48" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A48">
+    <row r="46" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A46">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">086-794-06</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B48">
+      <c s="4" t="inlineStr" r="B46">
         <is>
           <t xml:space="preserve">11201 GREEN MOUNTAIN ST</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C48">
+      <c s="4" t="inlineStr" r="C46">
         <is>
           <t xml:space="preserve">07/02/2024 </t>
         </is>
       </c>
-      <c s="5" r="D48">
+      <c s="5" r="D46">
         <v>254700</v>
       </c>
-      <c s="4" t="inlineStr" r="E48">
+      <c s="4" t="inlineStr" r="E46">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F48">
+      <c s="3" t="inlineStr" r="F46">
         <is>
           <t xml:space="preserve">5467171</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G48">
+      <c s="4" t="inlineStr" r="G46">
         <is>
           <t xml:space="preserve">PEAVINE ESTATES</t>
         </is>
       </c>
-      <c s="6" r="H48">
+      <c s="6" r="H46">
         <v>1950</v>
       </c>
-      <c s="6" r="I48">
+      <c s="6" r="I46">
         <v>1950</v>
       </c>
-      <c s="4" t="inlineStr" r="J48">
+      <c s="4" t="inlineStr" r="J46">
         <is>
           <t xml:space="preserve">Condo/Townhouse</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K48">
+      <c s="4" t="inlineStr" r="K46">
         <is>
           <t xml:space="preserve">1 Story End Unit</t>
         </is>
       </c>
-      <c s="5" r="L48">
+      <c s="5" r="L46">
         <v>1192</v>
       </c>
-      <c s="4" t="inlineStr" r="M48">
+      <c s="4" t="inlineStr" r="M46">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N48">
+      <c s="6" r="N46">
         <v>3</v>
       </c>
-      <c s="6" r="O48">
+      <c s="6" r="O46">
         <v>1</v>
       </c>
-      <c s="6" r="P48">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q48">
+      <c s="6" r="P46">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q46">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R48">
+      <c s="4" t="inlineStr" r="R46">
         <is>
           <t xml:space="preserve">SIDING ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S48">
+      <c s="4" t="inlineStr" r="S46">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T48">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X48">
+      <c s="4" t="inlineStr" r="T46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U46">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W46">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X46">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y48">
+      <c s="4" t="inlineStr" r="Y46">
         <is>
           <t xml:space="preserve">MF30</t>
         </is>
       </c>
-      <c s="5" r="Z48">
+      <c s="5" r="Z46">
         <v>0.1600092</v>
       </c>
-      <c s="4" t="inlineStr" r="AA48">
+      <c s="4" t="inlineStr" r="AA46">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB48">
+      <c s="4" t="inlineStr" r="AB46">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC48">
+      <c s="4" t="inlineStr" r="AC46">
         <is>
           <t xml:space="preserve">659 THIRD AVE STE A</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD48">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE48">
+      <c s="4" t="inlineStr" r="AD46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE46">
         <is>
           <t xml:space="preserve">CHULA VISTA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF48">
+      <c s="4" t="inlineStr" r="AF46">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG48">
+      <c s="4" t="inlineStr" r="AG46">
         <is>
           <t xml:space="preserve">91910</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH48">
+      <c s="4" t="inlineStr" r="AH46">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI48">
+      <c s="4" t="inlineStr" r="AI46">
         <is>
           <t xml:space="preserve">89506</t>
         </is>
       </c>
     </row>
-    <row r="49" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A49">
+    <row r="47" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A47">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">087-021-23</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B49">
+      <c s="4" t="inlineStr" r="B47">
         <is>
           <t xml:space="preserve">13900 RED ROCK RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C49">
+      <c s="4" t="inlineStr" r="C47">
         <is>
           <t xml:space="preserve">02/15/2023 </t>
         </is>
       </c>
-      <c s="5" r="D49">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="E49">
+      <c s="5" r="D47">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="E47">
         <is>
           <t xml:space="preserve">3NTT</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F49">
+      <c s="3" t="inlineStr" r="F47">
         <is>
           <t xml:space="preserve">5363497</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G49">
+      <c s="4" t="inlineStr" r="G47">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H49">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X49">
+      <c s="6" r="H47">
+        <v>0</v>
+      </c>
+      <c s="6" r="I47">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J47">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K47">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L47"/>
+      <c s="4" t="inlineStr" r="M47">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N47">
+        <v>0</v>
+      </c>
+      <c s="6" r="O47">
+        <v>0</v>
+      </c>
+      <c s="6" r="P47">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q47">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R47">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S47">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T47">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U47">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V47">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W47">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X47">
         <is>
           <t xml:space="preserve">120</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y49">
+      <c s="4" t="inlineStr" r="Y47">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z49">
+      <c s="5" r="Z47">
         <v>641.62</v>
       </c>
-      <c s="4" t="inlineStr" r="AA49">
+      <c s="4" t="inlineStr" r="AA47">
         <is>
           <t xml:space="preserve">WALLACH 1 &amp; 2 LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB49">
+      <c s="4" t="inlineStr" r="AB47">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC49">
+      <c s="4" t="inlineStr" r="AC47">
         <is>
           <t xml:space="preserve">PO BOX 5667</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD49">
+      <c s="4" t="inlineStr" r="AD47">
         <is>
           <t xml:space="preserve">ATTN: ROBERT C ELIAS</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE49">
+      <c s="4" t="inlineStr" r="AE47">
         <is>
           <t xml:space="preserve">INCLINE VILLAGE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF49">
+      <c s="4" t="inlineStr" r="AF47">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG49">
+      <c s="4" t="inlineStr" r="AG47">
         <is>
           <t xml:space="preserve">89450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH49">
+      <c s="4" t="inlineStr" r="AH47">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI49">
+      <c s="4" t="inlineStr" r="AI47">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="50" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A50">
+    <row r="48" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A48">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">087-193-06</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B50">
+      <c s="4" t="inlineStr" r="B48">
         <is>
           <t xml:space="preserve">17890 FANTAIL CIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C50">
+      <c s="4" t="inlineStr" r="C48">
         <is>
           <t xml:space="preserve">06/10/2025 </t>
         </is>
       </c>
-      <c s="5" r="D50">
+      <c s="5" r="D48">
         <v>139912</v>
       </c>
-      <c s="4" t="inlineStr" r="E50">
+      <c s="4" t="inlineStr" r="E48">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F50">
+      <c s="3" t="inlineStr" r="F48">
         <is>
           <t xml:space="preserve">5545381</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G50">
+      <c s="4" t="inlineStr" r="G48">
         <is>
           <t xml:space="preserve">RENO PARK MBL HM ESTS 2A AMD</t>
         </is>
       </c>
-      <c s="6" r="H50">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X50">
+      <c s="6" r="H48">
+        <v>0</v>
+      </c>
+      <c s="6" r="I48">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L48"/>
+      <c s="4" t="inlineStr" r="M48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N48">
+        <v>0</v>
+      </c>
+      <c s="6" r="O48">
+        <v>0</v>
+      </c>
+      <c s="6" r="P48">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U48">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W48">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X48">
         <is>
           <t xml:space="preserve">230</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y50">
+      <c s="4" t="inlineStr" r="Y48">
         <is>
           <t xml:space="preserve">MDS</t>
         </is>
       </c>
-      <c s="5" r="Z50">
+      <c s="5" r="Z48">
         <v>0.35</v>
       </c>
-      <c s="4" t="inlineStr" r="AA50">
+      <c s="4" t="inlineStr" r="AA48">
         <is>
           <t xml:space="preserve">SUMMER SAGE LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB50">
+      <c s="4" t="inlineStr" r="AB48">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC50">
+      <c s="4" t="inlineStr" r="AC48">
         <is>
           <t xml:space="preserve">5595 KIETZKE LN STE 102</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD50">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE50">
+      <c s="4" t="inlineStr" r="AD48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE48">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF50">
+      <c s="4" t="inlineStr" r="AF48">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG50">
+      <c s="4" t="inlineStr" r="AG48">
         <is>
           <t xml:space="preserve">89511</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH50">
+      <c s="4" t="inlineStr" r="AH48">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI50">
+      <c s="4" t="inlineStr" r="AI48">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="51" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A51">
+    <row r="49" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A49">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">087-272-11</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B51">
+      <c s="4" t="inlineStr" r="B49">
         <is>
           <t xml:space="preserve">17585 FANTAIL ST</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C51">
+      <c s="4" t="inlineStr" r="C49">
         <is>
           <t xml:space="preserve">06/05/2025 </t>
         </is>
       </c>
-      <c s="5" r="D51">
+      <c s="5" r="D49">
         <v>235200</v>
       </c>
-      <c s="4" t="inlineStr" r="E51">
+      <c s="4" t="inlineStr" r="E49">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F51">
+      <c s="3" t="inlineStr" r="F49">
         <is>
           <t xml:space="preserve">5544605</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G51">
+      <c s="4" t="inlineStr" r="G49">
         <is>
           <t xml:space="preserve">RENO PARK ESTATES 2B-1</t>
         </is>
       </c>
-      <c s="6" r="H51">
+      <c s="6" r="H49">
         <v>1986</v>
       </c>
-      <c s="6" r="I51">
+      <c s="6" r="I49">
         <v>1986</v>
       </c>
-      <c s="4" t="inlineStr" r="J51">
+      <c s="4" t="inlineStr" r="J49">
         <is>
           <t xml:space="preserve">Mobile Home Real Property</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K51">
+      <c s="4" t="inlineStr" r="K49">
         <is>
           <t xml:space="preserve">Mobile Home Double Wide (20 to 37 feet wide)</t>
         </is>
       </c>
-      <c s="5" r="L51">
+      <c s="5" r="L49">
         <v>1152</v>
       </c>
-      <c s="4" t="inlineStr" r="M51">
+      <c s="4" t="inlineStr" r="M49">
         <is>
           <t xml:space="preserve">Average</t>
         </is>
       </c>
-      <c s="6" r="N51">
+      <c s="6" r="N49">
         <v>3</v>
       </c>
-      <c s="6" r="O51">
+      <c s="6" r="O49">
         <v>2</v>
       </c>
-      <c s="6" r="P51">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q51">
+      <c s="6" r="P49">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q49">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R51">
+      <c s="4" t="inlineStr" r="R49">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S51">
+      <c s="4" t="inlineStr" r="S49">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T51">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X51">
+      <c s="4" t="inlineStr" r="T49">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U49">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V49">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W49">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X49">
         <is>
           <t xml:space="preserve">220</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y51">
+      <c s="4" t="inlineStr" r="Y49">
         <is>
           <t xml:space="preserve">MDS</t>
         </is>
       </c>
-      <c s="5" r="Z51">
+      <c s="5" r="Z49">
         <v>0.3449954</v>
       </c>
-      <c s="4" t="inlineStr" r="AA51">
+      <c s="4" t="inlineStr" r="AA49">
         <is>
           <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB51">
+      <c s="4" t="inlineStr" r="AB49">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC51">
+      <c s="4" t="inlineStr" r="AC49">
         <is>
           <t xml:space="preserve">2015 MANHATTAN BEACH BLVD STE 100</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD51">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE51">
+      <c s="4" t="inlineStr" r="AD49">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE49">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF51">
+      <c s="4" t="inlineStr" r="AF49">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG51">
+      <c s="4" t="inlineStr" r="AG49">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH51">
+      <c s="4" t="inlineStr" r="AH49">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI51">
+      <c s="4" t="inlineStr" r="AI49">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="52" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A52">
+    <row r="50" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A50">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">087-581-14</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B52">
+      <c s="4" t="inlineStr" r="B50">
         <is>
           <t xml:space="preserve">3868 SNOW VALLEY DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C52">
+      <c s="4" t="inlineStr" r="C50">
         <is>
           <t xml:space="preserve">04/05/2024 </t>
         </is>
       </c>
-      <c s="5" r="D52">
+      <c s="5" r="D50">
         <v>472500</v>
       </c>
-      <c s="4" t="inlineStr" r="E52">
+      <c s="4" t="inlineStr" r="E50">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F52">
+      <c s="3" t="inlineStr" r="F50">
         <is>
           <t xml:space="preserve">5446863</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G52">
+      <c s="4" t="inlineStr" r="G50">
         <is>
           <t xml:space="preserve">PEAVINE VIEW ESTATES 3</t>
         </is>
       </c>
-      <c s="6" r="H52">
+      <c s="6" r="H50">
         <v>1997</v>
       </c>
-      <c s="6" r="I52">
+      <c s="6" r="I50">
         <v>1997</v>
       </c>
-      <c s="4" t="inlineStr" r="J52">
+      <c s="4" t="inlineStr" r="J50">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K52">
+      <c s="4" t="inlineStr" r="K50">
         <is>
           <t xml:space="preserve">2 Story</t>
         </is>
       </c>
-      <c s="5" r="L52">
+      <c s="5" r="L50">
         <v>3195</v>
       </c>
-      <c s="4" t="inlineStr" r="M52">
+      <c s="4" t="inlineStr" r="M50">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N52">
+      <c s="6" r="N50">
         <v>6</v>
       </c>
-      <c s="6" r="O52">
+      <c s="6" r="O50">
         <v>2</v>
       </c>
-      <c s="6" r="P52">
+      <c s="6" r="P50">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q52">
+      <c s="4" t="inlineStr" r="Q50">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R52">
+      <c s="4" t="inlineStr" r="R50">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S52">
+      <c s="4" t="inlineStr" r="S50">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T52">
+      <c s="4" t="inlineStr" r="T50">
         <is>
           <t xml:space="preserve">BUILT-IN</t>
         </is>
       </c>
-      <c s="5" r="U52">
+      <c s="5" r="U50">
         <v>500</v>
       </c>
-      <c s="4" t="inlineStr" r="V52">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X52">
+      <c s="4" t="inlineStr" r="V50">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W50">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X50">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y52">
+      <c s="4" t="inlineStr" r="Y50">
         <is>
           <t xml:space="preserve">MDS</t>
         </is>
       </c>
-      <c s="5" r="Z52">
+      <c s="5" r="Z50">
         <v>0.3306244</v>
       </c>
-      <c s="4" t="inlineStr" r="AA52">
+      <c s="4" t="inlineStr" r="AA50">
         <is>
           <t xml:space="preserve">US BANK TRUST NA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB52">
+      <c s="4" t="inlineStr" r="AB50">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC52">
+      <c s="4" t="inlineStr" r="AC50">
         <is>
           <t xml:space="preserve">75 BEATTIE PL STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD52">
+      <c s="4" t="inlineStr" r="AD50">
         <is>
           <t xml:space="preserve">C/O SHELLPOINT MORTGAGE SERVICING</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE52">
+      <c s="4" t="inlineStr" r="AE50">
         <is>
           <t xml:space="preserve">GREENVILLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF52">
+      <c s="4" t="inlineStr" r="AF50">
         <is>
           <t xml:space="preserve">SC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG52">
+      <c s="4" t="inlineStr" r="AG50">
         <is>
           <t xml:space="preserve">29601</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH52">
+      <c s="4" t="inlineStr" r="AH50">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI52">
+      <c s="4" t="inlineStr" r="AI50">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="53" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A53">
+    <row r="51" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A51">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">089-433-01</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B53">
+      <c s="4" t="inlineStr" r="B51">
         <is>
           <t xml:space="preserve">207 WHITE ROSE DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C53">
+      <c s="4" t="inlineStr" r="C51">
         <is>
           <t xml:space="preserve">08/08/2025 </t>
         </is>
       </c>
-      <c s="5" r="D53">
+      <c s="5" r="D51">
         <v>413400</v>
       </c>
-      <c s="4" t="inlineStr" r="E53">
+      <c s="4" t="inlineStr" r="E51">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F53">
+      <c s="3" t="inlineStr" r="F51">
         <is>
           <t xml:space="preserve">5560347</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G53">
+      <c s="4" t="inlineStr" r="G51">
         <is>
           <t xml:space="preserve">PYRAMID RANCH ESTATES 5B</t>
         </is>
       </c>
-      <c s="6" r="H53">
+      <c s="6" r="H51">
         <v>1993</v>
       </c>
-      <c s="6" r="I53">
+      <c s="6" r="I51">
         <v>1993</v>
       </c>
-      <c s="4" t="inlineStr" r="J53">
+      <c s="4" t="inlineStr" r="J51">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K53">
+      <c s="4" t="inlineStr" r="K51">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L53">
+      <c s="5" r="L51">
         <v>1749</v>
       </c>
-      <c s="4" t="inlineStr" r="M53">
+      <c s="4" t="inlineStr" r="M51">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N53">
+      <c s="6" r="N51">
         <v>3</v>
       </c>
-      <c s="6" r="O53">
+      <c s="6" r="O51">
         <v>2</v>
       </c>
-      <c s="6" r="P53">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q53">
+      <c s="6" r="P51">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q51">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R53">
+      <c s="4" t="inlineStr" r="R51">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S53">
+      <c s="4" t="inlineStr" r="S51">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T53">
+      <c s="4" t="inlineStr" r="T51">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U53">
+      <c s="5" r="U51">
         <v>440</v>
       </c>
-      <c s="4" t="inlineStr" r="V53">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X53">
+      <c s="4" t="inlineStr" r="V51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W51">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X51">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y53">
+      <c s="4" t="inlineStr" r="Y51">
         <is>
           <t xml:space="preserve">MDS</t>
         </is>
       </c>
-      <c s="5" r="Z53">
+      <c s="5" r="Z51">
         <v>0.3850092</v>
       </c>
-      <c s="4" t="inlineStr" r="AA53">
+      <c s="4" t="inlineStr" r="AA51">
         <is>
           <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB53">
+      <c s="4" t="inlineStr" r="AB51">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC53">
+      <c s="4" t="inlineStr" r="AC51">
         <is>
           <t xml:space="preserve">2015 MANHATTAN BEACH BLVD STE 100</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD53">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE53">
+      <c s="4" t="inlineStr" r="AD51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE51">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF53">
+      <c s="4" t="inlineStr" r="AF51">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG53">
+      <c s="4" t="inlineStr" r="AG51">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH53">
+      <c s="4" t="inlineStr" r="AH51">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI53">
+      <c s="4" t="inlineStr" r="AI51">
         <is>
           <t xml:space="preserve">89441</t>
         </is>
       </c>
     </row>
-    <row r="54" ht="18" customHeight="0">
-[...168 lines deleted...]
-      <c s="3" t="inlineStr" r="A55">
+    <row r="52" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A52">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">123-042-01</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B55">
+      <c s="4" t="inlineStr" r="B52">
         <is>
           <t xml:space="preserve">22 STATE ROUTE 28</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C55">
+      <c s="4" t="inlineStr" r="C52">
         <is>
           <t xml:space="preserve">07/18/2025 </t>
         </is>
       </c>
-      <c s="5" r="D55">
+      <c s="5" r="D52">
         <v>153193</v>
       </c>
-      <c s="4" t="inlineStr" r="E55">
+      <c s="4" t="inlineStr" r="E52">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F55">
+      <c s="3" t="inlineStr" r="F52">
         <is>
           <t xml:space="preserve">5554485</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G55">
+      <c s="4" t="inlineStr" r="G52">
         <is>
           <t xml:space="preserve">NEVADA VISTA SUBDIVISION</t>
         </is>
       </c>
-      <c s="6" r="H55">
+      <c s="6" r="H52">
         <v>1956</v>
       </c>
-      <c s="6" r="I55">
+      <c s="6" r="I52">
         <v>1956</v>
       </c>
-      <c s="4" t="inlineStr" r="J55">
+      <c s="4" t="inlineStr" r="J52">
         <is>
           <t xml:space="preserve">Motel</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K55">
+      <c s="4" t="inlineStr" r="K52">
         <is>
           <t xml:space="preserve">2</t>
         </is>
       </c>
-      <c s="5" r="L55">
+      <c s="5" r="L52">
         <v>5788</v>
       </c>
-      <c s="4" t="inlineStr" r="M55">
+      <c s="4" t="inlineStr" r="M52">
         <is>
           <t xml:space="preserve">Commercial 2.0 (Average)</t>
         </is>
       </c>
-      <c s="6" r="N55">
-[...8 lines deleted...]
-      <c s="4" t="inlineStr" r="Q55">
+      <c s="6" r="N52">
+        <v>0</v>
+      </c>
+      <c s="6" r="O52">
+        <v>0</v>
+      </c>
+      <c s="6" r="P52">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q52">
         <is>
           <t xml:space="preserve">WARM/COOL AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R55">
+      <c s="4" t="inlineStr" r="R52">
         <is>
           <t xml:space="preserve">STUD WALLS - WOOD SIDING</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S55">
-[...12 lines deleted...]
-      <c s="4" t="inlineStr" r="V55">
+      <c s="4" t="inlineStr" r="S52">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T52">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U52">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V52">
         <is>
           <t xml:space="preserve">MULT</t>
         </is>
       </c>
-      <c s="5" r="W55">
+      <c s="5" r="W52">
         <v>1757</v>
       </c>
-      <c s="4" t="inlineStr" r="X55">
+      <c s="4" t="inlineStr" r="X52">
         <is>
           <t xml:space="preserve">430</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y55">
+      <c s="4" t="inlineStr" r="Y52">
         <is>
           <t xml:space="preserve">TA_CBT</t>
         </is>
       </c>
-      <c s="5" r="Z55">
+      <c s="5" r="Z52">
         <v>0.8158632</v>
       </c>
-      <c s="4" t="inlineStr" r="AA55">
+      <c s="4" t="inlineStr" r="AA52">
         <is>
           <t xml:space="preserve">LAKE TAHOE PARTNERS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB55">
+      <c s="4" t="inlineStr" r="AB52">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC55">
+      <c s="4" t="inlineStr" r="AC52">
         <is>
           <t xml:space="preserve">4101 N THANKSGIVING WAY STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD55">
+      <c s="4" t="inlineStr" r="AD52">
         <is>
           <t xml:space="preserve">C/O STACK REAL ESTATE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE55">
+      <c s="4" t="inlineStr" r="AE52">
         <is>
           <t xml:space="preserve">LEHI</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF55">
+      <c s="4" t="inlineStr" r="AF52">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG55">
+      <c s="4" t="inlineStr" r="AG52">
         <is>
           <t xml:space="preserve">84043</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH55">
+      <c s="4" t="inlineStr" r="AH52">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI55">
+      <c s="4" t="inlineStr" r="AI52">
         <is>
           <t xml:space="preserve">89402</t>
         </is>
       </c>
     </row>
-    <row r="56" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A56">
+    <row r="53" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A53">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">123-042-02</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B56">
+      <c s="4" t="inlineStr" r="B53">
         <is>
           <t xml:space="preserve">0 CALANEVA DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C56">
+      <c s="4" t="inlineStr" r="C53">
         <is>
           <t xml:space="preserve">07/18/2025 </t>
         </is>
       </c>
-      <c s="5" r="D56">
+      <c s="5" r="D53">
         <v>153193</v>
       </c>
-      <c s="4" t="inlineStr" r="E56">
+      <c s="4" t="inlineStr" r="E53">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F56">
+      <c s="3" t="inlineStr" r="F53">
         <is>
           <t xml:space="preserve">5554485</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G56">
+      <c s="4" t="inlineStr" r="G53">
         <is>
           <t xml:space="preserve">NEVADA VISTA SUBDIVISION</t>
         </is>
       </c>
-      <c s="6" r="H56">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X56">
+      <c s="6" r="H53">
+        <v>0</v>
+      </c>
+      <c s="6" r="I53">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J53">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K53">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L53"/>
+      <c s="4" t="inlineStr" r="M53">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N53">
+        <v>0</v>
+      </c>
+      <c s="6" r="O53">
+        <v>0</v>
+      </c>
+      <c s="6" r="P53">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q53">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R53">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S53">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T53">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U53">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V53">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W53">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X53">
         <is>
           <t xml:space="preserve">400</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y56">
+      <c s="4" t="inlineStr" r="Y53">
         <is>
           <t xml:space="preserve">TA_CBT</t>
         </is>
       </c>
-      <c s="5" r="Z56">
+      <c s="5" r="Z53">
         <v>0.4137052</v>
       </c>
-      <c s="4" t="inlineStr" r="AA56">
+      <c s="4" t="inlineStr" r="AA53">
         <is>
           <t xml:space="preserve">LAKE TAHOE PARTNERS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB56">
+      <c s="4" t="inlineStr" r="AB53">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC56">
+      <c s="4" t="inlineStr" r="AC53">
         <is>
           <t xml:space="preserve">4101 N THANKSGIVING WAY STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD56">
+      <c s="4" t="inlineStr" r="AD53">
         <is>
           <t xml:space="preserve">C/O STACK REAL ESTATE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE56">
+      <c s="4" t="inlineStr" r="AE53">
         <is>
           <t xml:space="preserve">LEHI</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF56">
+      <c s="4" t="inlineStr" r="AF53">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG56">
+      <c s="4" t="inlineStr" r="AG53">
         <is>
           <t xml:space="preserve">84043</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH56">
+      <c s="4" t="inlineStr" r="AH53">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI56">
+      <c s="4" t="inlineStr" r="AI53">
         <is>
           <t xml:space="preserve">89402</t>
         </is>
       </c>
     </row>
-    <row r="57" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A57">
+    <row r="54" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A54">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">123-052-02</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B57">
+      <c s="4" t="inlineStr" r="B54">
         <is>
           <t xml:space="preserve">5 STATE ROUTE 28</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C57">
+      <c s="4" t="inlineStr" r="C54">
         <is>
           <t xml:space="preserve">07/18/2025 </t>
         </is>
       </c>
-      <c s="5" r="D57">
+      <c s="5" r="D54">
         <v>153193</v>
       </c>
-      <c s="4" t="inlineStr" r="E57">
+      <c s="4" t="inlineStr" r="E54">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F57">
+      <c s="3" t="inlineStr" r="F54">
         <is>
           <t xml:space="preserve">5554485</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G57">
+      <c s="4" t="inlineStr" r="G54">
         <is>
           <t xml:space="preserve">NEVADA VISTA SUBDIVISION ADD</t>
         </is>
       </c>
-      <c s="6" r="H57">
+      <c s="6" r="H54">
         <v>1993</v>
       </c>
-      <c s="6" r="I57">
+      <c s="6" r="I54">
         <v>1993</v>
       </c>
-      <c s="4" t="inlineStr" r="J57">
+      <c s="4" t="inlineStr" r="J54">
         <is>
           <t xml:space="preserve">Restaurant</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K57">
+      <c s="4" t="inlineStr" r="K54">
         <is>
           <t xml:space="preserve">1</t>
         </is>
       </c>
-      <c s="5" r="L57">
+      <c s="5" r="L54">
         <v>7276</v>
       </c>
-      <c s="4" t="inlineStr" r="M57">
+      <c s="4" t="inlineStr" r="M54">
         <is>
           <t xml:space="preserve">Commercial 3.5 (Very Good)</t>
         </is>
       </c>
-      <c s="6" r="N57">
-[...8 lines deleted...]
-      <c s="4" t="inlineStr" r="Q57">
+      <c s="6" r="N54">
+        <v>0</v>
+      </c>
+      <c s="6" r="O54">
+        <v>0</v>
+      </c>
+      <c s="6" r="P54">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q54">
         <is>
           <t xml:space="preserve">PACKAGE UNIT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R57">
+      <c s="4" t="inlineStr" r="R54">
         <is>
           <t xml:space="preserve">CURTAIN WALLS - CONCRETE + GLASS PA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S57">
-[...20 lines deleted...]
-      <c s="4" t="inlineStr" r="X57">
+      <c s="4" t="inlineStr" r="S54">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T54">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U54">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V54">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W54">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X54">
         <is>
           <t xml:space="preserve">420</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y57">
+      <c s="4" t="inlineStr" r="Y54">
         <is>
           <t xml:space="preserve">TA_CBT</t>
         </is>
       </c>
-      <c s="5" r="Z57">
+      <c s="5" r="Z54">
         <v>0.2799816</v>
       </c>
-      <c s="4" t="inlineStr" r="AA57">
+      <c s="4" t="inlineStr" r="AA54">
         <is>
           <t xml:space="preserve">LAKE TAHOE PARTNERS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB57">
+      <c s="4" t="inlineStr" r="AB54">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC57">
+      <c s="4" t="inlineStr" r="AC54">
         <is>
           <t xml:space="preserve">4101 N THANKSGIVING WAY STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD57">
+      <c s="4" t="inlineStr" r="AD54">
         <is>
           <t xml:space="preserve">C/O STACK REAL ESTATE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE57">
+      <c s="4" t="inlineStr" r="AE54">
         <is>
           <t xml:space="preserve">LEHI</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF57">
+      <c s="4" t="inlineStr" r="AF54">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG57">
+      <c s="4" t="inlineStr" r="AG54">
         <is>
           <t xml:space="preserve">84043</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH57">
+      <c s="4" t="inlineStr" r="AH54">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI57">
+      <c s="4" t="inlineStr" r="AI54">
         <is>
           <t xml:space="preserve">89402</t>
         </is>
       </c>
     </row>
-    <row r="58" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A58">
+    <row r="55" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A55">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">123-052-03</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B58">
+      <c s="4" t="inlineStr" r="B55">
         <is>
           <t xml:space="preserve">5 STATE ROUTE 28</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C58">
+      <c s="4" t="inlineStr" r="C55">
         <is>
           <t xml:space="preserve">07/18/2025 </t>
         </is>
       </c>
-      <c s="5" r="D58">
+      <c s="5" r="D55">
         <v>153193</v>
       </c>
-      <c s="4" t="inlineStr" r="E58">
+      <c s="4" t="inlineStr" r="E55">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F58">
+      <c s="3" t="inlineStr" r="F55">
         <is>
           <t xml:space="preserve">5554485</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G58">
+      <c s="4" t="inlineStr" r="G55">
         <is>
           <t xml:space="preserve">NEVADA VISTA SUBDIVISION ADD</t>
         </is>
       </c>
-      <c s="6" r="H58">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X58">
+      <c s="6" r="H55">
+        <v>0</v>
+      </c>
+      <c s="6" r="I55">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J55">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K55">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L55"/>
+      <c s="4" t="inlineStr" r="M55">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N55">
+        <v>0</v>
+      </c>
+      <c s="6" r="O55">
+        <v>0</v>
+      </c>
+      <c s="6" r="P55">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q55">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R55">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S55">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T55">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U55">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V55">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W55">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X55">
         <is>
           <t xml:space="preserve">420</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y58">
+      <c s="4" t="inlineStr" r="Y55">
         <is>
           <t xml:space="preserve">TA_CBT</t>
         </is>
       </c>
-      <c s="5" r="Z58">
+      <c s="5" r="Z55">
         <v>0.2799816</v>
       </c>
-      <c s="4" t="inlineStr" r="AA58">
+      <c s="4" t="inlineStr" r="AA55">
         <is>
           <t xml:space="preserve">LAKE TAHOE PARTNERS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB58">
+      <c s="4" t="inlineStr" r="AB55">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC58">
+      <c s="4" t="inlineStr" r="AC55">
         <is>
           <t xml:space="preserve">4101 N THANKSGIVING WAY STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD58">
+      <c s="4" t="inlineStr" r="AD55">
         <is>
           <t xml:space="preserve">C/O STACK REAL ESTATE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE58">
+      <c s="4" t="inlineStr" r="AE55">
         <is>
           <t xml:space="preserve">LEHI</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF58">
+      <c s="4" t="inlineStr" r="AF55">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG58">
+      <c s="4" t="inlineStr" r="AG55">
         <is>
           <t xml:space="preserve">84043</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH58">
+      <c s="4" t="inlineStr" r="AH55">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI58">
+      <c s="4" t="inlineStr" r="AI55">
         <is>
           <t xml:space="preserve">89402</t>
         </is>
       </c>
     </row>
-    <row r="59" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A59">
+    <row r="56" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A56">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">123-052-04</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B59">
+      <c s="4" t="inlineStr" r="B56">
         <is>
           <t xml:space="preserve">5 STATE ROUTE 28</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C59">
+      <c s="4" t="inlineStr" r="C56">
         <is>
           <t xml:space="preserve">07/18/2025 </t>
         </is>
       </c>
-      <c s="5" r="D59">
+      <c s="5" r="D56">
         <v>153193</v>
       </c>
-      <c s="4" t="inlineStr" r="E59">
+      <c s="4" t="inlineStr" r="E56">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F59">
+      <c s="3" t="inlineStr" r="F56">
         <is>
           <t xml:space="preserve">5554485</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G59">
+      <c s="4" t="inlineStr" r="G56">
         <is>
           <t xml:space="preserve">NEVADA VISTA SUBDIVISION ADD</t>
         </is>
       </c>
-      <c s="6" r="H59">
+      <c s="6" r="H56">
         <v>1952</v>
       </c>
-      <c s="6" r="I59">
+      <c s="6" r="I56">
         <v>1952</v>
       </c>
-      <c s="4" t="inlineStr" r="J59">
+      <c s="4" t="inlineStr" r="J56">
         <is>
           <t xml:space="preserve">Motel</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K59">
+      <c s="4" t="inlineStr" r="K56">
         <is>
           <t xml:space="preserve">1</t>
         </is>
       </c>
-      <c s="5" r="L59">
+      <c s="5" r="L56">
         <v>1320</v>
       </c>
-      <c s="4" t="inlineStr" r="M59">
+      <c s="4" t="inlineStr" r="M56">
         <is>
           <t xml:space="preserve">Commercial 1.0 (Low)</t>
         </is>
       </c>
-      <c s="6" r="N59">
+      <c s="6" r="N56">
         <v>4</v>
       </c>
-      <c s="6" r="O59">
-[...5 lines deleted...]
-      <c s="4" t="inlineStr" r="Q59">
+      <c s="6" r="O56">
+        <v>0</v>
+      </c>
+      <c s="6" r="P56">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q56">
         <is>
           <t xml:space="preserve">WALL FURNACE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R59">
+      <c s="4" t="inlineStr" r="R56">
         <is>
           <t xml:space="preserve">STUD WALLS - WOOD SIDING</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S59">
-[...20 lines deleted...]
-      <c s="4" t="inlineStr" r="X59">
+      <c s="4" t="inlineStr" r="S56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U56">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W56">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X56">
         <is>
           <t xml:space="preserve">420</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y59">
+      <c s="4" t="inlineStr" r="Y56">
         <is>
           <t xml:space="preserve">TA_CBT</t>
         </is>
       </c>
-      <c s="5" r="Z59">
+      <c s="5" r="Z56">
         <v>3.23</v>
       </c>
-      <c s="4" t="inlineStr" r="AA59">
+      <c s="4" t="inlineStr" r="AA56">
         <is>
           <t xml:space="preserve">LAKE TAHOE PARTNERS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB59">
+      <c s="4" t="inlineStr" r="AB56">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC59">
+      <c s="4" t="inlineStr" r="AC56">
         <is>
           <t xml:space="preserve">4101 N THANKSGIVING WAY STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD59">
+      <c s="4" t="inlineStr" r="AD56">
         <is>
           <t xml:space="preserve">C/O STACK REAL ESTATE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE59">
+      <c s="4" t="inlineStr" r="AE56">
         <is>
           <t xml:space="preserve">LEHI</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF59">
+      <c s="4" t="inlineStr" r="AF56">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG59">
+      <c s="4" t="inlineStr" r="AG56">
         <is>
           <t xml:space="preserve">84043</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH59">
+      <c s="4" t="inlineStr" r="AH56">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI59">
+      <c s="4" t="inlineStr" r="AI56">
         <is>
           <t xml:space="preserve">89402</t>
         </is>
       </c>
     </row>
-    <row r="60" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A60">
+    <row r="57" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A57">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">123-053-02</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B60">
+      <c s="4" t="inlineStr" r="B57">
         <is>
           <t xml:space="preserve">0 WASSOU RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C60">
+      <c s="4" t="inlineStr" r="C57">
         <is>
           <t xml:space="preserve">07/18/2025 </t>
         </is>
       </c>
-      <c s="5" r="D60">
+      <c s="5" r="D57">
         <v>153193</v>
       </c>
-      <c s="4" t="inlineStr" r="E60">
+      <c s="4" t="inlineStr" r="E57">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F60">
+      <c s="3" t="inlineStr" r="F57">
         <is>
           <t xml:space="preserve">5554485</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G60">
+      <c s="4" t="inlineStr" r="G57">
         <is>
           <t xml:space="preserve">NEVADA VISTA SUBDIVISION ADD</t>
         </is>
       </c>
-      <c s="6" r="H60">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X60">
+      <c s="6" r="H57">
+        <v>0</v>
+      </c>
+      <c s="6" r="I57">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J57">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K57">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L57"/>
+      <c s="4" t="inlineStr" r="M57">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N57">
+        <v>0</v>
+      </c>
+      <c s="6" r="O57">
+        <v>0</v>
+      </c>
+      <c s="6" r="P57">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q57">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R57">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S57">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T57">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U57">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V57">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W57">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X57">
         <is>
           <t xml:space="preserve">420</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y60">
+      <c s="4" t="inlineStr" r="Y57">
         <is>
           <t xml:space="preserve">TA_CBT</t>
         </is>
       </c>
-      <c s="5" r="Z60">
+      <c s="5" r="Z57">
         <v>1.419995</v>
       </c>
-      <c s="4" t="inlineStr" r="AA60">
+      <c s="4" t="inlineStr" r="AA57">
         <is>
           <t xml:space="preserve">LAKE TAHOE PARTNERS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB60">
+      <c s="4" t="inlineStr" r="AB57">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC60">
+      <c s="4" t="inlineStr" r="AC57">
         <is>
           <t xml:space="preserve">4101 N THANKSGIVING WAY STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD60">
+      <c s="4" t="inlineStr" r="AD57">
         <is>
           <t xml:space="preserve">C/O STACK REAL ESTATE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE60">
+      <c s="4" t="inlineStr" r="AE57">
         <is>
           <t xml:space="preserve">LEHI</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF60">
+      <c s="4" t="inlineStr" r="AF57">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG60">
+      <c s="4" t="inlineStr" r="AG57">
         <is>
           <t xml:space="preserve">84043</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH60">
+      <c s="4" t="inlineStr" r="AH57">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI60">
+      <c s="4" t="inlineStr" r="AI57">
         <is>
           <t xml:space="preserve">89402</t>
         </is>
       </c>
     </row>
-    <row r="61" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A61">
+    <row r="58" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A58">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">123-053-04</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B61">
+      <c s="4" t="inlineStr" r="B58">
         <is>
           <t xml:space="preserve">101 LAKE VIEW AVE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C61">
+      <c s="4" t="inlineStr" r="C58">
         <is>
           <t xml:space="preserve">07/18/2025 </t>
         </is>
       </c>
-      <c s="5" r="D61">
+      <c s="5" r="D58">
         <v>153193</v>
       </c>
-      <c s="4" t="inlineStr" r="E61">
+      <c s="4" t="inlineStr" r="E58">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F61">
+      <c s="3" t="inlineStr" r="F58">
         <is>
           <t xml:space="preserve">5554485</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G61">
+      <c s="4" t="inlineStr" r="G58">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H61">
+      <c s="6" r="H58">
         <v>1962</v>
       </c>
-      <c s="6" r="I61">
+      <c s="6" r="I58">
         <v>1962</v>
       </c>
-      <c s="4" t="inlineStr" r="J61">
+      <c s="4" t="inlineStr" r="J58">
         <is>
           <t xml:space="preserve">Storage Garage</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K61">
+      <c s="4" t="inlineStr" r="K58">
         <is>
           <t xml:space="preserve">2</t>
         </is>
       </c>
-      <c s="5" r="L61">
+      <c s="5" r="L58">
         <v>2540</v>
       </c>
-      <c s="4" t="inlineStr" r="M61">
+      <c s="4" t="inlineStr" r="M58">
         <is>
           <t xml:space="preserve">Commercial 1.0 (Low)</t>
         </is>
       </c>
-      <c s="6" r="N61">
-[...8 lines deleted...]
-      <c s="4" t="inlineStr" r="Q61">
+      <c s="6" r="N58">
+        <v>0</v>
+      </c>
+      <c s="6" r="O58">
+        <v>0</v>
+      </c>
+      <c s="6" r="P58">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q58">
         <is>
           <t xml:space="preserve">PACKAGE UNIT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R61">
+      <c s="4" t="inlineStr" r="R58">
         <is>
           <t xml:space="preserve">CONCRETE BLOCK</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S61">
-[...20 lines deleted...]
-      <c s="4" t="inlineStr" r="X61">
+      <c s="4" t="inlineStr" r="S58">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T58">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U58">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V58">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W58">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X58">
         <is>
           <t xml:space="preserve">400</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y61">
+      <c s="4" t="inlineStr" r="Y58">
         <is>
           <t xml:space="preserve">TA_CBT</t>
         </is>
       </c>
-      <c s="5" r="Z61">
+      <c s="5" r="Z58">
         <v>0.1839991</v>
       </c>
-      <c s="4" t="inlineStr" r="AA61">
+      <c s="4" t="inlineStr" r="AA58">
         <is>
           <t xml:space="preserve">LAKE TAHOE PARTNERS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB61">
+      <c s="4" t="inlineStr" r="AB58">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC61">
+      <c s="4" t="inlineStr" r="AC58">
         <is>
           <t xml:space="preserve">4101 N THANKSGIVING WAY STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD61">
+      <c s="4" t="inlineStr" r="AD58">
         <is>
           <t xml:space="preserve">C/O STACK REAL ESTATE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE61">
+      <c s="4" t="inlineStr" r="AE58">
         <is>
           <t xml:space="preserve">LEHI</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF61">
+      <c s="4" t="inlineStr" r="AF58">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG61">
+      <c s="4" t="inlineStr" r="AG58">
         <is>
           <t xml:space="preserve">84043</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH61">
+      <c s="4" t="inlineStr" r="AH58">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI61">
+      <c s="4" t="inlineStr" r="AI58">
         <is>
           <t xml:space="preserve">89402</t>
         </is>
       </c>
     </row>
-    <row r="62" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A62">
+    <row r="59" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A59">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">123-054-01</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B62">
+      <c s="4" t="inlineStr" r="B59">
         <is>
           <t xml:space="preserve">47 RESERVOIR RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C62">
+      <c s="4" t="inlineStr" r="C59">
         <is>
           <t xml:space="preserve">07/18/2025 </t>
         </is>
       </c>
-      <c s="5" r="D62">
+      <c s="5" r="D59">
         <v>153193</v>
       </c>
-      <c s="4" t="inlineStr" r="E62">
+      <c s="4" t="inlineStr" r="E59">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F62">
+      <c s="3" t="inlineStr" r="F59">
         <is>
           <t xml:space="preserve">5554485</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G62">
+      <c s="4" t="inlineStr" r="G59">
         <is>
           <t xml:space="preserve">MATT GREEN SUB UNOFFICIAL</t>
         </is>
       </c>
-      <c s="6" r="H62">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X62">
+      <c s="6" r="H59">
+        <v>0</v>
+      </c>
+      <c s="6" r="I59">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J59">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K59">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L59"/>
+      <c s="4" t="inlineStr" r="M59">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N59">
+        <v>0</v>
+      </c>
+      <c s="6" r="O59">
+        <v>0</v>
+      </c>
+      <c s="6" r="P59">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q59">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R59">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S59">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T59">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U59">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V59">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W59">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X59">
         <is>
           <t xml:space="preserve">400</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y62">
+      <c s="4" t="inlineStr" r="Y59">
         <is>
           <t xml:space="preserve">TA_CBT</t>
         </is>
       </c>
-      <c s="5" r="Z62">
+      <c s="5" r="Z59">
         <v>0.9963269</v>
       </c>
-      <c s="4" t="inlineStr" r="AA62">
+      <c s="4" t="inlineStr" r="AA59">
         <is>
           <t xml:space="preserve">LAKE TAHOE PARTNERS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB62">
+      <c s="4" t="inlineStr" r="AB59">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC62">
+      <c s="4" t="inlineStr" r="AC59">
         <is>
           <t xml:space="preserve">4101 N THANKSGIVING WAY STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD62">
+      <c s="4" t="inlineStr" r="AD59">
         <is>
           <t xml:space="preserve">C/O STACK REAL ESTATE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE62">
+      <c s="4" t="inlineStr" r="AE59">
         <is>
           <t xml:space="preserve">LEHI</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF62">
+      <c s="4" t="inlineStr" r="AF59">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG62">
+      <c s="4" t="inlineStr" r="AG59">
         <is>
           <t xml:space="preserve">84043</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH62">
+      <c s="4" t="inlineStr" r="AH59">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI62">
+      <c s="4" t="inlineStr" r="AI59">
         <is>
           <t xml:space="preserve">89402</t>
         </is>
       </c>
     </row>
-    <row r="63" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A63">
+    <row r="60" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A60">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">123-071-04</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B63">
+      <c s="4" t="inlineStr" r="B60">
         <is>
           <t xml:space="preserve">0 WASSOU RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C63">
+      <c s="4" t="inlineStr" r="C60">
         <is>
           <t xml:space="preserve">07/18/2025 </t>
         </is>
       </c>
-      <c s="5" r="D63">
+      <c s="5" r="D60">
         <v>153193</v>
       </c>
-      <c s="4" t="inlineStr" r="E63">
+      <c s="4" t="inlineStr" r="E60">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F63">
+      <c s="3" t="inlineStr" r="F60">
         <is>
           <t xml:space="preserve">5554485</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G63">
+      <c s="4" t="inlineStr" r="G60">
         <is>
           <t xml:space="preserve">MATT GREEN SUB UNOFFICIAL</t>
         </is>
       </c>
-      <c s="6" r="H63">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X63">
+      <c s="6" r="H60">
+        <v>0</v>
+      </c>
+      <c s="6" r="I60">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L60"/>
+      <c s="4" t="inlineStr" r="M60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N60">
+        <v>0</v>
+      </c>
+      <c s="6" r="O60">
+        <v>0</v>
+      </c>
+      <c s="6" r="P60">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U60">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W60">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X60">
         <is>
           <t xml:space="preserve">110</t>
         </is>
       </c>
-      <c s="4" t="str" r="Y63"/>
-      <c s="5" r="Z63">
+      <c s="4" t="str" r="Y60"/>
+      <c s="5" r="Z60">
         <v>0.6435721</v>
       </c>
-      <c s="4" t="inlineStr" r="AA63">
+      <c s="4" t="inlineStr" r="AA60">
         <is>
           <t xml:space="preserve">LAKE TAHOE PARTNERS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB63">
+      <c s="4" t="inlineStr" r="AB60">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC63">
+      <c s="4" t="inlineStr" r="AC60">
         <is>
           <t xml:space="preserve">4101 N THANKSGIVING WAY STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD63">
+      <c s="4" t="inlineStr" r="AD60">
         <is>
           <t xml:space="preserve">C/O STACK REAL ESTATE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE63">
+      <c s="4" t="inlineStr" r="AE60">
         <is>
           <t xml:space="preserve">LEHI</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF63">
+      <c s="4" t="inlineStr" r="AF60">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG63">
+      <c s="4" t="inlineStr" r="AG60">
         <is>
           <t xml:space="preserve">84043</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH63">
+      <c s="4" t="inlineStr" r="AH60">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI63">
+      <c s="4" t="inlineStr" r="AI60">
         <is>
           <t xml:space="preserve">89402</t>
         </is>
       </c>
     </row>
-    <row r="64" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A64">
+    <row r="61" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A61">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">125-134-08</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B64">
+      <c s="4" t="inlineStr" r="B61">
         <is>
           <t xml:space="preserve">689 TYNER WAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C64">
+      <c s="4" t="inlineStr" r="C61">
         <is>
           <t xml:space="preserve">06/12/2025 </t>
         </is>
       </c>
-      <c s="5" r="D64">
+      <c s="5" r="D61">
         <v>3870000</v>
       </c>
-      <c s="4" t="inlineStr" r="E64">
+      <c s="4" t="inlineStr" r="E61">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F64">
+      <c s="3" t="inlineStr" r="F61">
         <is>
           <t xml:space="preserve">5546209</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G64">
+      <c s="4" t="inlineStr" r="G61">
         <is>
           <t xml:space="preserve">INCLINE VILLAGE 2</t>
         </is>
       </c>
-      <c s="6" r="H64">
+      <c s="6" r="H61">
         <v>1980</v>
       </c>
-      <c s="6" r="I64">
+      <c s="6" r="I61">
         <v>1986</v>
       </c>
-      <c s="4" t="inlineStr" r="J64">
+      <c s="4" t="inlineStr" r="J61">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K64">
+      <c s="4" t="inlineStr" r="K61">
         <is>
           <t xml:space="preserve">3 Story</t>
         </is>
       </c>
-      <c s="5" r="L64">
+      <c s="5" r="L61">
         <v>5621</v>
       </c>
-      <c s="4" t="inlineStr" r="M64">
+      <c s="4" t="inlineStr" r="M61">
         <is>
           <t xml:space="preserve">Excellent</t>
         </is>
       </c>
-      <c s="6" r="N64">
+      <c s="6" r="N61">
         <v>6</v>
       </c>
-      <c s="6" r="O64">
+      <c s="6" r="O61">
         <v>6</v>
       </c>
-      <c s="6" r="P64">
+      <c s="6" r="P61">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q64">
+      <c s="4" t="inlineStr" r="Q61">
         <is>
           <t xml:space="preserve">BASEBOARD HOT WATER</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R64">
+      <c s="4" t="inlineStr" r="R61">
         <is>
           <t xml:space="preserve">SIDING ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S64">
+      <c s="4" t="inlineStr" r="S61">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T64">
+      <c s="4" t="inlineStr" r="T61">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U64">
+      <c s="5" r="U61">
         <v>747</v>
       </c>
-      <c s="4" t="inlineStr" r="V64">
+      <c s="4" t="inlineStr" r="V61">
         <is>
           <t xml:space="preserve">DAYLIGHT</t>
         </is>
       </c>
-      <c s="5" r="W64">
+      <c s="5" r="W61">
         <v>346</v>
       </c>
-      <c s="4" t="inlineStr" r="X64">
+      <c s="4" t="inlineStr" r="X61">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y64">
+      <c s="4" t="inlineStr" r="Y61">
         <is>
           <t xml:space="preserve">TA_IV4</t>
         </is>
       </c>
-      <c s="5" r="Z64">
+      <c s="5" r="Z61">
         <v>0.3559917</v>
       </c>
-      <c s="4" t="inlineStr" r="AA64">
+      <c s="4" t="inlineStr" r="AA61">
         <is>
           <t xml:space="preserve">US BANK NA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB64">
+      <c s="4" t="inlineStr" r="AB61">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC64">
+      <c s="4" t="inlineStr" r="AC61">
         <is>
           <t xml:space="preserve">3217 S DECKER LANE DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD64">
+      <c s="4" t="inlineStr" r="AD61">
         <is>
           <t xml:space="preserve">C/O SELECT PORTFOLIO SERVICING INCE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE64">
+      <c s="4" t="inlineStr" r="AE61">
         <is>
           <t xml:space="preserve">SALT LAKE CITY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF64">
+      <c s="4" t="inlineStr" r="AF61">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG64">
+      <c s="4" t="inlineStr" r="AG61">
         <is>
           <t xml:space="preserve">84119</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH64">
+      <c s="4" t="inlineStr" r="AH61">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI64">
+      <c s="4" t="inlineStr" r="AI61">
         <is>
           <t xml:space="preserve">89451</t>
         </is>
       </c>
     </row>
-    <row r="65" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A65">
+    <row r="62" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A62">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">127-290-03</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B65">
+      <c s="4" t="inlineStr" r="B62">
         <is>
           <t xml:space="preserve">121 JUANITA DR 3</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C65">
+      <c s="4" t="inlineStr" r="C62">
         <is>
           <t xml:space="preserve">11/12/2024 </t>
         </is>
       </c>
-      <c s="5" r="D65">
+      <c s="5" r="D62">
         <v>100000</v>
       </c>
-      <c s="4" t="inlineStr" r="E65">
+      <c s="4" t="inlineStr" r="E62">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F65">
+      <c s="3" t="inlineStr" r="F62">
         <is>
           <t xml:space="preserve">5496949</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G65">
+      <c s="4" t="inlineStr" r="G62">
         <is>
           <t xml:space="preserve">FOREST PINES 2</t>
         </is>
       </c>
-      <c s="6" r="H65">
+      <c s="6" r="H62">
         <v>1971</v>
       </c>
-      <c s="6" r="I65">
+      <c s="6" r="I62">
         <v>1971</v>
       </c>
-      <c s="4" t="inlineStr" r="J65">
+      <c s="4" t="inlineStr" r="J62">
         <is>
           <t xml:space="preserve">Condo/Townhouse</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K65">
+      <c s="4" t="inlineStr" r="K62">
         <is>
           <t xml:space="preserve">2 Story End Unit</t>
         </is>
       </c>
-      <c s="5" r="L65">
+      <c s="5" r="L62">
         <v>1257</v>
       </c>
-      <c s="4" t="inlineStr" r="M65">
+      <c s="4" t="inlineStr" r="M62">
         <is>
           <t xml:space="preserve">Average-Good</t>
         </is>
       </c>
-      <c s="6" r="N65">
+      <c s="6" r="N62">
         <v>3</v>
       </c>
-      <c s="6" r="O65">
+      <c s="6" r="O62">
         <v>2</v>
       </c>
-      <c s="6" r="P65">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q65">
+      <c s="6" r="P62">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q62">
         <is>
           <t xml:space="preserve">BASEBOARD, ELECTRIC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R65">
+      <c s="4" t="inlineStr" r="R62">
         <is>
           <t xml:space="preserve">SIDING ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S65">
+      <c s="4" t="inlineStr" r="S62">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T65">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X65">
+      <c s="4" t="inlineStr" r="T62">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U62">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V62">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W62">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X62">
         <is>
           <t xml:space="preserve">210</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y65">
+      <c s="4" t="inlineStr" r="Y62">
         <is>
           <t xml:space="preserve">TA_IVR</t>
         </is>
       </c>
-      <c s="5" r="Z65">
+      <c s="5" r="Z62">
         <v>0.001</v>
       </c>
-      <c s="4" t="inlineStr" r="AA65">
+      <c s="4" t="inlineStr" r="AA62">
         <is>
           <t xml:space="preserve">GLACIER SECURED INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB65">
+      <c s="4" t="inlineStr" r="AB62">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC65">
+      <c s="4" t="inlineStr" r="AC62">
         <is>
           <t xml:space="preserve">324 MAIN ST</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD65">
+      <c s="4" t="inlineStr" r="AD62">
         <is>
           <t xml:space="preserve">C/O GEORGE CRESSON</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE65">
+      <c s="4" t="inlineStr" r="AE62">
         <is>
           <t xml:space="preserve">HALF MOON BAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF65">
+      <c s="4" t="inlineStr" r="AF62">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG65">
+      <c s="4" t="inlineStr" r="AG62">
         <is>
           <t xml:space="preserve">94019</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH65">
+      <c s="4" t="inlineStr" r="AH62">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI65">
+      <c s="4" t="inlineStr" r="AI62">
         <is>
           <t xml:space="preserve">89451</t>
         </is>
       </c>
     </row>
-    <row r="66" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A66">
+    <row r="63" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A63">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">140-691-53</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B66">
+      <c s="4" t="inlineStr" r="B63">
         <is>
           <t xml:space="preserve">440 ROSEBEN CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C66">
+      <c s="4" t="inlineStr" r="C63">
         <is>
           <t xml:space="preserve">05/09/2024 </t>
         </is>
       </c>
-      <c s="5" r="D66">
+      <c s="5" r="D63">
         <v>580001</v>
       </c>
-      <c s="4" t="inlineStr" r="E66">
+      <c s="4" t="inlineStr" r="E63">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F66">
+      <c s="3" t="inlineStr" r="F63">
         <is>
           <t xml:space="preserve">5454618</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G66">
+      <c s="4" t="inlineStr" r="G63">
         <is>
           <t xml:space="preserve">CURTI RANCH 2 UNIT 7</t>
         </is>
       </c>
-      <c s="6" r="H66">
+      <c s="6" r="H63">
         <v>2005</v>
       </c>
-      <c s="6" r="I66">
+      <c s="6" r="I63">
         <v>2005</v>
       </c>
-      <c s="4" t="inlineStr" r="J66">
+      <c s="4" t="inlineStr" r="J63">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K66">
+      <c s="4" t="inlineStr" r="K63">
         <is>
           <t xml:space="preserve">2 Story</t>
         </is>
       </c>
-      <c s="5" r="L66">
+      <c s="5" r="L63">
         <v>2361</v>
       </c>
-      <c s="4" t="inlineStr" r="M66">
+      <c s="4" t="inlineStr" r="M63">
         <is>
           <t xml:space="preserve">Average-Good</t>
         </is>
       </c>
-      <c s="6" r="N66">
+      <c s="6" r="N63">
         <v>4</v>
       </c>
-      <c s="6" r="O66">
+      <c s="6" r="O63">
         <v>3</v>
       </c>
-      <c s="6" r="P66">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q66">
+      <c s="6" r="P63">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q63">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R66">
+      <c s="4" t="inlineStr" r="R63">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S66">
+      <c s="4" t="inlineStr" r="S63">
         <is>
           <t xml:space="preserve">CONCRETE TILE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T66">
+      <c s="4" t="inlineStr" r="T63">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U66">
+      <c s="5" r="U63">
         <v>633</v>
       </c>
-      <c s="4" t="inlineStr" r="V66">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X66">
+      <c s="4" t="inlineStr" r="V63">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W63">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X63">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y66">
+      <c s="4" t="inlineStr" r="Y63">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z66">
+      <c s="5" r="Z63">
         <v>0.151607</v>
       </c>
-      <c s="4" t="inlineStr" r="AA66">
+      <c s="4" t="inlineStr" r="AA63">
         <is>
           <t xml:space="preserve">SFR INVESTMENTS POOL 1 LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB66">
+      <c s="4" t="inlineStr" r="AB63">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC66">
+      <c s="4" t="inlineStr" r="AC63">
         <is>
           <t xml:space="preserve">7625 DEAN MARTIN DR STE 105</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD66">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE66">
+      <c s="4" t="inlineStr" r="AD63">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE63">
         <is>
           <t xml:space="preserve">LAS VEGAS</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF66">
+      <c s="4" t="inlineStr" r="AF63">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG66">
+      <c s="4" t="inlineStr" r="AG63">
         <is>
           <t xml:space="preserve">89139</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH66">
+      <c s="4" t="inlineStr" r="AH63">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI66">
+      <c s="4" t="inlineStr" r="AI63">
         <is>
           <t xml:space="preserve">89521</t>
         </is>
       </c>
     </row>
-    <row r="67" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A67">
+    <row r="64" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A64">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">140-692-09</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B67">
+      <c s="4" t="inlineStr" r="B64">
         <is>
           <t xml:space="preserve">13795 SEABISCUIT DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C67">
+      <c s="4" t="inlineStr" r="C64">
         <is>
           <t xml:space="preserve">08/05/2024 </t>
         </is>
       </c>
-      <c s="5" r="D67">
+      <c s="5" r="D64">
         <v>548900</v>
       </c>
-      <c s="4" t="inlineStr" r="E67">
+      <c s="4" t="inlineStr" r="E64">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F67">
+      <c s="3" t="inlineStr" r="F64">
         <is>
           <t xml:space="preserve">5474292</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G67">
+      <c s="4" t="inlineStr" r="G64">
         <is>
           <t xml:space="preserve">CURTI RANCH 2 UNIT 7</t>
         </is>
       </c>
-      <c s="6" r="H67">
+      <c s="6" r="H64">
         <v>2006</v>
       </c>
-      <c s="6" r="I67">
+      <c s="6" r="I64">
         <v>2006</v>
       </c>
-      <c s="4" t="inlineStr" r="J67">
+      <c s="4" t="inlineStr" r="J64">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K67">
+      <c s="4" t="inlineStr" r="K64">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L67">
+      <c s="5" r="L64">
         <v>1835</v>
       </c>
-      <c s="4" t="inlineStr" r="M67">
+      <c s="4" t="inlineStr" r="M64">
         <is>
           <t xml:space="preserve">Average-Good</t>
         </is>
       </c>
-      <c s="6" r="N67">
+      <c s="6" r="N64">
         <v>4</v>
       </c>
-      <c s="6" r="O67">
+      <c s="6" r="O64">
         <v>2</v>
       </c>
-      <c s="6" r="P67">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q67">
+      <c s="6" r="P64">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q64">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R67">
+      <c s="4" t="inlineStr" r="R64">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S67">
+      <c s="4" t="inlineStr" r="S64">
         <is>
           <t xml:space="preserve">CONCRETE TILE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T67">
+      <c s="4" t="inlineStr" r="T64">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U67">
+      <c s="5" r="U64">
         <v>420</v>
       </c>
-      <c s="4" t="inlineStr" r="V67">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X67">
+      <c s="4" t="inlineStr" r="V64">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W64">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X64">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y67">
+      <c s="4" t="inlineStr" r="Y64">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z67">
+      <c s="5" r="Z64">
         <v>0.1729339</v>
       </c>
-      <c s="4" t="inlineStr" r="AA67">
+      <c s="4" t="inlineStr" r="AA64">
         <is>
           <t xml:space="preserve">SFR INVESTMENTS POOL 1 LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB67">
+      <c s="4" t="inlineStr" r="AB64">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC67">
+      <c s="4" t="inlineStr" r="AC64">
         <is>
           <t xml:space="preserve">7625 DEAN MARTIN DR STE 105</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD67">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE67">
+      <c s="4" t="inlineStr" r="AD64">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE64">
         <is>
           <t xml:space="preserve">LAS VEGAS</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF67">
+      <c s="4" t="inlineStr" r="AF64">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG67">
+      <c s="4" t="inlineStr" r="AG64">
         <is>
           <t xml:space="preserve">89139</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH67">
+      <c s="4" t="inlineStr" r="AH64">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI67">
+      <c s="4" t="inlineStr" r="AI64">
         <is>
           <t xml:space="preserve">89521</t>
         </is>
       </c>
     </row>
-    <row r="68" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A68">
+    <row r="65" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A65">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">160-601-04</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B68">
+      <c s="4" t="inlineStr" r="B65">
         <is>
           <t xml:space="preserve">1472 GAUCHO LN</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C68">
+      <c s="4" t="inlineStr" r="C65">
         <is>
           <t xml:space="preserve">01/13/2025 </t>
         </is>
       </c>
-      <c s="5" r="D68">
+      <c s="5" r="D65">
         <v>10087</v>
       </c>
-      <c s="4" t="inlineStr" r="E68">
+      <c s="4" t="inlineStr" r="E65">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F68">
+      <c s="3" t="inlineStr" r="F65">
         <is>
           <t xml:space="preserve">5511663</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G68">
+      <c s="4" t="inlineStr" r="G65">
         <is>
           <t xml:space="preserve">DOUBLE DIAMOND RANCH VILLAGE 13A</t>
         </is>
       </c>
-      <c s="6" r="H68">
+      <c s="6" r="H65">
         <v>1999</v>
       </c>
-      <c s="6" r="I68">
+      <c s="6" r="I65">
         <v>1999</v>
       </c>
-      <c s="4" t="inlineStr" r="J68">
+      <c s="4" t="inlineStr" r="J65">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K68">
+      <c s="4" t="inlineStr" r="K65">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L68">
+      <c s="5" r="L65">
         <v>1943</v>
       </c>
-      <c s="4" t="inlineStr" r="M68">
+      <c s="4" t="inlineStr" r="M65">
         <is>
           <t xml:space="preserve">Average</t>
         </is>
       </c>
-      <c s="6" r="N68">
+      <c s="6" r="N65">
         <v>3</v>
       </c>
-      <c s="6" r="O68">
+      <c s="6" r="O65">
         <v>2</v>
       </c>
-      <c s="6" r="P68">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q68">
+      <c s="6" r="P65">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q65">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R68">
+      <c s="4" t="inlineStr" r="R65">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S68">
+      <c s="4" t="inlineStr" r="S65">
         <is>
           <t xml:space="preserve">CONCRETE TILE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T68">
+      <c s="4" t="inlineStr" r="T65">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U68">
+      <c s="5" r="U65">
         <v>462</v>
       </c>
-      <c s="4" t="inlineStr" r="V68">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X68">
+      <c s="4" t="inlineStr" r="V65">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W65">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X65">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y68">
+      <c s="4" t="inlineStr" r="Y65">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z68">
+      <c s="5" r="Z65">
         <v>0.1460055</v>
       </c>
-      <c s="4" t="inlineStr" r="AA68">
+      <c s="4" t="inlineStr" r="AA65">
         <is>
           <t xml:space="preserve">JAR LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB68">
+      <c s="4" t="inlineStr" r="AB65">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC68">
+      <c s="4" t="inlineStr" r="AC65">
         <is>
           <t xml:space="preserve">2859 MOUNTAIN SPRINGS RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD68">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE68">
+      <c s="4" t="inlineStr" r="AD65">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE65">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF68">
+      <c s="4" t="inlineStr" r="AF65">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG68">
+      <c s="4" t="inlineStr" r="AG65">
         <is>
           <t xml:space="preserve">89519</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH68">
+      <c s="4" t="inlineStr" r="AH65">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI68">
+      <c s="4" t="inlineStr" r="AI65">
         <is>
           <t xml:space="preserve">89521</t>
         </is>
       </c>
     </row>
-    <row r="69" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A69">
+    <row r="66" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A66">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">160-821-05</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B69">
+      <c s="4" t="inlineStr" r="B66">
         <is>
           <t xml:space="preserve">1682 IRON MOUNTAIN DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C69">
+      <c s="4" t="inlineStr" r="C66">
         <is>
           <t xml:space="preserve">05/21/2025 </t>
         </is>
       </c>
-      <c s="5" r="D69">
+      <c s="5" r="D66">
         <v>406000</v>
       </c>
-      <c s="4" t="inlineStr" r="E69">
+      <c s="4" t="inlineStr" r="E66">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F69">
+      <c s="3" t="inlineStr" r="F66">
         <is>
           <t xml:space="preserve">5540938</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G69">
+      <c s="4" t="inlineStr" r="G66">
         <is>
           <t xml:space="preserve">DOUBLE DIAMOND RANCH VILLAGE 6C</t>
         </is>
       </c>
-      <c s="6" r="H69">
+      <c s="6" r="H66">
         <v>2002</v>
       </c>
-      <c s="6" r="I69">
+      <c s="6" r="I66">
         <v>2002</v>
       </c>
-      <c s="4" t="inlineStr" r="J69">
+      <c s="4" t="inlineStr" r="J66">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K69">
+      <c s="4" t="inlineStr" r="K66">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L69">
+      <c s="5" r="L66">
         <v>1470</v>
       </c>
-      <c s="4" t="inlineStr" r="M69">
+      <c s="4" t="inlineStr" r="M66">
         <is>
           <t xml:space="preserve">Average</t>
         </is>
       </c>
-      <c s="6" r="N69">
+      <c s="6" r="N66">
         <v>3</v>
       </c>
-      <c s="6" r="O69">
+      <c s="6" r="O66">
         <v>2</v>
       </c>
-      <c s="6" r="P69">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q69">
+      <c s="6" r="P66">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q66">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R69">
+      <c s="4" t="inlineStr" r="R66">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S69">
+      <c s="4" t="inlineStr" r="S66">
         <is>
           <t xml:space="preserve">CONCRETE TILE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T69">
+      <c s="4" t="inlineStr" r="T66">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U69">
+      <c s="5" r="U66">
         <v>480</v>
       </c>
-      <c s="4" t="inlineStr" r="V69">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X69">
+      <c s="4" t="inlineStr" r="V66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W66">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X66">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y69">
+      <c s="4" t="inlineStr" r="Y66">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z69">
+      <c s="5" r="Z66">
         <v>0.1002525</v>
       </c>
-      <c s="4" t="inlineStr" r="AA69">
+      <c s="4" t="inlineStr" r="AA66">
         <is>
           <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB69">
+      <c s="4" t="inlineStr" r="AB66">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC69">
+      <c s="4" t="inlineStr" r="AC66">
         <is>
           <t xml:space="preserve">2015 MANHATTAN BEACH BLVD STE 100</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD69">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE69">
+      <c s="4" t="inlineStr" r="AD66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE66">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF69">
+      <c s="4" t="inlineStr" r="AF66">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG69">
+      <c s="4" t="inlineStr" r="AG66">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH69">
+      <c s="4" t="inlineStr" r="AH66">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI69">
+      <c s="4" t="inlineStr" r="AI66">
         <is>
           <t xml:space="preserve">89521</t>
         </is>
       </c>
     </row>
-    <row r="70" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A70">
+    <row r="67" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A67">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">161-237-21</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B70">
+      <c s="4" t="inlineStr" r="B67">
         <is>
           <t xml:space="preserve">9900 WILBUR MAY PKWY 4404</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C70">
+      <c s="4" t="inlineStr" r="C67">
         <is>
           <t xml:space="preserve">08/07/2025 </t>
         </is>
       </c>
-      <c s="5" r="D70">
+      <c s="5" r="D67">
         <v>219142</v>
       </c>
-      <c s="4" t="inlineStr" r="E70">
+      <c s="4" t="inlineStr" r="E67">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F70">
+      <c s="3" t="inlineStr" r="F67">
         <is>
           <t xml:space="preserve">5560030</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G70">
+      <c s="4" t="inlineStr" r="G67">
         <is>
           <t xml:space="preserve">FLEUR DE LIS PHASE 2</t>
         </is>
       </c>
-      <c s="6" r="H70">
+      <c s="6" r="H67">
         <v>2004</v>
       </c>
-      <c s="6" r="I70">
+      <c s="6" r="I67">
         <v>2004</v>
       </c>
-      <c s="4" t="inlineStr" r="J70">
+      <c s="4" t="inlineStr" r="J67">
         <is>
           <t xml:space="preserve">Condo/Townhouse</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K70">
+      <c s="4" t="inlineStr" r="K67">
         <is>
           <t xml:space="preserve">1 Story End Unit</t>
         </is>
       </c>
-      <c s="5" r="L70">
+      <c s="5" r="L67">
         <v>1651</v>
       </c>
-      <c s="4" t="inlineStr" r="M70">
+      <c s="4" t="inlineStr" r="M67">
         <is>
           <t xml:space="preserve">Good-Very Good</t>
         </is>
       </c>
-      <c s="6" r="N70">
+      <c s="6" r="N67">
         <v>2</v>
       </c>
-      <c s="6" r="O70">
+      <c s="6" r="O67">
         <v>2</v>
       </c>
-      <c s="6" r="P70">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q70">
+      <c s="6" r="P67">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q67">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R70">
+      <c s="4" t="inlineStr" r="R67">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S70">
+      <c s="4" t="inlineStr" r="S67">
         <is>
           <t xml:space="preserve">CONCRETE TILE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T70">
+      <c s="4" t="inlineStr" r="T67">
         <is>
           <t xml:space="preserve">BUILT-IN</t>
         </is>
       </c>
-      <c s="5" r="U70">
+      <c s="5" r="U67">
         <v>500</v>
       </c>
-      <c s="4" t="inlineStr" r="V70">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X70">
+      <c s="4" t="inlineStr" r="V67">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W67">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X67">
         <is>
           <t xml:space="preserve">210</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y70">
+      <c s="4" t="inlineStr" r="Y67">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z70">
+      <c s="5" r="Z67">
         <v>0.05971074</v>
       </c>
-      <c s="4" t="inlineStr" r="AA70">
+      <c s="4" t="inlineStr" r="AA67">
         <is>
           <t xml:space="preserve">WEST COAST SERVICING INC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB70">
+      <c s="4" t="inlineStr" r="AB67">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC70">
+      <c s="4" t="inlineStr" r="AC67">
         <is>
           <t xml:space="preserve">7911 WARNER AVE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD70">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE70">
+      <c s="4" t="inlineStr" r="AD67">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE67">
         <is>
           <t xml:space="preserve">HUNTINGTON BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF70">
+      <c s="4" t="inlineStr" r="AF67">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG70">
+      <c s="4" t="inlineStr" r="AG67">
         <is>
           <t xml:space="preserve">92647</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH70">
+      <c s="4" t="inlineStr" r="AH67">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI70">
+      <c s="4" t="inlineStr" r="AI67">
         <is>
           <t xml:space="preserve">89521</t>
         </is>
       </c>
     </row>
-    <row r="71" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A71">
+    <row r="68" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A68">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">200-610-04</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B71">
+      <c s="4" t="inlineStr" r="B68">
         <is>
           <t xml:space="preserve">6155 STONE VALLEY DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C71">
+      <c s="4" t="inlineStr" r="C68">
         <is>
           <t xml:space="preserve">07/12/2023 </t>
         </is>
       </c>
-      <c s="5" r="D71">
+      <c s="5" r="D68">
         <v>3600100</v>
       </c>
-      <c s="4" t="inlineStr" r="E71">
+      <c s="4" t="inlineStr" r="E68">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F71">
+      <c s="3" t="inlineStr" r="F68">
         <is>
           <t xml:space="preserve">5391393</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G71">
+      <c s="4" t="inlineStr" r="G68">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H71">
+      <c s="6" r="H68">
         <v>2014</v>
       </c>
-      <c s="6" r="I71">
+      <c s="6" r="I68">
         <v>2014</v>
       </c>
-      <c s="4" t="inlineStr" r="J71">
+      <c s="4" t="inlineStr" r="J68">
         <is>
           <t xml:space="preserve">Retirement Community Complex</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K71">
+      <c s="4" t="inlineStr" r="K68">
         <is>
           <t xml:space="preserve">1</t>
         </is>
       </c>
-      <c s="5" r="L71">
+      <c s="5" r="L68">
         <v>31732</v>
       </c>
-      <c s="4" t="inlineStr" r="M71">
+      <c s="4" t="inlineStr" r="M68">
         <is>
           <t xml:space="preserve">Commercial 2.5 (Above Average)</t>
         </is>
       </c>
-      <c s="6" r="N71">
-[...8 lines deleted...]
-      <c s="4" t="inlineStr" r="Q71">
+      <c s="6" r="N68">
+        <v>0</v>
+      </c>
+      <c s="6" r="O68">
+        <v>0</v>
+      </c>
+      <c s="6" r="P68">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q68">
         <is>
           <t xml:space="preserve">WALL HEAT PUMP</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R71">
+      <c s="4" t="inlineStr" r="R68">
         <is>
           <t xml:space="preserve">STUD WALLS - CEMENT FIBER SIDING</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S71">
-[...20 lines deleted...]
-      <c s="4" t="inlineStr" r="X71">
+      <c s="4" t="inlineStr" r="S68">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T68">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U68">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V68">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W68">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X68">
         <is>
           <t xml:space="preserve">920</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y71">
+      <c s="4" t="inlineStr" r="Y68">
         <is>
           <t xml:space="preserve">NC</t>
         </is>
       </c>
-      <c s="5" r="Z71">
+      <c s="5" r="Z68">
         <v>2.84</v>
       </c>
-      <c s="4" t="inlineStr" r="AA71">
+      <c s="4" t="inlineStr" r="AA68">
         <is>
           <t xml:space="preserve">6155 STONE VALLEY DRIVE HOLDINGS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB71">
+      <c s="4" t="inlineStr" r="AB68">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC71">
+      <c s="4" t="inlineStr" r="AC68">
         <is>
           <t xml:space="preserve">900 19TH ST NW FL 8</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD71">
+      <c s="4" t="inlineStr" r="AD68">
         <is>
           <t xml:space="preserve">C/O CWCAPITAL ASSET MANAGEMENT LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE71">
+      <c s="4" t="inlineStr" r="AE68">
         <is>
           <t xml:space="preserve">WASHINGTON</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF71">
+      <c s="4" t="inlineStr" r="AF68">
         <is>
           <t xml:space="preserve">DC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG71">
+      <c s="4" t="inlineStr" r="AG68">
         <is>
           <t xml:space="preserve">20006</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH71">
+      <c s="4" t="inlineStr" r="AH68">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI71">
+      <c s="4" t="inlineStr" r="AI68">
         <is>
           <t xml:space="preserve">89523</t>
         </is>
       </c>
     </row>
-    <row r="72" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A72">
+    <row r="69" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A69">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">402-181-12</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B72">
+      <c s="4" t="inlineStr" r="B69">
         <is>
           <t xml:space="preserve">1981 PALERMO DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C72">
+      <c s="4" t="inlineStr" r="C69">
         <is>
           <t xml:space="preserve">08/18/2025 </t>
         </is>
       </c>
-      <c s="5" r="D72">
+      <c s="5" r="D69">
         <v>11880</v>
       </c>
-      <c s="4" t="inlineStr" r="E72">
+      <c s="4" t="inlineStr" r="E69">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F72">
+      <c s="3" t="inlineStr" r="F69">
         <is>
           <t xml:space="preserve">5562661</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G72">
+      <c s="4" t="inlineStr" r="G69">
         <is>
           <t xml:space="preserve">TOSCANA @ D'ANDREA 2A</t>
         </is>
       </c>
-      <c s="6" r="H72">
+      <c s="6" r="H69">
         <v>2002</v>
       </c>
-      <c s="6" r="I72">
+      <c s="6" r="I69">
         <v>2002</v>
       </c>
-      <c s="4" t="inlineStr" r="J72">
+      <c s="4" t="inlineStr" r="J69">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K72">
+      <c s="4" t="inlineStr" r="K69">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L72">
+      <c s="5" r="L69">
         <v>1252</v>
       </c>
-      <c s="4" t="inlineStr" r="M72">
+      <c s="4" t="inlineStr" r="M69">
         <is>
           <t xml:space="preserve">Average</t>
         </is>
       </c>
-      <c s="6" r="N72">
+      <c s="6" r="N69">
         <v>2</v>
       </c>
-      <c s="6" r="O72">
+      <c s="6" r="O69">
         <v>2</v>
       </c>
-      <c s="6" r="P72">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q72">
+      <c s="6" r="P69">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q69">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R72">
+      <c s="4" t="inlineStr" r="R69">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S72">
+      <c s="4" t="inlineStr" r="S69">
         <is>
           <t xml:space="preserve">CONCRETE TILE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T72">
+      <c s="4" t="inlineStr" r="T69">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U72">
+      <c s="5" r="U69">
         <v>462</v>
       </c>
-      <c s="4" t="inlineStr" r="V72">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X72">
+      <c s="4" t="inlineStr" r="V69">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W69">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X69">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y72">
+      <c s="4" t="inlineStr" r="Y69">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z72">
+      <c s="5" r="Z69">
         <v>0.1239669</v>
       </c>
-      <c s="4" t="inlineStr" r="AA72">
+      <c s="4" t="inlineStr" r="AA69">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB72">
+      <c s="4" t="inlineStr" r="AB69">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC72">
+      <c s="4" t="inlineStr" r="AC69">
         <is>
           <t xml:space="preserve">3500 LAKESIDE CT # 212B</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD72">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE72">
+      <c s="4" t="inlineStr" r="AD69">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE69">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF72">
+      <c s="4" t="inlineStr" r="AF69">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG72">
+      <c s="4" t="inlineStr" r="AG69">
         <is>
           <t xml:space="preserve">89509</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH72">
+      <c s="4" t="inlineStr" r="AH69">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI72">
+      <c s="4" t="inlineStr" r="AI69">
         <is>
           <t xml:space="preserve">89434</t>
         </is>
       </c>
     </row>
-    <row r="73" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A73">
+    <row r="70" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A70">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">508-151-07</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B73">
+      <c s="4" t="inlineStr" r="B70">
         <is>
           <t xml:space="preserve">5908 MIDDLE FORK DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C73">
+      <c s="4" t="inlineStr" r="C70">
         <is>
           <t xml:space="preserve">08/26/2025 </t>
         </is>
       </c>
-      <c s="5" r="D73">
+      <c s="5" r="D70">
         <v>118300</v>
       </c>
-      <c s="4" t="inlineStr" r="E73">
+      <c s="4" t="inlineStr" r="E70">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F73">
+      <c s="3" t="inlineStr" r="F70">
         <is>
           <t xml:space="preserve">5564677</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G73">
+      <c s="4" t="inlineStr" r="G70">
         <is>
           <t xml:space="preserve">JUNIPER TERRACE MOBILE HOME ESTATES 3</t>
         </is>
       </c>
-      <c s="6" r="H73">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X73">
+      <c s="6" r="H70">
+        <v>0</v>
+      </c>
+      <c s="6" r="I70">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J70">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K70">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L70"/>
+      <c s="4" t="inlineStr" r="M70">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N70">
+        <v>0</v>
+      </c>
+      <c s="6" r="O70">
+        <v>0</v>
+      </c>
+      <c s="6" r="P70">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q70">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R70">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S70">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T70">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U70">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V70">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W70">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X70">
         <is>
           <t xml:space="preserve">230</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y73">
+      <c s="4" t="inlineStr" r="Y70">
         <is>
           <t xml:space="preserve">MDS</t>
         </is>
       </c>
-      <c s="5" r="Z73">
+      <c s="5" r="Z70">
         <v>0.3839991</v>
       </c>
-      <c s="4" t="inlineStr" r="AA73">
+      <c s="4" t="inlineStr" r="AA70">
         <is>
           <t xml:space="preserve">ARIF, MIAM</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB73">
+      <c s="4" t="inlineStr" r="AB70">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC73">
+      <c s="4" t="inlineStr" r="AC70">
         <is>
           <t xml:space="preserve">5395 LADYBUG CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD73">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE73">
+      <c s="4" t="inlineStr" r="AD70">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE70">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF73">
+      <c s="4" t="inlineStr" r="AF70">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG73">
+      <c s="4" t="inlineStr" r="AG70">
         <is>
           <t xml:space="preserve">89523</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH73">
+      <c s="4" t="inlineStr" r="AH70">
         <is>
           <t xml:space="preserve">4020</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI73">
+      <c s="4" t="inlineStr" r="AI70">
         <is>
           <t xml:space="preserve">89433</t>
         </is>
       </c>
     </row>
-    <row r="74" ht="18" customHeight="0">
-[...168 lines deleted...]
-      <c s="3" t="inlineStr" r="A75">
+    <row r="71" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A71">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">514-531-03</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B75">
+      <c s="4" t="inlineStr" r="B71">
         <is>
           <t xml:space="preserve">1743 CLOUD PEAK DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C75">
+      <c s="4" t="inlineStr" r="C71">
         <is>
           <t xml:space="preserve">01/03/2025 </t>
         </is>
       </c>
-      <c s="5" r="D75">
+      <c s="5" r="D71">
         <v>1036488</v>
       </c>
-      <c s="4" t="inlineStr" r="E75">
+      <c s="4" t="inlineStr" r="E71">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F75">
+      <c s="3" t="inlineStr" r="F71">
         <is>
           <t xml:space="preserve">5508943</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G75">
+      <c s="4" t="inlineStr" r="G71">
         <is>
           <t xml:space="preserve">SKY RIDGE 1</t>
         </is>
       </c>
-      <c s="6" r="H75">
+      <c s="6" r="H71">
         <v>2004</v>
       </c>
-      <c s="6" r="I75">
+      <c s="6" r="I71">
         <v>2008</v>
       </c>
-      <c s="4" t="inlineStr" r="J75">
+      <c s="4" t="inlineStr" r="J71">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K75">
+      <c s="4" t="inlineStr" r="K71">
         <is>
           <t xml:space="preserve">2 Story</t>
         </is>
       </c>
-      <c s="5" r="L75">
+      <c s="5" r="L71">
         <v>3544</v>
       </c>
-      <c s="4" t="inlineStr" r="M75">
+      <c s="4" t="inlineStr" r="M71">
         <is>
           <t xml:space="preserve">Good</t>
         </is>
       </c>
-      <c s="6" r="N75">
+      <c s="6" r="N71">
         <v>3</v>
       </c>
-      <c s="6" r="O75">
+      <c s="6" r="O71">
         <v>2</v>
       </c>
-      <c s="6" r="P75">
+      <c s="6" r="P71">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q75">
+      <c s="4" t="inlineStr" r="Q71">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R75">
+      <c s="4" t="inlineStr" r="R71">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S75">
+      <c s="4" t="inlineStr" r="S71">
         <is>
           <t xml:space="preserve">CONCRETE TILE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T75">
+      <c s="4" t="inlineStr" r="T71">
         <is>
           <t xml:space="preserve">BUILT-IN</t>
         </is>
       </c>
-      <c s="5" r="U75">
+      <c s="5" r="U71">
         <v>858</v>
       </c>
-      <c s="4" t="inlineStr" r="V75">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X75">
+      <c s="4" t="inlineStr" r="V71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W71">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X71">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y75">
+      <c s="4" t="inlineStr" r="Y71">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z75">
+      <c s="5" r="Z71">
         <v>0.1606979</v>
       </c>
-      <c s="4" t="inlineStr" r="AA75">
+      <c s="4" t="inlineStr" r="AA71">
         <is>
           <t xml:space="preserve">WILMINGTON SAVINGS FUND SOCIETY FSB</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB75">
+      <c s="4" t="inlineStr" r="AB71">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC75">
+      <c s="4" t="inlineStr" r="AC71">
         <is>
           <t xml:space="preserve">3020 OLD RANCH PKWY STE 180</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD75">
+      <c s="4" t="inlineStr" r="AD71">
         <is>
           <t xml:space="preserve">C/O AMIP MANAGEMENT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE75">
+      <c s="4" t="inlineStr" r="AE71">
         <is>
           <t xml:space="preserve">SEAL BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF75">
+      <c s="4" t="inlineStr" r="AF71">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG75">
+      <c s="4" t="inlineStr" r="AG71">
         <is>
           <t xml:space="preserve">90740</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH75">
+      <c s="4" t="inlineStr" r="AH71">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI75">
+      <c s="4" t="inlineStr" r="AI71">
         <is>
           <t xml:space="preserve">89436</t>
         </is>
       </c>
     </row>
-    <row r="76" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A76">
+    <row r="72" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A72">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">514-591-15</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B76">
+      <c s="4" t="inlineStr" r="B72">
         <is>
           <t xml:space="preserve">4383 ACOBAT CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C76">
+      <c s="4" t="inlineStr" r="C72">
         <is>
           <t xml:space="preserve">08/05/2025 </t>
         </is>
       </c>
-      <c s="5" r="D76">
+      <c s="5" r="D72">
         <v>591200</v>
       </c>
-      <c s="4" t="inlineStr" r="E76">
+      <c s="4" t="inlineStr" r="E72">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F76">
+      <c s="3" t="inlineStr" r="F72">
         <is>
           <t xml:space="preserve">5559576</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G76">
+      <c s="4" t="inlineStr" r="G72">
         <is>
           <t xml:space="preserve">SKY RIDGE 2</t>
         </is>
       </c>
-      <c s="6" r="H76">
+      <c s="6" r="H72">
         <v>2007</v>
       </c>
-      <c s="6" r="I76">
+      <c s="6" r="I72">
         <v>2007</v>
       </c>
-      <c s="4" t="inlineStr" r="J76">
+      <c s="4" t="inlineStr" r="J72">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K76">
+      <c s="4" t="inlineStr" r="K72">
         <is>
           <t xml:space="preserve">2 Story</t>
         </is>
       </c>
-      <c s="5" r="L76">
+      <c s="5" r="L72">
         <v>2700</v>
       </c>
-      <c s="4" t="inlineStr" r="M76">
+      <c s="4" t="inlineStr" r="M72">
         <is>
           <t xml:space="preserve">Good</t>
         </is>
       </c>
-      <c s="6" r="N76">
+      <c s="6" r="N72">
         <v>5</v>
       </c>
-      <c s="6" r="O76">
+      <c s="6" r="O72">
         <v>4</v>
       </c>
-      <c s="6" r="P76">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q76">
+      <c s="6" r="P72">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q72">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R76">
+      <c s="4" t="inlineStr" r="R72">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S76">
+      <c s="4" t="inlineStr" r="S72">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T76">
+      <c s="4" t="inlineStr" r="T72">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U76">
+      <c s="5" r="U72">
         <v>818</v>
       </c>
-      <c s="4" t="inlineStr" r="V76">
+      <c s="4" t="inlineStr" r="V72">
         <is>
           <t xml:space="preserve">DAYLIGHT</t>
         </is>
       </c>
-      <c s="5" r="W76">
+      <c s="5" r="W72">
         <v>1532</v>
       </c>
-      <c s="4" t="inlineStr" r="X76">
+      <c s="4" t="inlineStr" r="X72">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y76">
+      <c s="4" t="inlineStr" r="Y72">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z76">
+      <c s="5" r="Z72">
         <v>0.2337236</v>
       </c>
-      <c s="4" t="inlineStr" r="AA76">
+      <c s="4" t="inlineStr" r="AA72">
         <is>
           <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB76">
+      <c s="4" t="inlineStr" r="AB72">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC76">
+      <c s="4" t="inlineStr" r="AC72">
         <is>
           <t xml:space="preserve">2015 MANHATTAN BEACH BLVD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD76">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE76">
+      <c s="4" t="inlineStr" r="AD72">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE72">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF76">
+      <c s="4" t="inlineStr" r="AF72">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG76">
+      <c s="4" t="inlineStr" r="AG72">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH76">
+      <c s="4" t="inlineStr" r="AH72">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI76">
+      <c s="4" t="inlineStr" r="AI72">
         <is>
           <t xml:space="preserve">89436</t>
         </is>
       </c>
     </row>
-    <row r="77" ht="18" customHeight="0">
-[...168 lines deleted...]
-      <c s="3" t="inlineStr" r="A78">
+    <row r="73" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A73">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">520-154-04</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B78">
+      <c s="4" t="inlineStr" r="B73">
         <is>
           <t xml:space="preserve">2825 GROSMONT DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C78">
+      <c s="4" t="inlineStr" r="C73">
         <is>
           <t xml:space="preserve">07/02/2025 </t>
         </is>
       </c>
-      <c s="5" r="D78">
+      <c s="5" r="D73">
         <v>313902</v>
       </c>
-      <c s="4" t="inlineStr" r="E78">
+      <c s="4" t="inlineStr" r="E73">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F78">
+      <c s="3" t="inlineStr" r="F73">
         <is>
           <t xml:space="preserve">5551177</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G78">
+      <c s="4" t="inlineStr" r="G73">
         <is>
           <t xml:space="preserve">WINGFIELD SPRINGS 21A</t>
         </is>
       </c>
-      <c s="6" r="H78">
+      <c s="6" r="H73">
         <v>2002</v>
       </c>
-      <c s="6" r="I78">
+      <c s="6" r="I73">
         <v>2002</v>
       </c>
-      <c s="4" t="inlineStr" r="J78">
+      <c s="4" t="inlineStr" r="J73">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K78">
+      <c s="4" t="inlineStr" r="K73">
         <is>
           <t xml:space="preserve">2 Story</t>
         </is>
       </c>
-      <c s="5" r="L78">
+      <c s="5" r="L73">
         <v>2861</v>
       </c>
-      <c s="4" t="inlineStr" r="M78">
+      <c s="4" t="inlineStr" r="M73">
         <is>
           <t xml:space="preserve">Average-Good</t>
         </is>
       </c>
-      <c s="6" r="N78">
+      <c s="6" r="N73">
         <v>4</v>
       </c>
-      <c s="6" r="O78">
+      <c s="6" r="O73">
         <v>4</v>
       </c>
-      <c s="6" r="P78">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q78">
+      <c s="6" r="P73">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q73">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R78">
+      <c s="4" t="inlineStr" r="R73">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S78">
+      <c s="4" t="inlineStr" r="S73">
         <is>
           <t xml:space="preserve">CONCRETE TILE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T78">
+      <c s="4" t="inlineStr" r="T73">
         <is>
           <t xml:space="preserve">BUILT-IN</t>
         </is>
       </c>
-      <c s="5" r="U78">
+      <c s="5" r="U73">
         <v>484</v>
       </c>
-      <c s="4" t="inlineStr" r="V78">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X78">
+      <c s="4" t="inlineStr" r="V73">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W73">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X73">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y78">
+      <c s="4" t="inlineStr" r="Y73">
         <is>
           <t xml:space="preserve">NUD</t>
         </is>
       </c>
-      <c s="5" r="Z78">
+      <c s="5" r="Z73">
         <v>0.1289945</v>
       </c>
-      <c s="4" t="inlineStr" r="AA78">
+      <c s="4" t="inlineStr" r="AA73">
         <is>
           <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB78">
+      <c s="4" t="inlineStr" r="AB73">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC78">
+      <c s="4" t="inlineStr" r="AC73">
         <is>
           <t xml:space="preserve">2012 MANHATTAN BEACH BLVD STE 100</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD78">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE78">
+      <c s="4" t="inlineStr" r="AD73">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE73">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF78">
+      <c s="4" t="inlineStr" r="AF73">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG78">
+      <c s="4" t="inlineStr" r="AG73">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH78">
+      <c s="4" t="inlineStr" r="AH73">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI78">
+      <c s="4" t="inlineStr" r="AI73">
         <is>
           <t xml:space="preserve">89436</t>
         </is>
       </c>
     </row>
-    <row r="79" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A79">
+    <row r="74" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A74">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">520-244-14</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B79">
+      <c s="4" t="inlineStr" r="B74">
         <is>
           <t xml:space="preserve">6029 CIELO CIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C79">
+      <c s="4" t="inlineStr" r="C74">
         <is>
           <t xml:space="preserve">08/03/2023 </t>
         </is>
       </c>
-      <c s="5" r="D79">
+      <c s="5" r="D74">
         <v>9536</v>
       </c>
-      <c s="4" t="inlineStr" r="E79">
+      <c s="4" t="inlineStr" r="E74">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F79">
+      <c s="3" t="inlineStr" r="F74">
         <is>
           <t xml:space="preserve">5397062</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G79">
+      <c s="4" t="inlineStr" r="G74">
         <is>
           <t xml:space="preserve">BELLA VISTA WINGFIELD SPRINGS</t>
         </is>
       </c>
-      <c s="6" r="H79">
+      <c s="6" r="H74">
         <v>2004</v>
       </c>
-      <c s="6" r="I79">
+      <c s="6" r="I74">
         <v>2004</v>
       </c>
-      <c s="4" t="inlineStr" r="J79">
+      <c s="4" t="inlineStr" r="J74">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K79">
+      <c s="4" t="inlineStr" r="K74">
         <is>
           <t xml:space="preserve">2 Story</t>
         </is>
       </c>
-      <c s="5" r="L79">
+      <c s="5" r="L74">
         <v>2425</v>
       </c>
-      <c s="4" t="inlineStr" r="M79">
+      <c s="4" t="inlineStr" r="M74">
         <is>
           <t xml:space="preserve">Average-Good</t>
         </is>
       </c>
-      <c s="6" r="N79">
+      <c s="6" r="N74">
         <v>3</v>
       </c>
-      <c s="6" r="O79">
+      <c s="6" r="O74">
         <v>2</v>
       </c>
-      <c s="6" r="P79">
+      <c s="6" r="P74">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q79">
+      <c s="4" t="inlineStr" r="Q74">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R79">
+      <c s="4" t="inlineStr" r="R74">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S79">
+      <c s="4" t="inlineStr" r="S74">
         <is>
           <t xml:space="preserve">CONCRETE TILE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T79">
+      <c s="4" t="inlineStr" r="T74">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U79">
+      <c s="5" r="U74">
         <v>521</v>
       </c>
-      <c s="4" t="inlineStr" r="V79">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X79">
+      <c s="4" t="inlineStr" r="V74">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W74">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X74">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y79">
+      <c s="4" t="inlineStr" r="Y74">
         <is>
           <t xml:space="preserve">NUD</t>
         </is>
       </c>
-      <c s="5" r="Z79">
+      <c s="5" r="Z74">
         <v>0.1348944</v>
       </c>
-      <c s="4" t="inlineStr" r="AA79">
+      <c s="4" t="inlineStr" r="AA74">
         <is>
           <t xml:space="preserve">THUNDER PROPERTIES INC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB79">
+      <c s="4" t="inlineStr" r="AB74">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC79">
+      <c s="4" t="inlineStr" r="AC74">
         <is>
           <t xml:space="preserve">659 THIRD AVE STE A</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD79">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE79">
+      <c s="4" t="inlineStr" r="AD74">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE74">
         <is>
           <t xml:space="preserve">CHULA VISTA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF79">
+      <c s="4" t="inlineStr" r="AF74">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG79">
+      <c s="4" t="inlineStr" r="AG74">
         <is>
           <t xml:space="preserve">91910</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH79">
+      <c s="4" t="inlineStr" r="AH74">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI79">
+      <c s="4" t="inlineStr" r="AI74">
         <is>
           <t xml:space="preserve">89436</t>
         </is>
       </c>
     </row>
-    <row r="80" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A80">
+    <row r="75" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A75">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">524-172-12</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B80">
+      <c s="4" t="inlineStr" r="B75">
         <is>
           <t xml:space="preserve">3240 PERLA CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C80">
+      <c s="4" t="inlineStr" r="C75">
         <is>
           <t xml:space="preserve">08/03/2023 </t>
         </is>
       </c>
-      <c s="5" r="D80">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="E80">
+      <c s="5" r="D75">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="E75">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F80">
+      <c s="3" t="inlineStr" r="F75">
         <is>
           <t xml:space="preserve">5397060</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G80">
+      <c s="4" t="inlineStr" r="G75">
         <is>
           <t xml:space="preserve">CIMARRON UNIT 4</t>
         </is>
       </c>
-      <c s="6" r="H80">
+      <c s="6" r="H75">
         <v>1998</v>
       </c>
-      <c s="6" r="I80">
+      <c s="6" r="I75">
         <v>1998</v>
       </c>
-      <c s="4" t="inlineStr" r="J80">
+      <c s="4" t="inlineStr" r="J75">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K80">
+      <c s="4" t="inlineStr" r="K75">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L80">
+      <c s="5" r="L75">
         <v>2087</v>
       </c>
-      <c s="4" t="inlineStr" r="M80">
+      <c s="4" t="inlineStr" r="M75">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N80">
+      <c s="6" r="N75">
         <v>4</v>
       </c>
-      <c s="6" r="O80">
+      <c s="6" r="O75">
         <v>2</v>
       </c>
-      <c s="6" r="P80">
+      <c s="6" r="P75">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q80">
+      <c s="4" t="inlineStr" r="Q75">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R80">
+      <c s="4" t="inlineStr" r="R75">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S80">
+      <c s="4" t="inlineStr" r="S75">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T80">
+      <c s="4" t="inlineStr" r="T75">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U80">
+      <c s="5" r="U75">
         <v>726</v>
       </c>
-      <c s="4" t="inlineStr" r="V80">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X80">
+      <c s="4" t="inlineStr" r="V75">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W75">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X75">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y80">
+      <c s="4" t="inlineStr" r="Y75">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z80">
+      <c s="5" r="Z75">
         <v>0.207989</v>
       </c>
-      <c s="4" t="inlineStr" r="AA80">
+      <c s="4" t="inlineStr" r="AA75">
         <is>
           <t xml:space="preserve">THUNDER PROPERTIES INC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB80">
+      <c s="4" t="inlineStr" r="AB75">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC80">
+      <c s="4" t="inlineStr" r="AC75">
         <is>
           <t xml:space="preserve">659 THIRD AVE STE A</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD80">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE80">
+      <c s="4" t="inlineStr" r="AD75">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE75">
         <is>
           <t xml:space="preserve">CHULA VISTA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF80">
+      <c s="4" t="inlineStr" r="AF75">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG80">
+      <c s="4" t="inlineStr" r="AG75">
         <is>
           <t xml:space="preserve">91910</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH80">
+      <c s="4" t="inlineStr" r="AH75">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI80">
+      <c s="4" t="inlineStr" r="AI75">
         <is>
           <t xml:space="preserve">89436</t>
         </is>
       </c>
     </row>
-    <row r="81" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A81">
+    <row r="76" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A76">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">528-681-08</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B81">
+      <c s="4" t="inlineStr" r="B76">
         <is>
           <t xml:space="preserve">7348 OAKMONT LN</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C81">
+      <c s="4" t="inlineStr" r="C76">
         <is>
           <t xml:space="preserve">07/03/2025 </t>
         </is>
       </c>
-      <c s="5" r="D81">
+      <c s="5" r="D76">
         <v>9226</v>
       </c>
-      <c s="4" t="inlineStr" r="E81">
+      <c s="4" t="inlineStr" r="E76">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F81">
+      <c s="3" t="inlineStr" r="F76">
         <is>
           <t xml:space="preserve">5551230</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G81">
+      <c s="4" t="inlineStr" r="G76">
         <is>
           <t xml:space="preserve">STONEBROOK VILLAGE G2-A</t>
         </is>
       </c>
-      <c s="6" r="H81">
+      <c s="6" r="H76">
         <v>2022</v>
       </c>
-      <c s="6" r="I81">
+      <c s="6" r="I76">
         <v>2022</v>
       </c>
-      <c s="4" t="inlineStr" r="J81">
+      <c s="4" t="inlineStr" r="J76">
         <is>
           <t xml:space="preserve">Condo/Townhouse</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K81">
+      <c s="4" t="inlineStr" r="K76">
         <is>
           <t xml:space="preserve">1 Story End Unit</t>
         </is>
       </c>
-      <c s="5" r="L81">
+      <c s="5" r="L76">
         <v>1494</v>
       </c>
-      <c s="4" t="inlineStr" r="M81">
+      <c s="4" t="inlineStr" r="M76">
         <is>
           <t xml:space="preserve">Average-Good</t>
         </is>
       </c>
-      <c s="6" r="N81">
+      <c s="6" r="N76">
         <v>2</v>
       </c>
-      <c s="6" r="O81">
+      <c s="6" r="O76">
         <v>2</v>
       </c>
-      <c s="6" r="P81">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q81">
+      <c s="6" r="P76">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q76">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R81">
+      <c s="4" t="inlineStr" r="R76">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S81">
+      <c s="4" t="inlineStr" r="S76">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T81">
+      <c s="4" t="inlineStr" r="T76">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U81">
+      <c s="5" r="U76">
         <v>456</v>
       </c>
-      <c s="4" t="inlineStr" r="V81">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X81">
+      <c s="4" t="inlineStr" r="V76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W76">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X76">
         <is>
           <t xml:space="preserve">210</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y81">
+      <c s="4" t="inlineStr" r="Y76">
         <is>
           <t xml:space="preserve">NUD</t>
         </is>
       </c>
-      <c s="5" r="Z81">
+      <c s="5" r="Z76">
         <v>0.1041093</v>
       </c>
-      <c s="4" t="inlineStr" r="AA81">
+      <c s="4" t="inlineStr" r="AA76">
         <is>
           <t xml:space="preserve">CHAMPERY RENTAL REO LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB81">
+      <c s="4" t="inlineStr" r="AB76">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC81">
+      <c s="4" t="inlineStr" r="AC76">
         <is>
           <t xml:space="preserve">2015 MANHATTAN BEACH BLVD # 100</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD81">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE81">
+      <c s="4" t="inlineStr" r="AD76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE76">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF81">
+      <c s="4" t="inlineStr" r="AF76">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG81">
+      <c s="4" t="inlineStr" r="AG76">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH81">
+      <c s="4" t="inlineStr" r="AH76">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI81">
+      <c s="4" t="inlineStr" r="AI76">
         <is>
           <t xml:space="preserve">89436</t>
         </is>
       </c>
     </row>
-    <row r="82" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A82">
+    <row r="77" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A77">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">530-443-03</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B82">
+      <c s="4" t="inlineStr" r="B77">
         <is>
           <t xml:space="preserve">1359 NIGHTINGALE WAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C82">
+      <c s="4" t="inlineStr" r="C77">
         <is>
           <t xml:space="preserve">05/22/2025 </t>
         </is>
       </c>
-      <c s="5" r="D82">
+      <c s="5" r="D77">
         <v>478100</v>
       </c>
-      <c s="4" t="inlineStr" r="E82">
+      <c s="4" t="inlineStr" r="E77">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F82">
+      <c s="3" t="inlineStr" r="F77">
         <is>
           <t xml:space="preserve">5541229</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G82">
+      <c s="4" t="inlineStr" r="G77">
         <is>
           <t xml:space="preserve">EAGLE CANYON UNIT 4</t>
         </is>
       </c>
-      <c s="6" r="H82">
+      <c s="6" r="H77">
         <v>2001</v>
       </c>
-      <c s="6" r="I82">
+      <c s="6" r="I77">
         <v>2001</v>
       </c>
-      <c s="4" t="inlineStr" r="J82">
+      <c s="4" t="inlineStr" r="J77">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K82">
+      <c s="4" t="inlineStr" r="K77">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L82">
+      <c s="5" r="L77">
         <v>1775</v>
       </c>
-      <c s="4" t="inlineStr" r="M82">
+      <c s="4" t="inlineStr" r="M77">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N82">
+      <c s="6" r="N77">
         <v>3</v>
       </c>
-      <c s="6" r="O82">
+      <c s="6" r="O77">
         <v>2</v>
       </c>
-      <c s="6" r="P82">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q82">
+      <c s="6" r="P77">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q77">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R82">
+      <c s="4" t="inlineStr" r="R77">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S82">
+      <c s="4" t="inlineStr" r="S77">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T82">
+      <c s="4" t="inlineStr" r="T77">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U82">
+      <c s="5" r="U77">
         <v>653</v>
       </c>
-      <c s="4" t="inlineStr" r="V82">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X82">
+      <c s="4" t="inlineStr" r="V77">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W77">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X77">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y82">
+      <c s="4" t="inlineStr" r="Y77">
         <is>
           <t xml:space="preserve">MDS</t>
         </is>
       </c>
-      <c s="5" r="Z82">
+      <c s="5" r="Z77">
         <v>0.2800046</v>
       </c>
-      <c s="4" t="inlineStr" r="AA82">
+      <c s="4" t="inlineStr" r="AA77">
         <is>
           <t xml:space="preserve">ARIF, FAHAD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB82">
+      <c s="4" t="inlineStr" r="AB77">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC82">
+      <c s="4" t="inlineStr" r="AC77">
         <is>
           <t xml:space="preserve">5395 LADYBUG CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD82">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE82">
+      <c s="4" t="inlineStr" r="AD77">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE77">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF82">
+      <c s="4" t="inlineStr" r="AF77">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG82">
+      <c s="4" t="inlineStr" r="AG77">
         <is>
           <t xml:space="preserve">89523</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH82">
+      <c s="4" t="inlineStr" r="AH77">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI82">
+      <c s="4" t="inlineStr" r="AI77">
         <is>
           <t xml:space="preserve">89441</t>
         </is>
       </c>
     </row>
-    <row r="83" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A83">
+    <row r="78" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A78">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">534-062-07</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B83">
+      <c s="4" t="inlineStr" r="B78">
         <is>
           <t xml:space="preserve">85 E SKY RANCH BLVD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C83">
+      <c s="4" t="inlineStr" r="C78">
         <is>
           <t xml:space="preserve">04/16/2025 </t>
         </is>
       </c>
-      <c s="5" r="D83">
+      <c s="5" r="D78">
         <v>425000</v>
       </c>
-      <c s="4" t="inlineStr" r="E83">
+      <c s="4" t="inlineStr" r="E78">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F83">
+      <c s="3" t="inlineStr" r="F78">
         <is>
           <t xml:space="preserve">5532585</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G83">
+      <c s="4" t="inlineStr" r="G78">
         <is>
           <t xml:space="preserve">SKY RANCH 1A</t>
         </is>
       </c>
-      <c s="6" r="H83">
+      <c s="6" r="H78">
         <v>1983</v>
       </c>
-      <c s="6" r="I83">
+      <c s="6" r="I78">
         <v>1983</v>
       </c>
-      <c s="4" t="inlineStr" r="J83">
+      <c s="4" t="inlineStr" r="J78">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K83">
+      <c s="4" t="inlineStr" r="K78">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L83">
+      <c s="5" r="L78">
         <v>1512</v>
       </c>
-      <c s="4" t="inlineStr" r="M83">
+      <c s="4" t="inlineStr" r="M78">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N83">
+      <c s="6" r="N78">
         <v>3</v>
       </c>
-      <c s="6" r="O83">
+      <c s="6" r="O78">
         <v>2</v>
       </c>
-      <c s="6" r="P83">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q83">
+      <c s="6" r="P78">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q78">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R83">
+      <c s="4" t="inlineStr" r="R78">
         <is>
           <t xml:space="preserve">PLYWOOD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S83">
+      <c s="4" t="inlineStr" r="S78">
         <is>
           <t xml:space="preserve">WOOD SHAKE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T83">
+      <c s="4" t="inlineStr" r="T78">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U83">
+      <c s="5" r="U78">
         <v>720</v>
       </c>
-      <c s="4" t="inlineStr" r="V83">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X83">
+      <c s="4" t="inlineStr" r="V78">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W78">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X78">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y83">
+      <c s="4" t="inlineStr" r="Y78">
         <is>
           <t xml:space="preserve">LDS</t>
         </is>
       </c>
-      <c s="5" r="Z83">
+      <c s="5" r="Z78">
         <v>1.001997</v>
       </c>
-      <c s="4" t="inlineStr" r="AA83">
+      <c s="4" t="inlineStr" r="AA78">
         <is>
           <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB83">
+      <c s="4" t="inlineStr" r="AB78">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC83">
+      <c s="4" t="inlineStr" r="AC78">
         <is>
           <t xml:space="preserve">2015 MANHATTAN BEACH BLVD STE 100</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD83">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE83">
+      <c s="4" t="inlineStr" r="AD78">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE78">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF83">
+      <c s="4" t="inlineStr" r="AF78">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG83">
+      <c s="4" t="inlineStr" r="AG78">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH83">
+      <c s="4" t="inlineStr" r="AH78">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI83">
+      <c s="4" t="inlineStr" r="AI78">
         <is>
           <t xml:space="preserve">89441</t>
         </is>
       </c>
     </row>
-    <row r="84" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A84">
+    <row r="79" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A79">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">550-364-12</t>
+          </r>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="B79">
+        <is>
+          <t xml:space="preserve">9561 BLACK BEAR DR</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="C79">
+        <is>
+          <t xml:space="preserve">11/19/2025 </t>
+        </is>
+      </c>
+      <c s="5" r="D79">
+        <v>371656</v>
+      </c>
+      <c s="4" t="inlineStr" r="E79">
+        <is>
+          <t xml:space="preserve">3BF</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="F79">
+        <is>
+          <t xml:space="preserve">5582856</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G79">
+        <is>
+          <t xml:space="preserve">SKY VISTA VILLAGE 12</t>
+        </is>
+      </c>
+      <c s="6" r="H79">
+        <v>2001</v>
+      </c>
+      <c s="6" r="I79">
+        <v>2001</v>
+      </c>
+      <c s="4" t="inlineStr" r="J79">
+        <is>
+          <t xml:space="preserve">Single Family Residence</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K79">
+        <is>
+          <t xml:space="preserve">2 Story</t>
+        </is>
+      </c>
+      <c s="5" r="L79">
+        <v>2122</v>
+      </c>
+      <c s="4" t="inlineStr" r="M79">
+        <is>
+          <t xml:space="preserve">Fair-Average</t>
+        </is>
+      </c>
+      <c s="6" r="N79">
+        <v>4</v>
+      </c>
+      <c s="6" r="O79">
+        <v>2</v>
+      </c>
+      <c s="6" r="P79">
+        <v>1</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q79">
+        <is>
+          <t xml:space="preserve">FA/AC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R79">
+        <is>
+          <t xml:space="preserve">HARDBOARD ON FRAME</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S79">
+        <is>
+          <t xml:space="preserve">COMPOSITION SHINGLE</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T79">
+        <is>
+          <t xml:space="preserve">BUILT-IN</t>
+        </is>
+      </c>
+      <c s="5" r="U79">
+        <v>852</v>
+      </c>
+      <c s="4" t="inlineStr" r="V79">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W79">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X79">
+        <is>
+          <t xml:space="preserve">200</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="Y79">
+        <is>
+          <t xml:space="preserve">PD</t>
+        </is>
+      </c>
+      <c s="5" r="Z79">
+        <v>0.1890037</v>
+      </c>
+      <c s="4" t="inlineStr" r="AA79">
+        <is>
+          <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AB79">
+        <is>
+          <t xml:space="preserve">NO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AC79">
+        <is>
+          <t xml:space="preserve">2015 MANHATTAN BEACH BLVD</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AD79">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE79">
+        <is>
+          <t xml:space="preserve">REDONDO BEACH</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AF79">
+        <is>
+          <t xml:space="preserve">CA</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AG79">
+        <is>
+          <t xml:space="preserve">90278</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AH79">
+        <is>
+          <t xml:space="preserve">1000</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AI79">
+        <is>
+          <t xml:space="preserve">89506</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A80">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">550-523-20</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B84">
+      <c s="4" t="inlineStr" r="B80">
         <is>
           <t xml:space="preserve">9265 LONE WOLF CIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C84">
+      <c s="4" t="inlineStr" r="C80">
         <is>
           <t xml:space="preserve">01/24/2025 </t>
         </is>
       </c>
-      <c s="5" r="D84">
+      <c s="5" r="D80">
         <v>14877</v>
       </c>
-      <c s="4" t="inlineStr" r="E84">
+      <c s="4" t="inlineStr" r="E80">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F84">
+      <c s="3" t="inlineStr" r="F80">
         <is>
           <t xml:space="preserve">5514196</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G84">
+      <c s="4" t="inlineStr" r="G80">
         <is>
           <t xml:space="preserve">VILLAS AT SKY VISTA PHASE 1</t>
         </is>
       </c>
-      <c s="6" r="H84">
+      <c s="6" r="H80">
         <v>2004</v>
       </c>
-      <c s="6" r="I84">
+      <c s="6" r="I80">
         <v>2004</v>
       </c>
-      <c s="4" t="inlineStr" r="J84">
+      <c s="4" t="inlineStr" r="J80">
         <is>
           <t xml:space="preserve">Condo/Townhouse</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K84">
+      <c s="4" t="inlineStr" r="K80">
         <is>
           <t xml:space="preserve">2 Story End Unit</t>
         </is>
       </c>
-      <c s="5" r="L84">
+      <c s="5" r="L80">
         <v>1120</v>
       </c>
-      <c s="4" t="inlineStr" r="M84">
+      <c s="4" t="inlineStr" r="M80">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N84">
+      <c s="6" r="N80">
         <v>2</v>
       </c>
-      <c s="6" r="O84">
+      <c s="6" r="O80">
         <v>1</v>
       </c>
-      <c s="6" r="P84">
+      <c s="6" r="P80">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q84">
+      <c s="4" t="inlineStr" r="Q80">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R84">
+      <c s="4" t="inlineStr" r="R80">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S84">
+      <c s="4" t="inlineStr" r="S80">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T84">
+      <c s="4" t="inlineStr" r="T80">
         <is>
           <t xml:space="preserve">BUILT-IN</t>
         </is>
       </c>
-      <c s="5" r="U84">
+      <c s="5" r="U80">
         <v>231</v>
       </c>
-      <c s="4" t="inlineStr" r="V84">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X84">
+      <c s="4" t="inlineStr" r="V80">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W80">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X80">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y84">
+      <c s="4" t="inlineStr" r="Y80">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z84">
+      <c s="5" r="Z80">
         <v>0.05640496</v>
       </c>
-      <c s="4" t="inlineStr" r="AA84">
+      <c s="4" t="inlineStr" r="AA80">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB84">
+      <c s="4" t="inlineStr" r="AB80">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC84">
+      <c s="4" t="inlineStr" r="AC80">
         <is>
           <t xml:space="preserve">3500 LAKESIDE CT # 212B</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD84">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE84">
+      <c s="4" t="inlineStr" r="AD80">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE80">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF84">
+      <c s="4" t="inlineStr" r="AF80">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG84">
+      <c s="4" t="inlineStr" r="AG80">
         <is>
           <t xml:space="preserve">89509</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH84">
+      <c s="4" t="inlineStr" r="AH80">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI84">
+      <c s="4" t="inlineStr" r="AI80">
         <is>
           <t xml:space="preserve">89506</t>
         </is>
       </c>
     </row>
-    <row r="85" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A85">
+    <row r="81" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A81">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">556-010-01</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B85">
+      <c s="4" t="inlineStr" r="B81">
         <is>
           <t xml:space="preserve">0 RED ROCK RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C85">
+      <c s="4" t="inlineStr" r="C81">
         <is>
           <t xml:space="preserve">02/15/2023 </t>
         </is>
       </c>
-      <c s="5" r="D85">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="E85">
+      <c s="5" r="D81">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="E81">
         <is>
           <t xml:space="preserve">3NTT</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F85">
+      <c s="3" t="inlineStr" r="F81">
         <is>
           <t xml:space="preserve">5363497</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G85">
+      <c s="4" t="inlineStr" r="G81">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H85">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X85">
+      <c s="6" r="H81">
+        <v>0</v>
+      </c>
+      <c s="6" r="I81">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L81"/>
+      <c s="4" t="inlineStr" r="M81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N81">
+        <v>0</v>
+      </c>
+      <c s="6" r="O81">
+        <v>0</v>
+      </c>
+      <c s="6" r="P81">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U81">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W81">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X81">
         <is>
           <t xml:space="preserve">120</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y85">
+      <c s="4" t="inlineStr" r="Y81">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z85">
+      <c s="5" r="Z81">
         <v>41.482</v>
       </c>
-      <c s="4" t="inlineStr" r="AA85">
+      <c s="4" t="inlineStr" r="AA81">
         <is>
           <t xml:space="preserve">WALLACH 1 &amp; 2 LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB85">
+      <c s="4" t="inlineStr" r="AB81">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC85">
+      <c s="4" t="inlineStr" r="AC81">
         <is>
           <t xml:space="preserve">PO BOX 5667</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD85">
+      <c s="4" t="inlineStr" r="AD81">
         <is>
           <t xml:space="preserve">ATTN: ROBERT C ELIAS</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE85">
+      <c s="4" t="inlineStr" r="AE81">
         <is>
           <t xml:space="preserve">INCLINE VILLAGE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF85">
+      <c s="4" t="inlineStr" r="AF81">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG85">
+      <c s="4" t="inlineStr" r="AG81">
         <is>
           <t xml:space="preserve">89450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH85">
+      <c s="4" t="inlineStr" r="AH81">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI85">
+      <c s="4" t="inlineStr" r="AI81">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="86" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A86">
+    <row r="82" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A82">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">556-010-02</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B86">
+      <c s="4" t="inlineStr" r="B82">
         <is>
           <t xml:space="preserve">0 RED ROCK RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C86">
+      <c s="4" t="inlineStr" r="C82">
         <is>
           <t xml:space="preserve">02/15/2023 </t>
         </is>
       </c>
-      <c s="5" r="D86">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="E86">
+      <c s="5" r="D82">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="E82">
         <is>
           <t xml:space="preserve">3NTT</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F86">
+      <c s="3" t="inlineStr" r="F82">
         <is>
           <t xml:space="preserve">5363497</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G86">
+      <c s="4" t="inlineStr" r="G82">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H86">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X86">
+      <c s="6" r="H82">
+        <v>0</v>
+      </c>
+      <c s="6" r="I82">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J82">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K82">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L82"/>
+      <c s="4" t="inlineStr" r="M82">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N82">
+        <v>0</v>
+      </c>
+      <c s="6" r="O82">
+        <v>0</v>
+      </c>
+      <c s="6" r="P82">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q82">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R82">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S82">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T82">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U82">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V82">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W82">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X82">
         <is>
           <t xml:space="preserve">120</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y86">
+      <c s="4" t="inlineStr" r="Y82">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z86">
+      <c s="5" r="Z82">
         <v>40.195</v>
       </c>
-      <c s="4" t="inlineStr" r="AA86">
+      <c s="4" t="inlineStr" r="AA82">
         <is>
           <t xml:space="preserve">WALLACH 1 &amp; 2 LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB86">
+      <c s="4" t="inlineStr" r="AB82">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC86">
+      <c s="4" t="inlineStr" r="AC82">
         <is>
           <t xml:space="preserve">PO BOX 5667</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD86">
+      <c s="4" t="inlineStr" r="AD82">
         <is>
           <t xml:space="preserve">ATTN: ROBERT C ELIAS</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE86">
+      <c s="4" t="inlineStr" r="AE82">
         <is>
           <t xml:space="preserve">INCLINE VILLAGE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF86">
+      <c s="4" t="inlineStr" r="AF82">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG86">
+      <c s="4" t="inlineStr" r="AG82">
         <is>
           <t xml:space="preserve">89450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH86">
+      <c s="4" t="inlineStr" r="AH82">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI86">
+      <c s="4" t="inlineStr" r="AI82">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="87" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A87">
+    <row r="83" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A83">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">556-010-03</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B87">
+      <c s="4" t="inlineStr" r="B83">
         <is>
           <t xml:space="preserve">0 RED ROCK RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C87">
+      <c s="4" t="inlineStr" r="C83">
         <is>
           <t xml:space="preserve">02/15/2023 </t>
         </is>
       </c>
-      <c s="5" r="D87">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="E87">
+      <c s="5" r="D83">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="E83">
         <is>
           <t xml:space="preserve">3NTT</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F87">
+      <c s="3" t="inlineStr" r="F83">
         <is>
           <t xml:space="preserve">5363497</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G87">
+      <c s="4" t="inlineStr" r="G83">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H87">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X87">
+      <c s="6" r="H83">
+        <v>0</v>
+      </c>
+      <c s="6" r="I83">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J83">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K83">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L83"/>
+      <c s="4" t="inlineStr" r="M83">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N83">
+        <v>0</v>
+      </c>
+      <c s="6" r="O83">
+        <v>0</v>
+      </c>
+      <c s="6" r="P83">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q83">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R83">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S83">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T83">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U83">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V83">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W83">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X83">
         <is>
           <t xml:space="preserve">120</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y87">
+      <c s="4" t="inlineStr" r="Y83">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z87">
+      <c s="5" r="Z83">
         <v>40.191</v>
       </c>
-      <c s="4" t="inlineStr" r="AA87">
+      <c s="4" t="inlineStr" r="AA83">
         <is>
           <t xml:space="preserve">WALLACH 1 &amp; 2 LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB87">
+      <c s="4" t="inlineStr" r="AB83">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC87">
+      <c s="4" t="inlineStr" r="AC83">
         <is>
           <t xml:space="preserve">PO BOX 5667</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD87">
+      <c s="4" t="inlineStr" r="AD83">
         <is>
           <t xml:space="preserve">ATTN: ROBERT C ELIAS</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE87">
+      <c s="4" t="inlineStr" r="AE83">
         <is>
           <t xml:space="preserve">INCLINE VILLAGE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF87">
+      <c s="4" t="inlineStr" r="AF83">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG87">
+      <c s="4" t="inlineStr" r="AG83">
         <is>
           <t xml:space="preserve">89450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH87">
+      <c s="4" t="inlineStr" r="AH83">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI87">
+      <c s="4" t="inlineStr" r="AI83">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="88" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A88">
+    <row r="84" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A84">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">556-010-04</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B88">
+      <c s="4" t="inlineStr" r="B84">
         <is>
           <t xml:space="preserve">0 RED ROCK RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C88">
+      <c s="4" t="inlineStr" r="C84">
         <is>
           <t xml:space="preserve">02/15/2023 </t>
         </is>
       </c>
-      <c s="5" r="D88">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="E88">
+      <c s="5" r="D84">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="E84">
         <is>
           <t xml:space="preserve">3NTT</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F88">
+      <c s="3" t="inlineStr" r="F84">
         <is>
           <t xml:space="preserve">5363497</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G88">
+      <c s="4" t="inlineStr" r="G84">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H88">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X88">
+      <c s="6" r="H84">
+        <v>0</v>
+      </c>
+      <c s="6" r="I84">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L84"/>
+      <c s="4" t="inlineStr" r="M84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N84">
+        <v>0</v>
+      </c>
+      <c s="6" r="O84">
+        <v>0</v>
+      </c>
+      <c s="6" r="P84">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U84">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W84">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X84">
         <is>
           <t xml:space="preserve">120</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y88">
+      <c s="4" t="inlineStr" r="Y84">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z88">
+      <c s="5" r="Z84">
         <v>40.104</v>
       </c>
-      <c s="4" t="inlineStr" r="AA88">
+      <c s="4" t="inlineStr" r="AA84">
         <is>
           <t xml:space="preserve">WALLACH 1 &amp; 2 LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB88">
+      <c s="4" t="inlineStr" r="AB84">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC88">
+      <c s="4" t="inlineStr" r="AC84">
         <is>
           <t xml:space="preserve">PO BOX 5667</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD88">
+      <c s="4" t="inlineStr" r="AD84">
         <is>
           <t xml:space="preserve">ATTN: ROBERT C ELIAS</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE88">
+      <c s="4" t="inlineStr" r="AE84">
         <is>
           <t xml:space="preserve">INCLINE VILLAGE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF88">
+      <c s="4" t="inlineStr" r="AF84">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG88">
+      <c s="4" t="inlineStr" r="AG84">
         <is>
           <t xml:space="preserve">89450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH88">
+      <c s="4" t="inlineStr" r="AH84">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI88">
+      <c s="4" t="inlineStr" r="AI84">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="89" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A89">
+    <row r="85" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A85">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">556-010-05</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B89">
+      <c s="4" t="inlineStr" r="B85">
         <is>
           <t xml:space="preserve">0 RED ROCK RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C89">
+      <c s="4" t="inlineStr" r="C85">
         <is>
           <t xml:space="preserve">02/15/2023 </t>
         </is>
       </c>
-      <c s="5" r="D89">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="E89">
+      <c s="5" r="D85">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="E85">
         <is>
           <t xml:space="preserve">3NTT</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F89">
+      <c s="3" t="inlineStr" r="F85">
         <is>
           <t xml:space="preserve">5363497</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G89">
+      <c s="4" t="inlineStr" r="G85">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H89">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X89">
+      <c s="6" r="H85">
+        <v>0</v>
+      </c>
+      <c s="6" r="I85">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J85">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K85">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L85"/>
+      <c s="4" t="inlineStr" r="M85">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N85">
+        <v>0</v>
+      </c>
+      <c s="6" r="O85">
+        <v>0</v>
+      </c>
+      <c s="6" r="P85">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q85">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R85">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S85">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T85">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U85">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V85">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W85">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X85">
         <is>
           <t xml:space="preserve">120</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y89">
+      <c s="4" t="inlineStr" r="Y85">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z89">
+      <c s="5" r="Z85">
         <v>477.476</v>
       </c>
-      <c s="4" t="inlineStr" r="AA89">
+      <c s="4" t="inlineStr" r="AA85">
         <is>
           <t xml:space="preserve">WALLACH 1 &amp; 2 LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB89">
+      <c s="4" t="inlineStr" r="AB85">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC89">
+      <c s="4" t="inlineStr" r="AC85">
         <is>
           <t xml:space="preserve">PO BOX 5667</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD89">
+      <c s="4" t="inlineStr" r="AD85">
         <is>
           <t xml:space="preserve">ATTN: ROBERT C ELIAS</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE89">
+      <c s="4" t="inlineStr" r="AE85">
         <is>
           <t xml:space="preserve">INCLINE VILLAGE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF89">
+      <c s="4" t="inlineStr" r="AF85">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG89">
+      <c s="4" t="inlineStr" r="AG85">
         <is>
           <t xml:space="preserve">89450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH89">
+      <c s="4" t="inlineStr" r="AH85">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI89">
+      <c s="4" t="inlineStr" r="AI85">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="90" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A90">
+    <row r="86" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A86">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">556-251-17</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B90">
+      <c s="4" t="inlineStr" r="B86">
         <is>
           <t xml:space="preserve">17710 FAIRFAX CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C90">
+      <c s="4" t="inlineStr" r="C86">
         <is>
           <t xml:space="preserve">02/13/2025 </t>
         </is>
       </c>
-      <c s="5" r="D90">
+      <c s="5" r="D86">
         <v>333660</v>
       </c>
-      <c s="4" t="inlineStr" r="E90">
+      <c s="4" t="inlineStr" r="E86">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F90">
+      <c s="3" t="inlineStr" r="F86">
         <is>
           <t xml:space="preserve">5518812</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G90">
+      <c s="4" t="inlineStr" r="G86">
         <is>
           <t xml:space="preserve">WOODLAND VILLAGE PHASE 8</t>
         </is>
       </c>
-      <c s="6" r="H90">
+      <c s="6" r="H86">
         <v>2003</v>
       </c>
-      <c s="6" r="I90">
+      <c s="6" r="I86">
         <v>2003</v>
       </c>
-      <c s="4" t="inlineStr" r="J90">
+      <c s="4" t="inlineStr" r="J86">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K90">
+      <c s="4" t="inlineStr" r="K86">
         <is>
           <t xml:space="preserve">2 Story</t>
         </is>
       </c>
-      <c s="5" r="L90">
+      <c s="5" r="L86">
         <v>1624</v>
       </c>
-      <c s="4" t="inlineStr" r="M90">
+      <c s="4" t="inlineStr" r="M86">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N90">
+      <c s="6" r="N86">
         <v>3</v>
       </c>
-      <c s="6" r="O90">
+      <c s="6" r="O86">
         <v>2</v>
       </c>
-      <c s="6" r="P90">
+      <c s="6" r="P86">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q90">
+      <c s="4" t="inlineStr" r="Q86">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R90">
+      <c s="4" t="inlineStr" r="R86">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S90">
+      <c s="4" t="inlineStr" r="S86">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T90">
+      <c s="4" t="inlineStr" r="T86">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U90">
+      <c s="5" r="U86">
         <v>400</v>
       </c>
-      <c s="4" t="inlineStr" r="V90">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X90">
+      <c s="4" t="inlineStr" r="V86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W86">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X86">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y90">
+      <c s="4" t="inlineStr" r="Y86">
         <is>
           <t xml:space="preserve">MDS</t>
         </is>
       </c>
-      <c s="5" r="Z90">
+      <c s="5" r="Z86">
         <v>0.1461662</v>
       </c>
-      <c s="4" t="inlineStr" r="AA90">
+      <c s="4" t="inlineStr" r="AA86">
         <is>
           <t xml:space="preserve">WELLS FARGO BANK NA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB90">
+      <c s="4" t="inlineStr" r="AB86">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC90">
+      <c s="4" t="inlineStr" r="AC86">
         <is>
           <t xml:space="preserve">PO BOX 24605</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD90">
+      <c s="4" t="inlineStr" r="AD86">
         <is>
           <t xml:space="preserve">C/O PHH MORTGAGE CORPORATION</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE90">
+      <c s="4" t="inlineStr" r="AE86">
         <is>
           <t xml:space="preserve">WEST PALM BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF90">
+      <c s="4" t="inlineStr" r="AF86">
         <is>
           <t xml:space="preserve">FL</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG90">
+      <c s="4" t="inlineStr" r="AG86">
         <is>
           <t xml:space="preserve">33416</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH90">
+      <c s="4" t="inlineStr" r="AH86">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI90">
+      <c s="4" t="inlineStr" r="AI86">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="91" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A91">
+    <row r="87" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A87">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">568-201-17</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B91">
+      <c s="4" t="inlineStr" r="B87">
         <is>
           <t xml:space="preserve">636 COYOTE BLUFF CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C91">
+      <c s="4" t="inlineStr" r="C87">
         <is>
           <t xml:space="preserve">08/08/2025 </t>
         </is>
       </c>
-      <c s="5" r="D91">
+      <c s="5" r="D87">
         <v>338261</v>
       </c>
-      <c s="4" t="inlineStr" r="E91">
+      <c s="4" t="inlineStr" r="E87">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F91">
+      <c s="3" t="inlineStr" r="F87">
         <is>
           <t xml:space="preserve">5560308</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G91">
+      <c s="4" t="inlineStr" r="G87">
         <is>
           <t xml:space="preserve">STONEFIELD PHASE 4 VILLAGE 3B</t>
         </is>
       </c>
-      <c s="6" r="H91">
+      <c s="6" r="H87">
         <v>2023</v>
       </c>
-      <c s="6" r="I91">
+      <c s="6" r="I87">
         <v>2023</v>
       </c>
-      <c s="4" t="inlineStr" r="J91">
+      <c s="4" t="inlineStr" r="J87">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K91">
+      <c s="4" t="inlineStr" r="K87">
         <is>
           <t xml:space="preserve">2 Story</t>
         </is>
       </c>
-      <c s="5" r="L91">
+      <c s="5" r="L87">
         <v>1710</v>
       </c>
-      <c s="4" t="inlineStr" r="M91">
+      <c s="4" t="inlineStr" r="M87">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N91">
+      <c s="6" r="N87">
         <v>3</v>
       </c>
-      <c s="6" r="O91">
+      <c s="6" r="O87">
         <v>2</v>
       </c>
-      <c s="6" r="P91">
+      <c s="6" r="P87">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q91">
+      <c s="4" t="inlineStr" r="Q87">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R91">
+      <c s="4" t="inlineStr" r="R87">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S91">
+      <c s="4" t="inlineStr" r="S87">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T91">
+      <c s="4" t="inlineStr" r="T87">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U91">
+      <c s="5" r="U87">
         <v>400</v>
       </c>
-      <c s="4" t="inlineStr" r="V91">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X91">
+      <c s="4" t="inlineStr" r="V87">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W87">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X87">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y91">
+      <c s="4" t="inlineStr" r="Y87">
         <is>
           <t xml:space="preserve">SF11</t>
         </is>
       </c>
-      <c s="5" r="Z91">
+      <c s="5" r="Z87">
         <v>0.1309458</v>
       </c>
-      <c s="4" t="inlineStr" r="AA91">
+      <c s="4" t="inlineStr" r="AA87">
         <is>
           <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB91">
+      <c s="4" t="inlineStr" r="AB87">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC91">
+      <c s="4" t="inlineStr" r="AC87">
         <is>
           <t xml:space="preserve">2015 MANHATTAN BEACH BLVD STE 100</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD91">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE91">
+      <c s="4" t="inlineStr" r="AD87">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE87">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF91">
+      <c s="4" t="inlineStr" r="AF87">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG91">
+      <c s="4" t="inlineStr" r="AG87">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH91">
+      <c s="4" t="inlineStr" r="AH87">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI91">
+      <c s="4" t="inlineStr" r="AI87">
         <is>
           <t xml:space="preserve">89506</t>
         </is>
       </c>
     </row>
-    <row r="92" ht="127.5" customHeight="1"/>
+    <row r="88" ht="127.5" customHeight="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AI1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId7"/>
     <hyperlink ref="F3" r:id="rId8"/>
     <hyperlink ref="A4" r:id="rId9"/>
     <hyperlink ref="F4" r:id="rId10"/>
     <hyperlink ref="A5" r:id="rId11"/>
     <hyperlink ref="F5" r:id="rId12"/>
     <hyperlink ref="A6" r:id="rId13"/>
     <hyperlink ref="F6" r:id="rId14"/>
     <hyperlink ref="A7" r:id="rId15"/>
     <hyperlink ref="F7" r:id="rId16"/>
     <hyperlink ref="A8" r:id="rId17"/>
     <hyperlink ref="F8" r:id="rId18"/>
     <hyperlink ref="A9" r:id="rId19"/>
     <hyperlink ref="F9" r:id="rId20"/>
     <hyperlink ref="A10" r:id="rId21"/>
     <hyperlink ref="F10" r:id="rId22"/>
     <hyperlink ref="A11" r:id="rId23"/>
     <hyperlink ref="F11" r:id="rId24"/>
     <hyperlink ref="A12" r:id="rId25"/>
-    <hyperlink ref="F12" r:id="rId24"/>
-[...7 lines deleted...]
-    <hyperlink ref="F16" r:id="rId30"/>
+    <hyperlink ref="F12" r:id="rId26"/>
+    <hyperlink ref="A13" r:id="rId27"/>
+    <hyperlink ref="F13" r:id="rId26"/>
+    <hyperlink ref="A14" r:id="rId28"/>
+    <hyperlink ref="F14" r:id="rId26"/>
+    <hyperlink ref="A15" r:id="rId29"/>
+    <hyperlink ref="F15" r:id="rId26"/>
+    <hyperlink ref="A16" r:id="rId30"/>
+    <hyperlink ref="F16" r:id="rId26"/>
     <hyperlink ref="A17" r:id="rId31"/>
     <hyperlink ref="F17" r:id="rId32"/>
     <hyperlink ref="A18" r:id="rId33"/>
     <hyperlink ref="F18" r:id="rId34"/>
     <hyperlink ref="A19" r:id="rId35"/>
     <hyperlink ref="F19" r:id="rId36"/>
     <hyperlink ref="A20" r:id="rId37"/>
     <hyperlink ref="F20" r:id="rId38"/>
     <hyperlink ref="A21" r:id="rId39"/>
     <hyperlink ref="F21" r:id="rId40"/>
     <hyperlink ref="A22" r:id="rId41"/>
     <hyperlink ref="F22" r:id="rId42"/>
     <hyperlink ref="A23" r:id="rId43"/>
     <hyperlink ref="F23" r:id="rId44"/>
     <hyperlink ref="A24" r:id="rId45"/>
     <hyperlink ref="F24" r:id="rId46"/>
     <hyperlink ref="A25" r:id="rId47"/>
     <hyperlink ref="F25" r:id="rId48"/>
     <hyperlink ref="A26" r:id="rId49"/>
     <hyperlink ref="F26" r:id="rId50"/>
     <hyperlink ref="A27" r:id="rId51"/>
     <hyperlink ref="F27" r:id="rId52"/>
     <hyperlink ref="A28" r:id="rId53"/>
     <hyperlink ref="F28" r:id="rId54"/>
     <hyperlink ref="A29" r:id="rId55"/>
     <hyperlink ref="F29" r:id="rId56"/>
     <hyperlink ref="A30" r:id="rId57"/>
     <hyperlink ref="F30" r:id="rId58"/>
     <hyperlink ref="A31" r:id="rId59"/>
     <hyperlink ref="F31" r:id="rId60"/>
     <hyperlink ref="A32" r:id="rId61"/>
     <hyperlink ref="F32" r:id="rId62"/>
     <hyperlink ref="A33" r:id="rId63"/>
     <hyperlink ref="F33" r:id="rId64"/>
     <hyperlink ref="A34" r:id="rId65"/>
     <hyperlink ref="F34" r:id="rId66"/>
     <hyperlink ref="A35" r:id="rId67"/>
     <hyperlink ref="F35" r:id="rId68"/>
     <hyperlink ref="A36" r:id="rId69"/>
     <hyperlink ref="F36" r:id="rId70"/>
     <hyperlink ref="A37" r:id="rId71"/>
     <hyperlink ref="F37" r:id="rId72"/>
     <hyperlink ref="A38" r:id="rId73"/>
     <hyperlink ref="F38" r:id="rId74"/>
     <hyperlink ref="A39" r:id="rId75"/>
-    <hyperlink ref="F39" r:id="rId76"/>
-[...2 lines deleted...]
-    <hyperlink ref="A41" r:id="rId79"/>
+    <hyperlink ref="F39" r:id="rId74"/>
+    <hyperlink ref="A40" r:id="rId76"/>
+    <hyperlink ref="F40" r:id="rId74"/>
+    <hyperlink ref="A41" r:id="rId77"/>
     <hyperlink ref="F41" r:id="rId78"/>
-    <hyperlink ref="A42" r:id="rId80"/>
-    <hyperlink ref="F42" r:id="rId78"/>
+    <hyperlink ref="A42" r:id="rId79"/>
+    <hyperlink ref="F42" r:id="rId80"/>
     <hyperlink ref="A43" r:id="rId81"/>
     <hyperlink ref="F43" r:id="rId82"/>
     <hyperlink ref="A44" r:id="rId83"/>
     <hyperlink ref="F44" r:id="rId84"/>
     <hyperlink ref="A45" r:id="rId85"/>
     <hyperlink ref="F45" r:id="rId86"/>
     <hyperlink ref="A46" r:id="rId87"/>
     <hyperlink ref="F46" r:id="rId88"/>
     <hyperlink ref="A47" r:id="rId89"/>
     <hyperlink ref="F47" r:id="rId90"/>
     <hyperlink ref="A48" r:id="rId91"/>
     <hyperlink ref="F48" r:id="rId92"/>
     <hyperlink ref="A49" r:id="rId93"/>
     <hyperlink ref="F49" r:id="rId94"/>
     <hyperlink ref="A50" r:id="rId95"/>
     <hyperlink ref="F50" r:id="rId96"/>
     <hyperlink ref="A51" r:id="rId97"/>
     <hyperlink ref="F51" r:id="rId98"/>
     <hyperlink ref="A52" r:id="rId99"/>
     <hyperlink ref="F52" r:id="rId100"/>
     <hyperlink ref="A53" r:id="rId101"/>
-    <hyperlink ref="F53" r:id="rId102"/>
-[...19 lines deleted...]
-    <hyperlink ref="F63" r:id="rId106"/>
+    <hyperlink ref="F53" r:id="rId100"/>
+    <hyperlink ref="A54" r:id="rId102"/>
+    <hyperlink ref="F54" r:id="rId100"/>
+    <hyperlink ref="A55" r:id="rId103"/>
+    <hyperlink ref="F55" r:id="rId100"/>
+    <hyperlink ref="A56" r:id="rId104"/>
+    <hyperlink ref="F56" r:id="rId100"/>
+    <hyperlink ref="A57" r:id="rId105"/>
+    <hyperlink ref="F57" r:id="rId100"/>
+    <hyperlink ref="A58" r:id="rId106"/>
+    <hyperlink ref="F58" r:id="rId100"/>
+    <hyperlink ref="A59" r:id="rId107"/>
+    <hyperlink ref="F59" r:id="rId100"/>
+    <hyperlink ref="A60" r:id="rId108"/>
+    <hyperlink ref="F60" r:id="rId100"/>
+    <hyperlink ref="A61" r:id="rId109"/>
+    <hyperlink ref="F61" r:id="rId110"/>
+    <hyperlink ref="A62" r:id="rId111"/>
+    <hyperlink ref="F62" r:id="rId112"/>
+    <hyperlink ref="A63" r:id="rId113"/>
+    <hyperlink ref="F63" r:id="rId114"/>
     <hyperlink ref="A64" r:id="rId115"/>
     <hyperlink ref="F64" r:id="rId116"/>
     <hyperlink ref="A65" r:id="rId117"/>
     <hyperlink ref="F65" r:id="rId118"/>
     <hyperlink ref="A66" r:id="rId119"/>
     <hyperlink ref="F66" r:id="rId120"/>
     <hyperlink ref="A67" r:id="rId121"/>
     <hyperlink ref="F67" r:id="rId122"/>
     <hyperlink ref="A68" r:id="rId123"/>
     <hyperlink ref="F68" r:id="rId124"/>
     <hyperlink ref="A69" r:id="rId125"/>
     <hyperlink ref="F69" r:id="rId126"/>
     <hyperlink ref="A70" r:id="rId127"/>
     <hyperlink ref="F70" r:id="rId128"/>
     <hyperlink ref="A71" r:id="rId129"/>
     <hyperlink ref="F71" r:id="rId130"/>
     <hyperlink ref="A72" r:id="rId131"/>
     <hyperlink ref="F72" r:id="rId132"/>
     <hyperlink ref="A73" r:id="rId133"/>
     <hyperlink ref="F73" r:id="rId134"/>
     <hyperlink ref="A74" r:id="rId135"/>
     <hyperlink ref="F74" r:id="rId136"/>
     <hyperlink ref="A75" r:id="rId137"/>
     <hyperlink ref="F75" r:id="rId138"/>
     <hyperlink ref="A76" r:id="rId139"/>
     <hyperlink ref="F76" r:id="rId140"/>
     <hyperlink ref="A77" r:id="rId141"/>
     <hyperlink ref="F77" r:id="rId142"/>
     <hyperlink ref="A78" r:id="rId143"/>
     <hyperlink ref="F78" r:id="rId144"/>
     <hyperlink ref="A79" r:id="rId145"/>
     <hyperlink ref="F79" r:id="rId146"/>
     <hyperlink ref="A80" r:id="rId147"/>
     <hyperlink ref="F80" r:id="rId148"/>
     <hyperlink ref="A81" r:id="rId149"/>
-    <hyperlink ref="F81" r:id="rId150"/>
-[...19 lines deleted...]
-    <hyperlink ref="F91" r:id="rId165"/>
+    <hyperlink ref="F81" r:id="rId90"/>
+    <hyperlink ref="A82" r:id="rId150"/>
+    <hyperlink ref="F82" r:id="rId90"/>
+    <hyperlink ref="A83" r:id="rId151"/>
+    <hyperlink ref="F83" r:id="rId90"/>
+    <hyperlink ref="A84" r:id="rId152"/>
+    <hyperlink ref="F84" r:id="rId90"/>
+    <hyperlink ref="A85" r:id="rId153"/>
+    <hyperlink ref="F85" r:id="rId90"/>
+    <hyperlink ref="A86" r:id="rId154"/>
+    <hyperlink ref="F86" r:id="rId155"/>
+    <hyperlink ref="A87" r:id="rId156"/>
+    <hyperlink ref="F87" r:id="rId157"/>
   </hyperlinks>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>