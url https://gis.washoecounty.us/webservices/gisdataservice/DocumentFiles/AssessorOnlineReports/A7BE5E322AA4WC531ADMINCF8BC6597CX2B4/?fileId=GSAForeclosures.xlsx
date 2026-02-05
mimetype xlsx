--- v1 (2025-12-05)
+++ v2 (2026-02-05)
@@ -201,51 +201,51 @@
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="000000FF"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId6" /></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00130819&amp;Card=1" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5556394" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00231106&amp;Card=1" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5571272" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00308238&amp;Card=1" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5579517" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00428820&amp;Card=1" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5523112" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00433201&amp;Card=1" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5455970" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00513407&amp;Card=1" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5533593" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00705202&amp;Card=1" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5573088" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00708360&amp;Card=1" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5572817" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00746333&amp;Card=1" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5493133" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01111202&amp;Card=1" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5544087" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01111203&amp;Card=1" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01111206&amp;Card=1" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01111207&amp;Card=1" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01111212&amp;Card=1" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01344504&amp;Card=1" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5487992" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01722311&amp;Card=1" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5397061" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01722313&amp;Card=1" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5512578" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01929202&amp;Card=1" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5494248" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02150117&amp;Card=1" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5410553" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02523006&amp;Card=1" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5560644" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02636019&amp;Card=1" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5540020" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02642202&amp;Card=1" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5501372" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02647213&amp;Card=1" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5577654" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02723217&amp;Card=1" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5560298" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02738109&amp;Card=1" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5566970" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02751038&amp;Card=1" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5428491" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02803135&amp;Card=1" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5512838" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02829426&amp;Card=1" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5513450" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02837208&amp;Card=1" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5571783" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=03127211&amp;Card=1" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5488642" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=03327301&amp;Card=1" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5481324" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=04117031&amp;Card=1" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5469941" TargetMode="External" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=05042302&amp;Card=1" TargetMode="External" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5474166" TargetMode="External" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=05140023&amp;Card=1" TargetMode="External" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5522509" TargetMode="External" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=07417037&amp;Card=1" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5525793" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=07620024&amp;Card=1" TargetMode="External" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5357270" TargetMode="External" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=07620025&amp;Card=1" TargetMode="External" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=07620030&amp;Card=1" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=07822106&amp;Card=1" TargetMode="External" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5411823" TargetMode="External" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08081121&amp;Card=1" TargetMode="External" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5475855" TargetMode="External" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08119207&amp;Card=1" TargetMode="External" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5491964" TargetMode="External" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08515515&amp;Card=1" TargetMode="External" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5547695" TargetMode="External" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08673313&amp;Card=1" TargetMode="External" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5531578" TargetMode="External" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08679406&amp;Card=1" TargetMode="External" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5467171" TargetMode="External" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08702123&amp;Card=1" TargetMode="External" Id="rId89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5363497" TargetMode="External" Id="rId90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08719306&amp;Card=1" TargetMode="External" Id="rId91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5545381" TargetMode="External" Id="rId92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08727211&amp;Card=1" TargetMode="External" Id="rId93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5544605" TargetMode="External" Id="rId94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08758114&amp;Card=1" TargetMode="External" Id="rId95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5446863" TargetMode="External" Id="rId96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08943301&amp;Card=1" TargetMode="External" Id="rId97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5560347" TargetMode="External" Id="rId98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12304201&amp;Card=1" TargetMode="External" Id="rId99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5554485" TargetMode="External" Id="rId100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12304202&amp;Card=1" TargetMode="External" Id="rId101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305202&amp;Card=1" TargetMode="External" Id="rId102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305203&amp;Card=1" TargetMode="External" Id="rId103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305204&amp;Card=1" TargetMode="External" Id="rId104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305302&amp;Card=1" TargetMode="External" Id="rId105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305304&amp;Card=1" TargetMode="External" Id="rId106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305401&amp;Card=1" TargetMode="External" Id="rId107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12307104&amp;Card=1" TargetMode="External" Id="rId108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12513408&amp;Card=1" TargetMode="External" Id="rId109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5546209" TargetMode="External" Id="rId110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12729003&amp;Card=1" TargetMode="External" Id="rId111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5496949" TargetMode="External" Id="rId112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=14069153&amp;Card=1" TargetMode="External" Id="rId113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5454618" TargetMode="External" Id="rId114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=14069209&amp;Card=1" TargetMode="External" Id="rId115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5474292" TargetMode="External" Id="rId116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=16060104&amp;Card=1" TargetMode="External" Id="rId117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5511663" TargetMode="External" Id="rId118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=16082105&amp;Card=1" TargetMode="External" Id="rId119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5540938" TargetMode="External" Id="rId120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=16123721&amp;Card=1" TargetMode="External" Id="rId121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5560030" TargetMode="External" Id="rId122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=20061004&amp;Card=1" TargetMode="External" Id="rId123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5391393" TargetMode="External" Id="rId124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=40218112&amp;Card=1" TargetMode="External" Id="rId125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5562661" TargetMode="External" Id="rId126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=50815107&amp;Card=1" TargetMode="External" Id="rId127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5564677" TargetMode="External" Id="rId128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=51453103&amp;Card=1" TargetMode="External" Id="rId129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5508943" TargetMode="External" Id="rId130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=51459115&amp;Card=1" TargetMode="External" Id="rId131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5559576" TargetMode="External" Id="rId132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=52015404&amp;Card=1" TargetMode="External" Id="rId133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5551177" TargetMode="External" Id="rId134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=52024414&amp;Card=1" TargetMode="External" Id="rId135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5397062" TargetMode="External" Id="rId136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=52417212&amp;Card=1" TargetMode="External" Id="rId137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5397060" TargetMode="External" Id="rId138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=52868108&amp;Card=1" TargetMode="External" Id="rId139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5551230" TargetMode="External" Id="rId140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=53044303&amp;Card=1" TargetMode="External" Id="rId141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5541229" TargetMode="External" Id="rId142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=53406207&amp;Card=1" TargetMode="External" Id="rId143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5532585" TargetMode="External" Id="rId144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55036412&amp;Card=1" TargetMode="External" Id="rId145" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5582856" TargetMode="External" Id="rId146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55052320&amp;Card=1" TargetMode="External" Id="rId147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5514196" TargetMode="External" Id="rId148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55601001&amp;Card=1" TargetMode="External" Id="rId149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55601002&amp;Card=1" TargetMode="External" Id="rId150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55601003&amp;Card=1" TargetMode="External" Id="rId151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55601004&amp;Card=1" TargetMode="External" Id="rId152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55601005&amp;Card=1" TargetMode="External" Id="rId153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55625117&amp;Card=1" TargetMode="External" Id="rId154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5518812" TargetMode="External" Id="rId155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=56820117&amp;Card=1" TargetMode="External" Id="rId156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5560308" TargetMode="External" Id="rId157" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00130819&amp;Card=1" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5556394" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00231106&amp;Card=1" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5571272" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00308238&amp;Card=1" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5579517" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00433201&amp;Card=1" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5455970" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00513407&amp;Card=1" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5533593" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00746324&amp;Card=1" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5593460" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=00746333&amp;Card=1" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5493133" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01344504&amp;Card=1" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5487992" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01722311&amp;Card=1" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5397061" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01722313&amp;Card=1" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5512578" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=01723110&amp;Card=1" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5593025" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02150117&amp;Card=1" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5410553" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02523006&amp;Card=1" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5560644" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02636019&amp;Card=1" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5540020" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02642202&amp;Card=1" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5501372" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02647213&amp;Card=1" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5577654" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02723217&amp;Card=1" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5560298" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02738109&amp;Card=1" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5566970" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02751038&amp;Card=1" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5428491" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02829426&amp;Card=1" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5513450" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=02837208&amp;Card=1" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5571783" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=04117031&amp;Card=1" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5469941" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=05042302&amp;Card=1" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5474166" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=05140023&amp;Card=1" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5522509" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=07417037&amp;Card=1" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5525793" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=07746005&amp;Card=1" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5586799" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=07822106&amp;Card=1" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5411823" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08076412&amp;Card=1" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5585444" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08077201&amp;Card=1" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5595561" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08081121&amp;Card=1" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5475855" TargetMode="External" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08119207&amp;Card=1" TargetMode="External" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5491964" TargetMode="External" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08515515&amp;Card=1" TargetMode="External" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5547695" TargetMode="External" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08673313&amp;Card=1" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5531578" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08679406&amp;Card=1" TargetMode="External" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5467171" TargetMode="External" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08702123&amp;Card=1" TargetMode="External" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5363497" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08710206&amp;Card=1" TargetMode="External" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5585388" TargetMode="External" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08719306&amp;Card=1" TargetMode="External" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5545381" TargetMode="External" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08727211&amp;Card=1" TargetMode="External" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5544605" TargetMode="External" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=08758204&amp;Card=1" TargetMode="External" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5588834" TargetMode="External" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12304201&amp;Card=1" TargetMode="External" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5554485" TargetMode="External" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12304202&amp;Card=1" TargetMode="External" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305202&amp;Card=1" TargetMode="External" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305203&amp;Card=1" TargetMode="External" Id="rId89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305204&amp;Card=1" TargetMode="External" Id="rId90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305302&amp;Card=1" TargetMode="External" Id="rId91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305304&amp;Card=1" TargetMode="External" Id="rId92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12305401&amp;Card=1" TargetMode="External" Id="rId93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12307104&amp;Card=1" TargetMode="External" Id="rId94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12513408&amp;Card=1" TargetMode="External" Id="rId95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5546209" TargetMode="External" Id="rId96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=12729003&amp;Card=1" TargetMode="External" Id="rId97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5496949" TargetMode="External" Id="rId98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=14069122&amp;Card=1" TargetMode="External" Id="rId99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5588914" TargetMode="External" Id="rId100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=14069153&amp;Card=1" TargetMode="External" Id="rId101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5454618" TargetMode="External" Id="rId102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=14069209&amp;Card=1" TargetMode="External" Id="rId103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5474292" TargetMode="External" Id="rId104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=16060104&amp;Card=1" TargetMode="External" Id="rId105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5511663" TargetMode="External" Id="rId106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=16082105&amp;Card=1" TargetMode="External" Id="rId107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5540938" TargetMode="External" Id="rId108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=16092215&amp;Card=1" TargetMode="External" Id="rId109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5585183" TargetMode="External" Id="rId110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=16123721&amp;Card=1" TargetMode="External" Id="rId111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5560030" TargetMode="External" Id="rId112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=20061004&amp;Card=1" TargetMode="External" Id="rId113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5391393" TargetMode="External" Id="rId114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=40218112&amp;Card=1" TargetMode="External" Id="rId115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5562661" TargetMode="External" Id="rId116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=50809103&amp;Card=1" TargetMode="External" Id="rId117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5588831" TargetMode="External" Id="rId118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=50815107&amp;Card=1" TargetMode="External" Id="rId119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5564677" TargetMode="External" Id="rId120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=51445204&amp;Card=1" TargetMode="External" Id="rId121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5585320" TargetMode="External" Id="rId122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=51459115&amp;Card=1" TargetMode="External" Id="rId123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5559576" TargetMode="External" Id="rId124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=52015404&amp;Card=1" TargetMode="External" Id="rId125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5551177" TargetMode="External" Id="rId126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=52024414&amp;Card=1" TargetMode="External" Id="rId127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5397062" TargetMode="External" Id="rId128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=52289209&amp;Card=1" TargetMode="External" Id="rId129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5594698" TargetMode="External" Id="rId130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=52417212&amp;Card=1" TargetMode="External" Id="rId131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5397060" TargetMode="External" Id="rId132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=52615414&amp;Card=1" TargetMode="External" Id="rId133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5590860" TargetMode="External" Id="rId134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=52816202&amp;Card=1" TargetMode="External" Id="rId135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5595222" TargetMode="External" Id="rId136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=52868108&amp;Card=1" TargetMode="External" Id="rId137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5551230" TargetMode="External" Id="rId138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=53044303&amp;Card=1" TargetMode="External" Id="rId139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5541229" TargetMode="External" Id="rId140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=53406207&amp;Card=1" TargetMode="External" Id="rId141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5532585" TargetMode="External" Id="rId142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55036412&amp;Card=1" TargetMode="External" Id="rId143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5582856" TargetMode="External" Id="rId144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55052320&amp;Card=1" TargetMode="External" Id="rId145" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5514196" TargetMode="External" Id="rId146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55405619&amp;Card=1" TargetMode="External" Id="rId147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5590642" TargetMode="External" Id="rId148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55601001&amp;Card=1" TargetMode="External" Id="rId149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55601002&amp;Card=1" TargetMode="External" Id="rId150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55601003&amp;Card=1" TargetMode="External" Id="rId151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55601004&amp;Card=1" TargetMode="External" Id="rId152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55601005&amp;Card=1" TargetMode="External" Id="rId153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=55652107&amp;Card=1" TargetMode="External" Id="rId154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5590635" TargetMode="External" Id="rId155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washoecounty.gov/assessor/cama/?parid=56820117&amp;Card=1" TargetMode="External" Id="rId156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icris.washoecounty.us/ssrecorder/web/integration/document?DocumentNumberId=5560308" TargetMode="External" Id="rId157" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <sheetPr>
     <outlinePr/>
   </sheetPr>
   <sheetViews>
     <sheetView workbookViewId="0" showGridLines="0">
       <pane ySplit="1" state="frozen" topLeftCell="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="17.140625"/>
     <col min="2" max="2" customWidth="1" width="27.421875"/>
     <col min="3" max="3" customWidth="1" width="13.7109375"/>
     <col min="4" max="4" customWidth="1" width="15.28125"/>
     <col min="5" max="5" customWidth="1" width="13.7109375"/>
     <col min="6" max="6" customWidth="1" width="13.7109375"/>
     <col min="7" max="7" customWidth="1" width="40.140625"/>
     <col min="8" max="8" customWidth="1" width="13.7109375"/>
     <col min="9" max="9" customWidth="1" width="13.7109375"/>
     <col min="10" max="10" customWidth="1" width="26.28125"/>
     <col min="11" max="11" customWidth="1" width="15.28125"/>
     <col min="12" max="12" customWidth="1" width="15.421875"/>
@@ -955,13939 +955,13443 @@
       </c>
       <c s="4" t="inlineStr" r="AH5">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AI5">
         <is>
           <t xml:space="preserve">89506</t>
         </is>
       </c>
     </row>
     <row r="6" ht="18" customHeight="0">
       <c s="3" t="inlineStr" r="A6">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">004-288-20</t>
+            <t xml:space="preserve">004-332-01</t>
           </r>
         </is>
       </c>
       <c s="4" t="inlineStr" r="B6">
         <is>
-          <t xml:space="preserve">2090 HIGHVIEW CT 7</t>
+          <t xml:space="preserve">1995 MCCLOUD AVE</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="C6">
         <is>
-          <t xml:space="preserve">03/04/2025 </t>
+          <t xml:space="preserve">05/15/2024 </t>
         </is>
       </c>
       <c s="5" r="D6">
-        <v>136900</v>
+        <v>161800</v>
       </c>
       <c s="4" t="inlineStr" r="E6">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
       <c s="3" t="inlineStr" r="F6">
         <is>
-          <t xml:space="preserve">5523112</t>
+          <t xml:space="preserve">5455970</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="G6">
         <is>
-          <t xml:space="preserve">WHISPERING SPRINGS AMD</t>
+          <t xml:space="preserve">NORTH VALLEY</t>
         </is>
       </c>
       <c s="6" r="H6">
-        <v>1984</v>
+        <v>1946</v>
       </c>
       <c s="6" r="I6">
-        <v>1984</v>
+        <v>1946</v>
       </c>
       <c s="4" t="inlineStr" r="J6">
         <is>
-          <t xml:space="preserve">Condo/Townhouse</t>
+          <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="K6">
         <is>
-          <t xml:space="preserve">1 Story End Unit</t>
+          <t xml:space="preserve">1 Story</t>
         </is>
       </c>
       <c s="5" r="L6">
-        <v>919</v>
+        <v>1161</v>
       </c>
       <c s="4" t="inlineStr" r="M6">
         <is>
-          <t xml:space="preserve">Fair</t>
+          <t xml:space="preserve">Low</t>
         </is>
       </c>
       <c s="6" r="N6">
         <v>2</v>
       </c>
       <c s="6" r="O6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c s="6" r="P6">
         <v>0</v>
       </c>
       <c s="4" t="inlineStr" r="Q6">
         <is>
-          <t xml:space="preserve">BASEBOARD, ELECTRIC</t>
+          <t xml:space="preserve">FLOOR FURNACE</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="R6">
         <is>
-          <t xml:space="preserve">HARDBOARD ON FRAME</t>
+          <t xml:space="preserve">SIDING ON FRAME</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="S6">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="T6">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="5" r="U6">
         <v>0</v>
       </c>
       <c s="4" t="inlineStr" r="V6">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="5" r="W6">
         <v>0</v>
       </c>
       <c s="4" t="inlineStr" r="X6">
         <is>
-          <t xml:space="preserve">210</t>
+          <t xml:space="preserve">200</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="Y6">
         <is>
-          <t xml:space="preserve">MF30</t>
+          <t xml:space="preserve">SF3</t>
         </is>
       </c>
       <c s="5" r="Z6">
-        <v>0.001</v>
+        <v>0.3699954</v>
       </c>
       <c s="4" t="inlineStr" r="AA6">
         <is>
-          <t xml:space="preserve">FEDERAL NATIONAL MORTGAGE ASSN</t>
+          <t xml:space="preserve">VALENCIA, JOSE L</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AB6">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AC6">
         <is>
-          <t xml:space="preserve">5600 GRANITE PKWY</t>
+          <t xml:space="preserve">14185 PYRAMID WAY</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AD6">
         <is>
-          <t xml:space="preserve">C/O GRANITE PARK VII</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AE6">
         <is>
-          <t xml:space="preserve">PLANO</t>
+          <t xml:space="preserve">RENO</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AF6">
         <is>
-          <t xml:space="preserve">TX</t>
+          <t xml:space="preserve">NV</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AG6">
         <is>
-          <t xml:space="preserve">75024</t>
+          <t xml:space="preserve">89510</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AH6">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="AI6">
         <is>
           <t xml:space="preserve">89512</t>
         </is>
       </c>
     </row>
     <row r="7" ht="18" customHeight="0">
       <c s="3" t="inlineStr" r="A7">
-        <is>
-[...166 lines deleted...]
-      <c s="3" t="inlineStr" r="A8">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">005-134-07</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B8">
+      <c s="4" t="inlineStr" r="B7">
         <is>
           <t xml:space="preserve">2705 EVERETT DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C8">
+      <c s="4" t="inlineStr" r="C7">
         <is>
           <t xml:space="preserve">04/22/2025 </t>
         </is>
       </c>
-      <c s="5" r="D8">
+      <c s="5" r="D7">
         <v>458100</v>
       </c>
-      <c s="4" t="inlineStr" r="E8">
+      <c s="4" t="inlineStr" r="E7">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F8">
+      <c s="3" t="inlineStr" r="F7">
         <is>
           <t xml:space="preserve">5533593</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G8">
+      <c s="4" t="inlineStr" r="G7">
         <is>
           <t xml:space="preserve">SIERRA HEIGHTS RENO 6B</t>
         </is>
       </c>
-      <c s="6" r="H8">
+      <c s="6" r="H7">
         <v>1970</v>
       </c>
-      <c s="6" r="I8">
+      <c s="6" r="I7">
         <v>1970</v>
       </c>
-      <c s="4" t="inlineStr" r="J8">
+      <c s="4" t="inlineStr" r="J7">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K8">
+      <c s="4" t="inlineStr" r="K7">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L8">
+      <c s="5" r="L7">
         <v>1300</v>
       </c>
-      <c s="4" t="inlineStr" r="M8">
+      <c s="4" t="inlineStr" r="M7">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N8">
+      <c s="6" r="N7">
         <v>3</v>
       </c>
-      <c s="6" r="O8">
+      <c s="6" r="O7">
         <v>2</v>
       </c>
-      <c s="6" r="P8">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q8">
+      <c s="6" r="P7">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q7">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R8">
+      <c s="4" t="inlineStr" r="R7">
         <is>
           <t xml:space="preserve">SIDING ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S8">
+      <c s="4" t="inlineStr" r="S7">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T8">
+      <c s="4" t="inlineStr" r="T7">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U8">
+      <c s="5" r="U7">
         <v>462</v>
       </c>
-      <c s="4" t="inlineStr" r="V8">
+      <c s="4" t="inlineStr" r="V7">
         <is>
           <t xml:space="preserve">DUGOUT</t>
         </is>
       </c>
-      <c s="5" r="W8">
+      <c s="5" r="W7">
         <v>1300</v>
       </c>
-      <c s="4" t="inlineStr" r="X8">
+      <c s="4" t="inlineStr" r="X7">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y8">
+      <c s="4" t="inlineStr" r="Y7">
         <is>
           <t xml:space="preserve">SF8</t>
         </is>
       </c>
-      <c s="5" r="Z8">
+      <c s="5" r="Z7">
         <v>0.1899908</v>
       </c>
-      <c s="4" t="inlineStr" r="AA8">
+      <c s="4" t="inlineStr" r="AA7">
         <is>
           <t xml:space="preserve">ARIF, MIAN</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB8">
+      <c s="4" t="inlineStr" r="AB7">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC8">
+      <c s="4" t="inlineStr" r="AC7">
         <is>
           <t xml:space="preserve">5395 LADYBUG CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD8">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE8">
+      <c s="4" t="inlineStr" r="AD7">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE7">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF8">
+      <c s="4" t="inlineStr" r="AF7">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG8">
+      <c s="4" t="inlineStr" r="AG7">
         <is>
           <t xml:space="preserve">89523</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH8">
+      <c s="4" t="inlineStr" r="AH7">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI8">
+      <c s="4" t="inlineStr" r="AI7">
         <is>
           <t xml:space="preserve">89503</t>
         </is>
       </c>
     </row>
-    <row r="9" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A9">
+    <row r="8" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A8">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">007-052-02</t>
+            <t xml:space="preserve">007-463-24</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B9">
-[...12 lines deleted...]
-      <c s="4" t="inlineStr" r="E9">
+      <c s="4" t="inlineStr" r="B8">
+        <is>
+          <t xml:space="preserve">450 N ARLINGTON AVE 502</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="C8">
+        <is>
+          <t xml:space="preserve">01/07/2026 </t>
+        </is>
+      </c>
+      <c s="5" r="D8">
+        <v>159695</v>
+      </c>
+      <c s="4" t="inlineStr" r="E8">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F9">
-[...91 lines deleted...]
-      <c s="4" t="inlineStr" r="AB9">
+      <c s="3" t="inlineStr" r="F8">
+        <is>
+          <t xml:space="preserve">5593460</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G8">
+        <is>
+          <t xml:space="preserve">BELVEDERE TOWERS PHASE 1</t>
+        </is>
+      </c>
+      <c s="6" r="H8">
+        <v>1974</v>
+      </c>
+      <c s="6" r="I8">
+        <v>1986</v>
+      </c>
+      <c s="4" t="inlineStr" r="J8">
+        <is>
+          <t xml:space="preserve">Parking Level</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K8">
+        <is>
+          <t xml:space="preserve">13</t>
+        </is>
+      </c>
+      <c s="5" r="L8">
+        <v>544</v>
+      </c>
+      <c s="4" t="inlineStr" r="M8">
+        <is>
+          <t xml:space="preserve">Commercial 2.0 (Average)</t>
+        </is>
+      </c>
+      <c s="6" r="N8">
+        <v>0</v>
+      </c>
+      <c s="6" r="O8">
+        <v>0</v>
+      </c>
+      <c s="6" r="P8">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q8">
+        <is>
+          <t xml:space="preserve">HOT/CHILL WATER</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R8">
+        <is>
+          <t xml:space="preserve">CONCRETE, FORMED</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U8">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V8">
+        <is>
+          <t xml:space="preserve">UNFINISHED - COMMERCIAL</t>
+        </is>
+      </c>
+      <c s="5" r="W8">
+        <v>124</v>
+      </c>
+      <c s="4" t="inlineStr" r="X8">
+        <is>
+          <t xml:space="preserve">210</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="Y8">
+        <is>
+          <t xml:space="preserve">MD-ED</t>
+        </is>
+      </c>
+      <c s="5" r="Z8">
+        <v>0.001</v>
+      </c>
+      <c s="4" t="inlineStr" r="AA8">
+        <is>
+          <t xml:space="preserve">MORTGAGE RESEARCH CENTER LLC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AB8">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC9">
-[...31 lines deleted...]
-          <t xml:space="preserve">89512</t>
+      <c s="4" t="inlineStr" r="AC8">
+        <is>
+          <t xml:space="preserve">8950 CYPRESS WATERS BLVD</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AD8">
+        <is>
+          <t xml:space="preserve">C/O NATIONSTAR MORTGAGE LLC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE8">
+        <is>
+          <t xml:space="preserve">COPPELL</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AF8">
+        <is>
+          <t xml:space="preserve">TX</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AG8">
+        <is>
+          <t xml:space="preserve">75019</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AH8">
+        <is>
+          <t xml:space="preserve">1001</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AI8">
+        <is>
+          <t xml:space="preserve">89503</t>
         </is>
       </c>
     </row>
-    <row r="10" ht="18" customHeight="0">
-[...166 lines deleted...]
-      <c s="3" t="inlineStr" r="A11">
+    <row r="9" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A9">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">007-463-33</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B11">
+      <c s="4" t="inlineStr" r="B9">
         <is>
           <t xml:space="preserve">450 N ARLINGTON AVE 517</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C11">
+      <c s="4" t="inlineStr" r="C9">
         <is>
           <t xml:space="preserve">10/24/2024 </t>
         </is>
       </c>
-      <c s="5" r="D11">
+      <c s="5" r="D9">
         <v>173000</v>
       </c>
-      <c s="4" t="inlineStr" r="E11">
+      <c s="4" t="inlineStr" r="E9">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F11">
+      <c s="3" t="inlineStr" r="F9">
         <is>
           <t xml:space="preserve">5493133</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G11">
+      <c s="4" t="inlineStr" r="G9">
         <is>
           <t xml:space="preserve">BELVEDERE TOWERS PHASE 1</t>
         </is>
       </c>
-      <c s="6" r="H11">
+      <c s="6" r="H9">
         <v>1974</v>
       </c>
-      <c s="6" r="I11">
+      <c s="6" r="I9">
         <v>1986</v>
       </c>
-      <c s="4" t="inlineStr" r="J11">
+      <c s="4" t="inlineStr" r="J9">
         <is>
           <t xml:space="preserve">Parking Level</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K11">
+      <c s="4" t="inlineStr" r="K9">
         <is>
           <t xml:space="preserve">13</t>
         </is>
       </c>
-      <c s="5" r="L11">
+      <c s="5" r="L9">
         <v>826</v>
       </c>
-      <c s="4" t="inlineStr" r="M11">
+      <c s="4" t="inlineStr" r="M9">
         <is>
           <t xml:space="preserve">Commercial 2.0 (Average)</t>
         </is>
       </c>
-      <c s="6" r="N11">
-[...8 lines deleted...]
-      <c s="4" t="inlineStr" r="Q11">
+      <c s="6" r="N9">
+        <v>0</v>
+      </c>
+      <c s="6" r="O9">
+        <v>0</v>
+      </c>
+      <c s="6" r="P9">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q9">
         <is>
           <t xml:space="preserve">HOT/CHILL WATER</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R11">
+      <c s="4" t="inlineStr" r="R9">
         <is>
           <t xml:space="preserve">CONCRETE, FORMED</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S11">
-[...12 lines deleted...]
-      <c s="4" t="inlineStr" r="V11">
+      <c s="4" t="inlineStr" r="S9">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T9">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U9">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V9">
         <is>
           <t xml:space="preserve">UNFINISHED - COMMERCIAL</t>
         </is>
       </c>
-      <c s="5" r="W11">
+      <c s="5" r="W9">
         <v>188</v>
       </c>
-      <c s="4" t="inlineStr" r="X11">
+      <c s="4" t="inlineStr" r="X9">
         <is>
           <t xml:space="preserve">210</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y11">
+      <c s="4" t="inlineStr" r="Y9">
         <is>
           <t xml:space="preserve">MD-ED</t>
         </is>
       </c>
-      <c s="5" r="Z11">
+      <c s="5" r="Z9">
         <v>0.001</v>
       </c>
-      <c s="4" t="inlineStr" r="AA11">
+      <c s="4" t="inlineStr" r="AA9">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB11">
+      <c s="4" t="inlineStr" r="AB9">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC11">
+      <c s="4" t="inlineStr" r="AC9">
         <is>
           <t xml:space="preserve">3500 LAKESIDE CT # 212B</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD11">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE11">
+      <c s="4" t="inlineStr" r="AD9">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE9">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF11">
+      <c s="4" t="inlineStr" r="AF9">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG11">
+      <c s="4" t="inlineStr" r="AG9">
         <is>
           <t xml:space="preserve">89509</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH11">
+      <c s="4" t="inlineStr" r="AH9">
         <is>
           <t xml:space="preserve">1001</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI11">
+      <c s="4" t="inlineStr" r="AI9">
         <is>
           <t xml:space="preserve">89503</t>
         </is>
       </c>
     </row>
-    <row r="12" ht="18" customHeight="0">
-[...832 lines deleted...]
-      <c s="3" t="inlineStr" r="A17">
+    <row r="10" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A10">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">013-445-04</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B17">
+      <c s="4" t="inlineStr" r="B10">
         <is>
           <t xml:space="preserve">1530 HARVARD WAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C17">
+      <c s="4" t="inlineStr" r="C10">
         <is>
           <t xml:space="preserve">09/30/2024 </t>
         </is>
       </c>
-      <c s="5" r="D17">
+      <c s="5" r="D10">
         <v>317000</v>
       </c>
-      <c s="4" t="inlineStr" r="E17">
+      <c s="4" t="inlineStr" r="E10">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F17">
+      <c s="3" t="inlineStr" r="F10">
         <is>
           <t xml:space="preserve">5487992</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G17">
+      <c s="4" t="inlineStr" r="G10">
         <is>
           <t xml:space="preserve">ACADEMY MANOR 1</t>
         </is>
       </c>
-      <c s="6" r="H17">
+      <c s="6" r="H10">
         <v>1956</v>
       </c>
-      <c s="6" r="I17">
+      <c s="6" r="I10">
         <v>1956</v>
       </c>
-      <c s="4" t="inlineStr" r="J17">
+      <c s="4" t="inlineStr" r="J10">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K17">
+      <c s="4" t="inlineStr" r="K10">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L17">
+      <c s="5" r="L10">
         <v>1060</v>
       </c>
-      <c s="4" t="inlineStr" r="M17">
+      <c s="4" t="inlineStr" r="M10">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N17">
+      <c s="6" r="N10">
         <v>3</v>
       </c>
-      <c s="6" r="O17">
+      <c s="6" r="O10">
         <v>1</v>
       </c>
-      <c s="6" r="P17">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q17">
+      <c s="6" r="P10">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q10">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R17">
+      <c s="4" t="inlineStr" r="R10">
         <is>
           <t xml:space="preserve">ASPHALT SHINGLE ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S17">
+      <c s="4" t="inlineStr" r="S10">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T17">
+      <c s="4" t="inlineStr" r="T10">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U17">
+      <c s="5" r="U10">
         <v>496</v>
       </c>
-      <c s="4" t="inlineStr" r="V17">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X17">
+      <c s="4" t="inlineStr" r="V10">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W10">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X10">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y17">
+      <c s="4" t="inlineStr" r="Y10">
         <is>
           <t xml:space="preserve">SF8</t>
         </is>
       </c>
-      <c s="5" r="Z17">
+      <c s="5" r="Z10">
         <v>0.139</v>
       </c>
-      <c s="4" t="inlineStr" r="AA17">
+      <c s="4" t="inlineStr" r="AA10">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB17">
+      <c s="4" t="inlineStr" r="AB10">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC17">
+      <c s="4" t="inlineStr" r="AC10">
         <is>
           <t xml:space="preserve">3500 LAKESIDE CT # 212B</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD17">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE17">
+      <c s="4" t="inlineStr" r="AD10">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE10">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF17">
+      <c s="4" t="inlineStr" r="AF10">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG17">
+      <c s="4" t="inlineStr" r="AG10">
         <is>
           <t xml:space="preserve">89509</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH17">
+      <c s="4" t="inlineStr" r="AH10">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI17">
+      <c s="4" t="inlineStr" r="AI10">
         <is>
           <t xml:space="preserve">89502</t>
         </is>
       </c>
     </row>
-    <row r="18" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A18">
+    <row r="11" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A11">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">017-223-11</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B18">
+      <c s="4" t="inlineStr" r="B11">
         <is>
           <t xml:space="preserve">16195 RHYOLITE CIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C18">
+      <c s="4" t="inlineStr" r="C11">
         <is>
           <t xml:space="preserve">08/03/2023 </t>
         </is>
       </c>
-      <c s="5" r="D18">
+      <c s="5" r="D11">
         <v>211000</v>
       </c>
-      <c s="4" t="inlineStr" r="E18">
+      <c s="4" t="inlineStr" r="E11">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F18">
+      <c s="3" t="inlineStr" r="F11">
         <is>
           <t xml:space="preserve">5397061</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G18">
+      <c s="4" t="inlineStr" r="G11">
         <is>
           <t xml:space="preserve">STEAMBOAT SPRINGS ESTATES 1</t>
         </is>
       </c>
-      <c s="6" r="H18">
+      <c s="6" r="H11">
         <v>1976</v>
       </c>
-      <c s="6" r="I18">
+      <c s="6" r="I11">
         <v>1976</v>
       </c>
-      <c s="4" t="inlineStr" r="J18">
+      <c s="4" t="inlineStr" r="J11">
         <is>
           <t xml:space="preserve">Mobile Home Real Property</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K18">
+      <c s="4" t="inlineStr" r="K11">
         <is>
           <t xml:space="preserve">Mobile Home Double Wide (20 to 37 feet wide)</t>
         </is>
       </c>
-      <c s="5" r="L18">
+      <c s="5" r="L11">
         <v>2113</v>
       </c>
-      <c s="4" t="inlineStr" r="M18">
+      <c s="4" t="inlineStr" r="M11">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N18">
+      <c s="6" r="N11">
         <v>3</v>
       </c>
-      <c s="6" r="O18">
+      <c s="6" r="O11">
         <v>2</v>
       </c>
-      <c s="6" r="P18">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q18">
+      <c s="6" r="P11">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q11">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R18">
+      <c s="4" t="inlineStr" r="R11">
         <is>
           <t xml:space="preserve">SIDING ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S18">
+      <c s="4" t="inlineStr" r="S11">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T18">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X18">
+      <c s="4" t="inlineStr" r="T11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U11">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W11">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X11">
         <is>
           <t xml:space="preserve">220</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y18">
+      <c s="4" t="inlineStr" r="Y11">
         <is>
           <t xml:space="preserve">HDS</t>
         </is>
       </c>
-      <c s="5" r="Z18">
+      <c s="5" r="Z11">
         <v>0.1899908</v>
       </c>
-      <c s="4" t="inlineStr" r="AA18">
+      <c s="4" t="inlineStr" r="AA11">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB18">
+      <c s="4" t="inlineStr" r="AB11">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC18">
+      <c s="4" t="inlineStr" r="AC11">
         <is>
           <t xml:space="preserve">659 THIRD AVE STE A</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD18">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE18">
+      <c s="4" t="inlineStr" r="AD11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE11">
         <is>
           <t xml:space="preserve">CHULA VISTA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF18">
+      <c s="4" t="inlineStr" r="AF11">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG18">
+      <c s="4" t="inlineStr" r="AG11">
         <is>
           <t xml:space="preserve">91910</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH18">
+      <c s="4" t="inlineStr" r="AH11">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI18">
+      <c s="4" t="inlineStr" r="AI11">
         <is>
           <t xml:space="preserve">89521</t>
         </is>
       </c>
     </row>
-    <row r="19" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A19">
+    <row r="12" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A12">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">017-223-13</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B19">
+      <c s="4" t="inlineStr" r="B12">
         <is>
           <t xml:space="preserve">16215 RHYOLITE CIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C19">
+      <c s="4" t="inlineStr" r="C12">
         <is>
           <t xml:space="preserve">01/16/2025 </t>
         </is>
       </c>
-      <c s="5" r="D19">
+      <c s="5" r="D12">
         <v>49100</v>
       </c>
-      <c s="4" t="inlineStr" r="E19">
+      <c s="4" t="inlineStr" r="E12">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F19">
+      <c s="3" t="inlineStr" r="F12">
         <is>
           <t xml:space="preserve">5512578</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G19">
+      <c s="4" t="inlineStr" r="G12">
         <is>
           <t xml:space="preserve">STEAMBOAT SPRINGS ESTATES 1</t>
         </is>
       </c>
-      <c s="6" r="H19">
+      <c s="6" r="H12">
         <v>1981</v>
       </c>
-      <c s="6" r="I19">
+      <c s="6" r="I12">
         <v>1981</v>
       </c>
-      <c s="4" t="inlineStr" r="J19">
+      <c s="4" t="inlineStr" r="J12">
         <is>
           <t xml:space="preserve">Mobile Home Real Property</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K19">
+      <c s="4" t="inlineStr" r="K12">
         <is>
           <t xml:space="preserve">Mobile Home Double Wide (20 to 37 feet wide)</t>
         </is>
       </c>
-      <c s="5" r="L19">
+      <c s="5" r="L12">
         <v>1762</v>
       </c>
-      <c s="4" t="inlineStr" r="M19">
+      <c s="4" t="inlineStr" r="M12">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N19">
+      <c s="6" r="N12">
         <v>3</v>
       </c>
-      <c s="6" r="O19">
+      <c s="6" r="O12">
         <v>2</v>
       </c>
-      <c s="6" r="P19">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q19">
+      <c s="6" r="P12">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q12">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R19">
+      <c s="4" t="inlineStr" r="R12">
         <is>
           <t xml:space="preserve">ALUMINUM LAP</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S19">
+      <c s="4" t="inlineStr" r="S12">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T19">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X19">
+      <c s="4" t="inlineStr" r="T12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U12">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W12">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X12">
         <is>
           <t xml:space="preserve">220</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y19">
+      <c s="4" t="inlineStr" r="Y12">
         <is>
           <t xml:space="preserve">HDS</t>
         </is>
       </c>
-      <c s="5" r="Z19">
+      <c s="5" r="Z12">
         <v>0.2</v>
       </c>
-      <c s="4" t="inlineStr" r="AA19">
+      <c s="4" t="inlineStr" r="AA12">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB19">
+      <c s="4" t="inlineStr" r="AB12">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC19">
+      <c s="4" t="inlineStr" r="AC12">
         <is>
           <t xml:space="preserve">3500 LAKESIDE CT # 212B</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD19">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE19">
+      <c s="4" t="inlineStr" r="AD12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE12">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF19">
+      <c s="4" t="inlineStr" r="AF12">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG19">
+      <c s="4" t="inlineStr" r="AG12">
         <is>
           <t xml:space="preserve">89509</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH19">
+      <c s="4" t="inlineStr" r="AH12">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI19">
+      <c s="4" t="inlineStr" r="AI12">
         <is>
           <t xml:space="preserve">89521</t>
         </is>
       </c>
     </row>
-    <row r="20" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A20">
+    <row r="13" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A13">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">019-292-02</t>
+            <t xml:space="preserve">017-231-10</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B20">
-[...12 lines deleted...]
-      <c s="4" t="inlineStr" r="E20">
+      <c s="4" t="inlineStr" r="B13">
+        <is>
+          <t xml:space="preserve">16370 ENARGITE CIR</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="C13">
+        <is>
+          <t xml:space="preserve">01/05/2026 </t>
+        </is>
+      </c>
+      <c s="5" r="D13">
+        <v>260000</v>
+      </c>
+      <c s="4" t="inlineStr" r="E13">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F20">
-[...33 lines deleted...]
-      <c s="6" r="N20">
+      <c s="3" t="inlineStr" r="F13">
+        <is>
+          <t xml:space="preserve">5593025</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G13">
+        <is>
+          <t xml:space="preserve">STEAMBOAT SPRINGS ESTATES 1</t>
+        </is>
+      </c>
+      <c s="6" r="H13">
+        <v>1984</v>
+      </c>
+      <c s="6" r="I13">
+        <v>1984</v>
+      </c>
+      <c s="4" t="inlineStr" r="J13">
+        <is>
+          <t xml:space="preserve">Mobile Home Real Property</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K13">
+        <is>
+          <t xml:space="preserve">Mobile Home Double Wide (20 to 37 feet wide)</t>
+        </is>
+      </c>
+      <c s="5" r="L13">
+        <v>1809</v>
+      </c>
+      <c s="4" t="inlineStr" r="M13">
+        <is>
+          <t xml:space="preserve">Fair-Average</t>
+        </is>
+      </c>
+      <c s="6" r="N13">
         <v>3</v>
       </c>
-      <c s="6" r="O20">
+      <c s="6" r="O13">
         <v>2</v>
       </c>
-      <c s="6" r="P20">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q20">
+      <c s="6" r="P13">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q13">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R20">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="S20">
+      <c s="4" t="inlineStr" r="R13">
+        <is>
+          <t xml:space="preserve">HARDBOARD ON FRAME</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S13">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T20">
-[...28 lines deleted...]
-      <c s="4" t="inlineStr" r="AA20">
+      <c s="4" t="inlineStr" r="T13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U13">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W13">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X13">
+        <is>
+          <t xml:space="preserve">220</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="Y13">
+        <is>
+          <t xml:space="preserve">HDS</t>
+        </is>
+      </c>
+      <c s="5" r="Z13">
+        <v>0.1390037</v>
+      </c>
+      <c s="4" t="inlineStr" r="AA13">
         <is>
           <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB20">
+      <c s="4" t="inlineStr" r="AB13">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC20">
-[...9 lines deleted...]
-      <c s="4" t="inlineStr" r="AE20">
+      <c s="4" t="inlineStr" r="AC13">
+        <is>
+          <t xml:space="preserve">2015 MANHATTAN BEACH BLVD STE 100</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AD13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE13">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF20">
+      <c s="4" t="inlineStr" r="AF13">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG20">
+      <c s="4" t="inlineStr" r="AG13">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH20">
-[...6 lines deleted...]
-          <t xml:space="preserve">89509</t>
+      <c s="4" t="inlineStr" r="AH13">
+        <is>
+          <t xml:space="preserve">4000</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AI13">
+        <is>
+          <t xml:space="preserve">89521</t>
         </is>
       </c>
     </row>
-    <row r="21" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A21">
+    <row r="14" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A14">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">021-501-17</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B21">
+      <c s="4" t="inlineStr" r="B14">
         <is>
           <t xml:space="preserve">4885 REGGIE RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C21">
+      <c s="4" t="inlineStr" r="C14">
         <is>
           <t xml:space="preserve">10/06/2023 </t>
         </is>
       </c>
-      <c s="5" r="D21">
+      <c s="5" r="D14">
         <v>7000</v>
       </c>
-      <c s="4" t="inlineStr" r="E21">
+      <c s="4" t="inlineStr" r="E14">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F21">
+      <c s="3" t="inlineStr" r="F14">
         <is>
           <t xml:space="preserve">5410553</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G21">
+      <c s="4" t="inlineStr" r="G14">
         <is>
           <t xml:space="preserve">DONNER CREEK VILLAGE</t>
         </is>
       </c>
-      <c s="6" r="H21">
+      <c s="6" r="H14">
         <v>1983</v>
       </c>
-      <c s="6" r="I21">
+      <c s="6" r="I14">
         <v>1983</v>
       </c>
-      <c s="4" t="inlineStr" r="J21">
+      <c s="4" t="inlineStr" r="J14">
         <is>
           <t xml:space="preserve">Condo/Townhouse</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K21">
+      <c s="4" t="inlineStr" r="K14">
         <is>
           <t xml:space="preserve">1 Story Inside Unit</t>
         </is>
       </c>
-      <c s="5" r="L21">
+      <c s="5" r="L14">
         <v>568</v>
       </c>
-      <c s="4" t="inlineStr" r="M21">
+      <c s="4" t="inlineStr" r="M14">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N21">
+      <c s="6" r="N14">
         <v>1</v>
       </c>
-      <c s="6" r="O21">
+      <c s="6" r="O14">
         <v>1</v>
       </c>
-      <c s="6" r="P21">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q21">
+      <c s="6" r="P14">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q14">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R21">
+      <c s="4" t="inlineStr" r="R14">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S21">
+      <c s="4" t="inlineStr" r="S14">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T21">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X21">
+      <c s="4" t="inlineStr" r="T14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U14">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W14">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X14">
         <is>
           <t xml:space="preserve">210</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y21">
+      <c s="4" t="inlineStr" r="Y14">
         <is>
           <t xml:space="preserve">MF14</t>
         </is>
       </c>
-      <c s="5" r="Z21">
+      <c s="5" r="Z14">
         <v>0.001</v>
       </c>
-      <c s="4" t="inlineStr" r="AA21">
+      <c s="4" t="inlineStr" r="AA14">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB21">
+      <c s="4" t="inlineStr" r="AB14">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC21">
+      <c s="4" t="inlineStr" r="AC14">
         <is>
           <t xml:space="preserve">659 3RD AVE STE A</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD21">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE21">
+      <c s="4" t="inlineStr" r="AD14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE14">
         <is>
           <t xml:space="preserve">CHULA VISTA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF21">
+      <c s="4" t="inlineStr" r="AF14">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG21">
+      <c s="4" t="inlineStr" r="AG14">
         <is>
           <t xml:space="preserve">91910</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH21">
+      <c s="4" t="inlineStr" r="AH14">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI21">
+      <c s="4" t="inlineStr" r="AI14">
         <is>
           <t xml:space="preserve">89502</t>
         </is>
       </c>
     </row>
-    <row r="22" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A22">
+    <row r="15" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A15">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">025-230-06</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B22">
+      <c s="4" t="inlineStr" r="B15">
         <is>
           <t xml:space="preserve">95 SMITHRIDGE PARK</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C22">
+      <c s="4" t="inlineStr" r="C15">
         <is>
           <t xml:space="preserve">08/11/2025 </t>
         </is>
       </c>
-      <c s="5" r="D22">
+      <c s="5" r="D15">
         <v>25001</v>
       </c>
-      <c s="4" t="inlineStr" r="E22">
+      <c s="4" t="inlineStr" r="E15">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F22">
+      <c s="3" t="inlineStr" r="F15">
         <is>
           <t xml:space="preserve">5560644</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G22">
+      <c s="4" t="inlineStr" r="G15">
         <is>
           <t xml:space="preserve">SMITHRIDGE PARK TOWNHOUSES 1</t>
         </is>
       </c>
-      <c s="6" r="H22">
+      <c s="6" r="H15">
         <v>1965</v>
       </c>
-      <c s="6" r="I22">
+      <c s="6" r="I15">
         <v>1965</v>
       </c>
-      <c s="4" t="inlineStr" r="J22">
+      <c s="4" t="inlineStr" r="J15">
         <is>
           <t xml:space="preserve">Condo/Townhouse</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K22">
+      <c s="4" t="inlineStr" r="K15">
         <is>
           <t xml:space="preserve">2 Story Inside Unit</t>
         </is>
       </c>
-      <c s="5" r="L22">
+      <c s="5" r="L15">
         <v>1220</v>
       </c>
-      <c s="4" t="inlineStr" r="M22">
+      <c s="4" t="inlineStr" r="M15">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N22">
+      <c s="6" r="N15">
         <v>2</v>
       </c>
-      <c s="6" r="O22">
+      <c s="6" r="O15">
         <v>1</v>
       </c>
-      <c s="6" r="P22">
+      <c s="6" r="P15">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q22">
+      <c s="4" t="inlineStr" r="Q15">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R22">
+      <c s="4" t="inlineStr" r="R15">
         <is>
           <t xml:space="preserve">ASPHALT SHINGLE ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S22">
+      <c s="4" t="inlineStr" r="S15">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T22">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X22">
+      <c s="4" t="inlineStr" r="T15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U15">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W15">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X15">
         <is>
           <t xml:space="preserve">210</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y22">
+      <c s="4" t="inlineStr" r="Y15">
         <is>
           <t xml:space="preserve">MF30</t>
         </is>
       </c>
-      <c s="5" r="Z22">
+      <c s="5" r="Z15">
         <v>0.001</v>
       </c>
-      <c s="4" t="inlineStr" r="AA22">
+      <c s="4" t="inlineStr" r="AA15">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB22">
+      <c s="4" t="inlineStr" r="AB15">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC22">
+      <c s="4" t="inlineStr" r="AC15">
         <is>
           <t xml:space="preserve">3500 LAKESIDE CT # 212B</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD22">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE22">
+      <c s="4" t="inlineStr" r="AD15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE15">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF22">
+      <c s="4" t="inlineStr" r="AF15">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG22">
+      <c s="4" t="inlineStr" r="AG15">
         <is>
           <t xml:space="preserve">89509</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH22">
+      <c s="4" t="inlineStr" r="AH15">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI22">
+      <c s="4" t="inlineStr" r="AI15">
         <is>
           <t xml:space="preserve">89502</t>
         </is>
       </c>
     </row>
-    <row r="23" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A23">
+    <row r="16" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A16">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">026-360-19</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B23">
+      <c s="4" t="inlineStr" r="B16">
         <is>
           <t xml:space="preserve">2561 GARFIELD DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C23">
+      <c s="4" t="inlineStr" r="C16">
         <is>
           <t xml:space="preserve">05/15/2025 </t>
         </is>
       </c>
-      <c s="5" r="D23">
+      <c s="5" r="D16">
         <v>175600</v>
       </c>
-      <c s="4" t="inlineStr" r="E23">
+      <c s="4" t="inlineStr" r="E16">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F23">
+      <c s="3" t="inlineStr" r="F16">
         <is>
           <t xml:space="preserve">5540020</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G23">
+      <c s="4" t="inlineStr" r="G16">
         <is>
           <t xml:space="preserve">FALCONCREST UNIT 1 PHASE 1</t>
         </is>
       </c>
-      <c s="6" r="H23">
+      <c s="6" r="H16">
         <v>1984</v>
       </c>
-      <c s="6" r="I23">
+      <c s="6" r="I16">
         <v>1984</v>
       </c>
-      <c s="4" t="inlineStr" r="J23">
+      <c s="4" t="inlineStr" r="J16">
         <is>
           <t xml:space="preserve">Condo/Townhouse</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K23">
+      <c s="4" t="inlineStr" r="K16">
         <is>
           <t xml:space="preserve">2 Story End Unit</t>
         </is>
       </c>
-      <c s="5" r="L23">
+      <c s="5" r="L16">
         <v>869</v>
       </c>
-      <c s="4" t="inlineStr" r="M23">
+      <c s="4" t="inlineStr" r="M16">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N23">
+      <c s="6" r="N16">
         <v>2</v>
       </c>
-      <c s="6" r="O23">
+      <c s="6" r="O16">
         <v>1</v>
       </c>
-      <c s="6" r="P23">
+      <c s="6" r="P16">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q23">
+      <c s="4" t="inlineStr" r="Q16">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R23">
+      <c s="4" t="inlineStr" r="R16">
         <is>
           <t xml:space="preserve">PLYWOOD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S23">
+      <c s="4" t="inlineStr" r="S16">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T23">
+      <c s="4" t="inlineStr" r="T16">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U23">
+      <c s="5" r="U16">
         <v>205</v>
       </c>
-      <c s="4" t="inlineStr" r="V23">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X23">
+      <c s="4" t="inlineStr" r="V16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W16">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X16">
         <is>
           <t xml:space="preserve">210</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y23">
+      <c s="4" t="inlineStr" r="Y16">
         <is>
           <t xml:space="preserve">MF-3/PUD</t>
         </is>
       </c>
-      <c s="5" r="Z23">
+      <c s="5" r="Z16">
         <v>0.0260101</v>
       </c>
-      <c s="4" t="inlineStr" r="AA23">
+      <c s="4" t="inlineStr" r="AA16">
         <is>
           <t xml:space="preserve">1ST PROPERTIES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB23">
+      <c s="4" t="inlineStr" r="AB16">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC23">
+      <c s="4" t="inlineStr" r="AC16">
         <is>
           <t xml:space="preserve">11544 S CHERRY HILL DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD23">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE23">
+      <c s="4" t="inlineStr" r="AD16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE16">
         <is>
           <t xml:space="preserve">SANDY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF23">
+      <c s="4" t="inlineStr" r="AF16">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG23">
+      <c s="4" t="inlineStr" r="AG16">
         <is>
           <t xml:space="preserve">84094</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH23">
+      <c s="4" t="inlineStr" r="AH16">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI23">
+      <c s="4" t="inlineStr" r="AI16">
         <is>
           <t xml:space="preserve">89431</t>
         </is>
       </c>
     </row>
-    <row r="24" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A24">
+    <row r="17" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A17">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">026-422-02</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B24">
+      <c s="4" t="inlineStr" r="B17">
         <is>
           <t xml:space="preserve">2166 CAPURRO WAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C24">
+      <c s="4" t="inlineStr" r="C17">
         <is>
           <t xml:space="preserve">12/02/2024 </t>
         </is>
       </c>
-      <c s="5" r="D24">
+      <c s="5" r="D17">
         <v>304500</v>
       </c>
-      <c s="4" t="inlineStr" r="E24">
+      <c s="4" t="inlineStr" r="E17">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F24">
+      <c s="3" t="inlineStr" r="F17">
         <is>
           <t xml:space="preserve">5501372</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G24">
+      <c s="4" t="inlineStr" r="G17">
         <is>
           <t xml:space="preserve">SIERRA WOODS ESTATES</t>
         </is>
       </c>
-      <c s="6" r="H24">
+      <c s="6" r="H17">
         <v>1977</v>
       </c>
-      <c s="6" r="I24">
+      <c s="6" r="I17">
         <v>1977</v>
       </c>
-      <c s="4" t="inlineStr" r="J24">
+      <c s="4" t="inlineStr" r="J17">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K24">
+      <c s="4" t="inlineStr" r="K17">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L24">
+      <c s="5" r="L17">
         <v>1726</v>
       </c>
-      <c s="4" t="inlineStr" r="M24">
+      <c s="4" t="inlineStr" r="M17">
         <is>
           <t xml:space="preserve">Average</t>
         </is>
       </c>
-      <c s="6" r="N24">
+      <c s="6" r="N17">
         <v>3</v>
       </c>
-      <c s="6" r="O24">
+      <c s="6" r="O17">
         <v>2</v>
       </c>
-      <c s="6" r="P24">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q24">
+      <c s="6" r="P17">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q17">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R24">
+      <c s="4" t="inlineStr" r="R17">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S24">
+      <c s="4" t="inlineStr" r="S17">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T24">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X24">
+      <c s="4" t="inlineStr" r="T17">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U17">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V17">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W17">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X17">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y24">
+      <c s="4" t="inlineStr" r="Y17">
         <is>
           <t xml:space="preserve">SF-15</t>
         </is>
       </c>
-      <c s="5" r="Z24">
+      <c s="5" r="Z17">
         <v>0.3440083</v>
       </c>
-      <c s="4" t="inlineStr" r="AA24">
+      <c s="4" t="inlineStr" r="AA17">
         <is>
           <t xml:space="preserve">SUMIT LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB24">
+      <c s="4" t="inlineStr" r="AB17">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC24">
+      <c s="4" t="inlineStr" r="AC17">
         <is>
           <t xml:space="preserve">4036 WEEPING WILLOW CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD24">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE24">
+      <c s="4" t="inlineStr" r="AD17">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE17">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF24">
+      <c s="4" t="inlineStr" r="AF17">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG24">
+      <c s="4" t="inlineStr" r="AG17">
         <is>
           <t xml:space="preserve">89502</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH24">
+      <c s="4" t="inlineStr" r="AH17">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI24">
+      <c s="4" t="inlineStr" r="AI17">
         <is>
           <t xml:space="preserve">89431</t>
         </is>
       </c>
     </row>
-    <row r="25" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A25">
+    <row r="18" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A18">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">026-472-13</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B25">
+      <c s="4" t="inlineStr" r="B18">
         <is>
           <t xml:space="preserve">3100 SCOTTSDALE RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C25">
+      <c s="4" t="inlineStr" r="C18">
         <is>
           <t xml:space="preserve">10/24/2025 </t>
         </is>
       </c>
-      <c s="5" r="D25">
+      <c s="5" r="D18">
         <v>525000</v>
       </c>
-      <c s="4" t="inlineStr" r="E25">
-[...4 lines deleted...]
-      <c s="3" t="inlineStr" r="F25">
+      <c s="4" t="inlineStr" r="E18">
+        <is>
+          <t xml:space="preserve">3BF</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="F18">
         <is>
           <t xml:space="preserve">5577654</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G25">
+      <c s="4" t="inlineStr" r="G18">
         <is>
           <t xml:space="preserve">MEADOWVIEW TERRACE UNIT 4 AMD</t>
         </is>
       </c>
-      <c s="6" r="H25">
+      <c s="6" r="H18">
         <v>1977</v>
       </c>
-      <c s="6" r="I25">
+      <c s="6" r="I18">
         <v>1977</v>
       </c>
-      <c s="4" t="inlineStr" r="J25">
+      <c s="4" t="inlineStr" r="J18">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K25">
+      <c s="4" t="inlineStr" r="K18">
         <is>
           <t xml:space="preserve">2 Story</t>
         </is>
       </c>
-      <c s="5" r="L25">
+      <c s="5" r="L18">
         <v>2176</v>
       </c>
-      <c s="4" t="inlineStr" r="M25">
+      <c s="4" t="inlineStr" r="M18">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N25">
+      <c s="6" r="N18">
         <v>3</v>
       </c>
-      <c s="6" r="O25">
+      <c s="6" r="O18">
         <v>3</v>
       </c>
-      <c s="6" r="P25">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q25">
+      <c s="6" r="P18">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q18">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R25">
+      <c s="4" t="inlineStr" r="R18">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S25">
+      <c s="4" t="inlineStr" r="S18">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T25">
+      <c s="4" t="inlineStr" r="T18">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U25">
+      <c s="5" r="U18">
         <v>672</v>
       </c>
-      <c s="4" t="inlineStr" r="V25">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X25">
+      <c s="4" t="inlineStr" r="V18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W18">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X18">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y25">
+      <c s="4" t="inlineStr" r="Y18">
         <is>
           <t xml:space="preserve">SF8</t>
         </is>
       </c>
-      <c s="5" r="Z25">
+      <c s="5" r="Z18">
         <v>0.1609963</v>
       </c>
-      <c s="4" t="inlineStr" r="AA25">
+      <c s="4" t="inlineStr" r="AA18">
         <is>
           <t xml:space="preserve">LIPPOLD TRUST, PAMELA J</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB25">
+      <c s="4" t="inlineStr" r="AB18">
         <is>
           <t xml:space="preserve">YES</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC25">
+      <c s="4" t="inlineStr" r="AC18">
         <is>
           <t xml:space="preserve">1155 FAIRFIELD AVE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD25">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE25">
+      <c s="4" t="inlineStr" r="AD18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE18">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF25">
+      <c s="4" t="inlineStr" r="AF18">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG25">
+      <c s="4" t="inlineStr" r="AG18">
         <is>
           <t xml:space="preserve">89509</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH25">
+      <c s="4" t="inlineStr" r="AH18">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI25">
+      <c s="4" t="inlineStr" r="AI18">
         <is>
           <t xml:space="preserve">89512</t>
         </is>
       </c>
     </row>
-    <row r="26" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A26">
+    <row r="19" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A19">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">027-232-17</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B26">
+      <c s="4" t="inlineStr" r="B19">
         <is>
           <t xml:space="preserve">1110 DODSON WAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C26">
+      <c s="4" t="inlineStr" r="C19">
         <is>
           <t xml:space="preserve">08/08/2025 </t>
         </is>
       </c>
-      <c s="5" r="D26">
+      <c s="5" r="D19">
         <v>268101</v>
       </c>
-      <c s="4" t="inlineStr" r="E26">
+      <c s="4" t="inlineStr" r="E19">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F26">
+      <c s="3" t="inlineStr" r="F19">
         <is>
           <t xml:space="preserve">5560298</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G26">
+      <c s="4" t="inlineStr" r="G19">
         <is>
           <t xml:space="preserve">GREENBRAE TERR WSTRLY ADD H</t>
         </is>
       </c>
-      <c s="6" r="H26">
+      <c s="6" r="H19">
         <v>1959</v>
       </c>
-      <c s="6" r="I26">
+      <c s="6" r="I19">
         <v>1959</v>
       </c>
-      <c s="4" t="inlineStr" r="J26">
+      <c s="4" t="inlineStr" r="J19">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K26">
+      <c s="4" t="inlineStr" r="K19">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L26">
+      <c s="5" r="L19">
         <v>1044</v>
       </c>
-      <c s="4" t="inlineStr" r="M26">
+      <c s="4" t="inlineStr" r="M19">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N26">
+      <c s="6" r="N19">
         <v>3</v>
       </c>
-      <c s="6" r="O26">
+      <c s="6" r="O19">
         <v>1</v>
       </c>
-      <c s="6" r="P26">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q26">
+      <c s="6" r="P19">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q19">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R26">
+      <c s="4" t="inlineStr" r="R19">
         <is>
           <t xml:space="preserve">ASPHALT SHINGLE ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S26">
+      <c s="4" t="inlineStr" r="S19">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T26">
+      <c s="4" t="inlineStr" r="T19">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U26">
+      <c s="5" r="U19">
         <v>300</v>
       </c>
-      <c s="4" t="inlineStr" r="V26">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X26">
+      <c s="4" t="inlineStr" r="V19">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W19">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X19">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y26">
+      <c s="4" t="inlineStr" r="Y19">
         <is>
           <t xml:space="preserve">SF-6</t>
         </is>
       </c>
-      <c s="5" r="Z26">
+      <c s="5" r="Z19">
         <v>0.1449954</v>
       </c>
-      <c s="4" t="inlineStr" r="AA26">
+      <c s="4" t="inlineStr" r="AA19">
         <is>
           <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB26">
+      <c s="4" t="inlineStr" r="AB19">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC26">
+      <c s="4" t="inlineStr" r="AC19">
         <is>
           <t xml:space="preserve">2015 MANHATTAN BEACH BLVD STE 100</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD26">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE26">
+      <c s="4" t="inlineStr" r="AD19">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE19">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF26">
+      <c s="4" t="inlineStr" r="AF19">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG26">
+      <c s="4" t="inlineStr" r="AG19">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH26">
+      <c s="4" t="inlineStr" r="AH19">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI26">
+      <c s="4" t="inlineStr" r="AI19">
         <is>
           <t xml:space="preserve">89431</t>
         </is>
       </c>
     </row>
-    <row r="27" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A27">
+    <row r="20" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A20">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">027-381-09</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B27">
+      <c s="4" t="inlineStr" r="B20">
         <is>
           <t xml:space="preserve">1650 TRABERT WAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C27">
+      <c s="4" t="inlineStr" r="C20">
         <is>
           <t xml:space="preserve">09/08/2025 </t>
         </is>
       </c>
-      <c s="5" r="D27">
+      <c s="5" r="D20">
         <v>297000</v>
       </c>
-      <c s="4" t="inlineStr" r="E27">
+      <c s="4" t="inlineStr" r="E20">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F27">
+      <c s="3" t="inlineStr" r="F20">
         <is>
           <t xml:space="preserve">5566970</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G27">
+      <c s="4" t="inlineStr" r="G20">
         <is>
           <t xml:space="preserve">MEADOWVALE SUB UNIT NO 1</t>
         </is>
       </c>
-      <c s="6" r="H27">
+      <c s="6" r="H20">
         <v>1962</v>
       </c>
-      <c s="6" r="I27">
+      <c s="6" r="I20">
         <v>1967</v>
       </c>
-      <c s="4" t="inlineStr" r="J27">
+      <c s="4" t="inlineStr" r="J20">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K27">
+      <c s="4" t="inlineStr" r="K20">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L27">
+      <c s="5" r="L20">
         <v>2205</v>
       </c>
-      <c s="4" t="inlineStr" r="M27">
+      <c s="4" t="inlineStr" r="M20">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N27">
+      <c s="6" r="N20">
         <v>4</v>
       </c>
-      <c s="6" r="O27">
+      <c s="6" r="O20">
         <v>2</v>
       </c>
-      <c s="6" r="P27">
+      <c s="6" r="P20">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q27">
+      <c s="4" t="inlineStr" r="Q20">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R27">
+      <c s="4" t="inlineStr" r="R20">
         <is>
           <t xml:space="preserve">SIDING ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S27">
+      <c s="4" t="inlineStr" r="S20">
         <is>
           <t xml:space="preserve">WOOD SHAKE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T27">
+      <c s="4" t="inlineStr" r="T20">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U27">
+      <c s="5" r="U20">
         <v>437</v>
       </c>
-      <c s="4" t="inlineStr" r="V27">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X27">
+      <c s="4" t="inlineStr" r="V20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W20">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X20">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y27">
+      <c s="4" t="inlineStr" r="Y20">
         <is>
           <t xml:space="preserve">SF-6</t>
         </is>
       </c>
-      <c s="5" r="Z27">
+      <c s="5" r="Z20">
         <v>0.1449954</v>
       </c>
-      <c s="4" t="inlineStr" r="AA27">
+      <c s="4" t="inlineStr" r="AA20">
         <is>
           <t xml:space="preserve">US BANK NA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB27">
+      <c s="4" t="inlineStr" r="AB20">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC27">
+      <c s="4" t="inlineStr" r="AC20">
         <is>
           <t xml:space="preserve">55 BEATTIE PL MS 005</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD27">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE27">
+      <c s="4" t="inlineStr" r="AD20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE20">
         <is>
           <t xml:space="preserve">GREENVILLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF27">
+      <c s="4" t="inlineStr" r="AF20">
         <is>
           <t xml:space="preserve">SC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG27">
+      <c s="4" t="inlineStr" r="AG20">
         <is>
           <t xml:space="preserve">29601</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH27">
+      <c s="4" t="inlineStr" r="AH20">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI27">
+      <c s="4" t="inlineStr" r="AI20">
         <is>
           <t xml:space="preserve">89431</t>
         </is>
       </c>
     </row>
-    <row r="28" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A28">
+    <row r="21" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A21">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">027-510-38</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B28">
+      <c s="4" t="inlineStr" r="B21">
         <is>
           <t xml:space="preserve">933 TYLER WAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C28">
+      <c s="4" t="inlineStr" r="C21">
         <is>
           <t xml:space="preserve">01/05/2024 </t>
         </is>
       </c>
-      <c s="5" r="D28">
+      <c s="5" r="D21">
         <v>267100</v>
       </c>
-      <c s="4" t="inlineStr" r="E28">
+      <c s="4" t="inlineStr" r="E21">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F28">
+      <c s="3" t="inlineStr" r="F21">
         <is>
           <t xml:space="preserve">5428491</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G28">
+      <c s="4" t="inlineStr" r="G21">
         <is>
           <t xml:space="preserve">TYLER WAY TOWNHOUSES</t>
         </is>
       </c>
-      <c s="6" r="H28">
+      <c s="6" r="H21">
         <v>1979</v>
       </c>
-      <c s="6" r="I28">
+      <c s="6" r="I21">
         <v>1979</v>
       </c>
-      <c s="4" t="inlineStr" r="J28">
+      <c s="4" t="inlineStr" r="J21">
         <is>
           <t xml:space="preserve">Condo/Townhouse</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K28">
+      <c s="4" t="inlineStr" r="K21">
         <is>
           <t xml:space="preserve">2 Story Inside Unit</t>
         </is>
       </c>
-      <c s="5" r="L28">
+      <c s="5" r="L21">
         <v>1272</v>
       </c>
-      <c s="4" t="inlineStr" r="M28">
+      <c s="4" t="inlineStr" r="M21">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N28">
+      <c s="6" r="N21">
         <v>2</v>
       </c>
-      <c s="6" r="O28">
+      <c s="6" r="O21">
         <v>2</v>
       </c>
-      <c s="6" r="P28">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q28">
+      <c s="6" r="P21">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q21">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R28">
+      <c s="4" t="inlineStr" r="R21">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S28">
+      <c s="4" t="inlineStr" r="S21">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T28">
+      <c s="4" t="inlineStr" r="T21">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U28">
+      <c s="5" r="U21">
         <v>460</v>
       </c>
-      <c s="4" t="inlineStr" r="V28">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X28">
+      <c s="4" t="inlineStr" r="V21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W21">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X21">
         <is>
           <t xml:space="preserve">210</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y28">
+      <c s="4" t="inlineStr" r="Y21">
         <is>
           <t xml:space="preserve">MF-2/PUD</t>
         </is>
       </c>
-      <c s="5" r="Z28">
+      <c s="5" r="Z21">
         <v>0.03471074</v>
       </c>
-      <c s="4" t="inlineStr" r="AA28">
+      <c s="4" t="inlineStr" r="AA21">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB28">
+      <c s="4" t="inlineStr" r="AB21">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC28">
+      <c s="4" t="inlineStr" r="AC21">
         <is>
           <t xml:space="preserve">659 THIRD AVE STE A</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD28">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE28">
+      <c s="4" t="inlineStr" r="AD21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE21">
         <is>
           <t xml:space="preserve">CHULA VISTA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF28">
+      <c s="4" t="inlineStr" r="AF21">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG28">
+      <c s="4" t="inlineStr" r="AG21">
         <is>
           <t xml:space="preserve">91910</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH28">
+      <c s="4" t="inlineStr" r="AH21">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI28">
+      <c s="4" t="inlineStr" r="AI21">
         <is>
           <t xml:space="preserve">89431</t>
         </is>
       </c>
     </row>
-    <row r="29" ht="18" customHeight="0">
-[...168 lines deleted...]
-      <c s="3" t="inlineStr" r="A30">
+    <row r="22" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A22">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">028-294-26</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B30">
+      <c s="4" t="inlineStr" r="B22">
         <is>
           <t xml:space="preserve">28 ARNDELL WAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C30">
+      <c s="4" t="inlineStr" r="C22">
         <is>
           <t xml:space="preserve">01/22/2025 </t>
         </is>
       </c>
-      <c s="5" r="D30">
+      <c s="5" r="D22">
         <v>365441</v>
       </c>
-      <c s="4" t="inlineStr" r="E30">
+      <c s="4" t="inlineStr" r="E22">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F30">
+      <c s="3" t="inlineStr" r="F22">
         <is>
           <t xml:space="preserve">5513450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G30">
+      <c s="4" t="inlineStr" r="G22">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H30">
+      <c s="6" r="H22">
         <v>1972</v>
       </c>
-      <c s="6" r="I30">
+      <c s="6" r="I22">
         <v>1972</v>
       </c>
-      <c s="4" t="inlineStr" r="J30">
+      <c s="4" t="inlineStr" r="J22">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K30">
+      <c s="4" t="inlineStr" r="K22">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L30">
+      <c s="5" r="L22">
         <v>1481</v>
       </c>
-      <c s="4" t="inlineStr" r="M30">
+      <c s="4" t="inlineStr" r="M22">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N30">
+      <c s="6" r="N22">
         <v>3</v>
       </c>
-      <c s="6" r="O30">
+      <c s="6" r="O22">
         <v>2</v>
       </c>
-      <c s="6" r="P30">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q30">
+      <c s="6" r="P22">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q22">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R30">
+      <c s="4" t="inlineStr" r="R22">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S30">
+      <c s="4" t="inlineStr" r="S22">
         <is>
           <t xml:space="preserve">WOOD SHAKE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T30">
+      <c s="4" t="inlineStr" r="T22">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U30">
+      <c s="5" r="U22">
         <v>506</v>
       </c>
-      <c s="4" t="inlineStr" r="V30">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X30">
+      <c s="4" t="inlineStr" r="V22">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W22">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X22">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y30">
+      <c s="4" t="inlineStr" r="Y22">
         <is>
           <t xml:space="preserve">SF-6</t>
         </is>
       </c>
-      <c s="5" r="Z30">
+      <c s="5" r="Z22">
         <v>0.1672406</v>
       </c>
-      <c s="4" t="inlineStr" r="AA30">
+      <c s="4" t="inlineStr" r="AA22">
         <is>
           <t xml:space="preserve">SECRETARY HOUSING &amp; URBAN DEVELOPMENT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB30">
+      <c s="4" t="inlineStr" r="AB22">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC30">
+      <c s="4" t="inlineStr" r="AC22">
         <is>
           <t xml:space="preserve">14002 E 21ST ST STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD30">
+      <c s="4" t="inlineStr" r="AD22">
         <is>
           <t xml:space="preserve">C/O COMPU-LINK CORPORATION</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE30">
+      <c s="4" t="inlineStr" r="AE22">
         <is>
           <t xml:space="preserve">TULSA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF30">
+      <c s="4" t="inlineStr" r="AF22">
         <is>
           <t xml:space="preserve">OK</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG30">
+      <c s="4" t="inlineStr" r="AG22">
         <is>
           <t xml:space="preserve">74134</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH30">
+      <c s="4" t="inlineStr" r="AH22">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI30">
+      <c s="4" t="inlineStr" r="AI22">
         <is>
           <t xml:space="preserve">89431</t>
         </is>
       </c>
     </row>
-    <row r="31" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A31">
+    <row r="23" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A23">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">028-372-08</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B31">
+      <c s="4" t="inlineStr" r="B23">
         <is>
           <t xml:space="preserve">115 P ST</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C31">
+      <c s="4" t="inlineStr" r="C23">
         <is>
           <t xml:space="preserve">09/30/2025 </t>
         </is>
       </c>
-      <c s="5" r="D31">
+      <c s="5" r="D23">
         <v>328200</v>
       </c>
-      <c s="4" t="inlineStr" r="E31">
+      <c s="4" t="inlineStr" r="E23">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F31">
+      <c s="3" t="inlineStr" r="F23">
         <is>
           <t xml:space="preserve">5571783</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G31">
+      <c s="4" t="inlineStr" r="G23">
         <is>
           <t xml:space="preserve">GREENBRAE TERRACE SUB ADD 7</t>
         </is>
       </c>
-      <c s="6" r="H31">
+      <c s="6" r="H23">
         <v>1956</v>
       </c>
-      <c s="6" r="I31">
+      <c s="6" r="I23">
         <v>1958</v>
       </c>
-      <c s="4" t="inlineStr" r="J31">
+      <c s="4" t="inlineStr" r="J23">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K31">
+      <c s="4" t="inlineStr" r="K23">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L31">
+      <c s="5" r="L23">
         <v>1463</v>
       </c>
-      <c s="4" t="inlineStr" r="M31">
+      <c s="4" t="inlineStr" r="M23">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N31">
+      <c s="6" r="N23">
         <v>4</v>
       </c>
-      <c s="6" r="O31">
+      <c s="6" r="O23">
         <v>2</v>
       </c>
-      <c s="6" r="P31">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q31">
+      <c s="6" r="P23">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q23">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R31">
+      <c s="4" t="inlineStr" r="R23">
         <is>
           <t xml:space="preserve">ASPHALT SHINGLE ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S31">
+      <c s="4" t="inlineStr" r="S23">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T31">
+      <c s="4" t="inlineStr" r="T23">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U31">
+      <c s="5" r="U23">
         <v>300</v>
       </c>
-      <c s="4" t="inlineStr" r="V31">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X31">
+      <c s="4" t="inlineStr" r="V23">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W23">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X23">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y31">
+      <c s="4" t="inlineStr" r="Y23">
         <is>
           <t xml:space="preserve">SF-6</t>
         </is>
       </c>
-      <c s="5" r="Z31">
+      <c s="5" r="Z23">
         <v>0.142011</v>
       </c>
-      <c s="4" t="inlineStr" r="AA31">
+      <c s="4" t="inlineStr" r="AA23">
         <is>
           <t xml:space="preserve">ARIF, FAHAD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB31">
+      <c s="4" t="inlineStr" r="AB23">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC31">
+      <c s="4" t="inlineStr" r="AC23">
         <is>
           <t xml:space="preserve">5395 LADYBUG CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD31">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE31">
+      <c s="4" t="inlineStr" r="AD23">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE23">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF31">
+      <c s="4" t="inlineStr" r="AF23">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG31">
+      <c s="4" t="inlineStr" r="AG23">
         <is>
           <t xml:space="preserve">89523</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH31">
+      <c s="4" t="inlineStr" r="AH23">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI31">
+      <c s="4" t="inlineStr" r="AI23">
         <is>
           <t xml:space="preserve">89431</t>
         </is>
       </c>
     </row>
-    <row r="32" ht="18" customHeight="0">
-[...336 lines deleted...]
-      <c s="3" t="inlineStr" r="A34">
+    <row r="24" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A24">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">041-170-31</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B34">
+      <c s="4" t="inlineStr" r="B24">
         <is>
           <t xml:space="preserve">6461 MEADOW HILL DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C34">
+      <c s="4" t="inlineStr" r="C24">
         <is>
           <t xml:space="preserve">07/16/2024 </t>
         </is>
       </c>
-      <c s="5" r="D34">
+      <c s="5" r="D24">
         <v>550100</v>
       </c>
-      <c s="4" t="inlineStr" r="E34">
+      <c s="4" t="inlineStr" r="E24">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F34">
+      <c s="3" t="inlineStr" r="F24">
         <is>
           <t xml:space="preserve">5469941</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G34">
+      <c s="4" t="inlineStr" r="G24">
         <is>
           <t xml:space="preserve">MEADOWRIDGE 1-A AMD</t>
         </is>
       </c>
-      <c s="6" r="H34">
+      <c s="6" r="H24">
         <v>1978</v>
       </c>
-      <c s="6" r="I34">
+      <c s="6" r="I24">
         <v>1978</v>
       </c>
-      <c s="4" t="inlineStr" r="J34">
+      <c s="4" t="inlineStr" r="J24">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K34">
+      <c s="4" t="inlineStr" r="K24">
         <is>
           <t xml:space="preserve">Split Level</t>
         </is>
       </c>
-      <c s="5" r="L34">
+      <c s="5" r="L24">
         <v>2151</v>
       </c>
-      <c s="4" t="inlineStr" r="M34">
+      <c s="4" t="inlineStr" r="M24">
         <is>
           <t xml:space="preserve">Average-Good</t>
         </is>
       </c>
-      <c s="6" r="N34">
+      <c s="6" r="N24">
         <v>2</v>
       </c>
-      <c s="6" r="O34">
+      <c s="6" r="O24">
         <v>2</v>
       </c>
-      <c s="6" r="P34">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q34">
+      <c s="6" r="P24">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q24">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R34">
+      <c s="4" t="inlineStr" r="R24">
         <is>
           <t xml:space="preserve">WOOD SHINGLE ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S34">
+      <c s="4" t="inlineStr" r="S24">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T34">
+      <c s="4" t="inlineStr" r="T24">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U34">
+      <c s="5" r="U24">
         <v>476</v>
       </c>
-      <c s="4" t="inlineStr" r="V34">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X34">
+      <c s="4" t="inlineStr" r="V24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W24">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X24">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y34">
+      <c s="4" t="inlineStr" r="Y24">
         <is>
           <t xml:space="preserve">SF5</t>
         </is>
       </c>
-      <c s="5" r="Z34">
+      <c s="5" r="Z24">
         <v>0.1262626</v>
       </c>
-      <c s="4" t="inlineStr" r="AA34">
+      <c s="4" t="inlineStr" r="AA24">
         <is>
           <t xml:space="preserve">SFR INVESTMENTS POOL 1 LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB34">
+      <c s="4" t="inlineStr" r="AB24">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC34">
+      <c s="4" t="inlineStr" r="AC24">
         <is>
           <t xml:space="preserve">7625 DEAN MARTIN DR STE 105</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD34">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE34">
+      <c s="4" t="inlineStr" r="AD24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE24">
         <is>
           <t xml:space="preserve">LAS VEGAS</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF34">
+      <c s="4" t="inlineStr" r="AF24">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG34">
+      <c s="4" t="inlineStr" r="AG24">
         <is>
           <t xml:space="preserve">89139</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH34">
+      <c s="4" t="inlineStr" r="AH24">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI34">
+      <c s="4" t="inlineStr" r="AI24">
         <is>
           <t xml:space="preserve">89519</t>
         </is>
       </c>
     </row>
-    <row r="35" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A35">
+    <row r="25" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A25">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">050-423-02</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B35">
+      <c s="4" t="inlineStr" r="B25">
         <is>
           <t xml:space="preserve">3110 WHITE PINE DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C35">
+      <c s="4" t="inlineStr" r="C25">
         <is>
           <t xml:space="preserve">08/02/2024 </t>
         </is>
       </c>
-      <c s="5" r="D35">
+      <c s="5" r="D25">
         <v>300000</v>
       </c>
-      <c s="4" t="inlineStr" r="E35">
+      <c s="4" t="inlineStr" r="E25">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F35">
+      <c s="3" t="inlineStr" r="F25">
         <is>
           <t xml:space="preserve">5474166</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G35">
+      <c s="4" t="inlineStr" r="G25">
         <is>
           <t xml:space="preserve">WASHOE VALLEY FARMS</t>
         </is>
       </c>
-      <c s="6" r="H35">
+      <c s="6" r="H25">
         <v>1960</v>
       </c>
-      <c s="6" r="I35">
+      <c s="6" r="I25">
         <v>1960</v>
       </c>
-      <c s="4" t="inlineStr" r="J35">
+      <c s="4" t="inlineStr" r="J25">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K35">
+      <c s="4" t="inlineStr" r="K25">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L35">
+      <c s="5" r="L25">
         <v>862</v>
       </c>
-      <c s="4" t="inlineStr" r="M35">
+      <c s="4" t="inlineStr" r="M25">
         <is>
           <t xml:space="preserve">Low-Fair</t>
         </is>
       </c>
-      <c s="6" r="N35">
+      <c s="6" r="N25">
         <v>2</v>
       </c>
-      <c s="6" r="O35">
+      <c s="6" r="O25">
         <v>1</v>
       </c>
-      <c s="6" r="P35">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q35">
+      <c s="6" r="P25">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q25">
         <is>
           <t xml:space="preserve">WALL FURNACE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R35">
+      <c s="4" t="inlineStr" r="R25">
         <is>
           <t xml:space="preserve">ASPHALT SHINGLE ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S35">
+      <c s="4" t="inlineStr" r="S25">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T35">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X35">
+      <c s="4" t="inlineStr" r="T25">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U25">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V25">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W25">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X25">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y35">
+      <c s="4" t="inlineStr" r="Y25">
         <is>
           <t xml:space="preserve">LDS</t>
         </is>
       </c>
-      <c s="5" r="Z35">
+      <c s="5" r="Z25">
         <v>2</v>
       </c>
-      <c s="4" t="inlineStr" r="AA35">
+      <c s="4" t="inlineStr" r="AA25">
         <is>
           <t xml:space="preserve">PAYA, CHARLES H V</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB35">
+      <c s="4" t="inlineStr" r="AB25">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC35">
+      <c s="4" t="inlineStr" r="AC25">
         <is>
           <t xml:space="preserve">402 FOOTHILL RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD35">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE35">
+      <c s="4" t="inlineStr" r="AD25">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE25">
         <is>
           <t xml:space="preserve">GARDNERVILLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF35">
+      <c s="4" t="inlineStr" r="AF25">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG35">
+      <c s="4" t="inlineStr" r="AG25">
         <is>
           <t xml:space="preserve">89460</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH35">
+      <c s="4" t="inlineStr" r="AH25">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI35">
+      <c s="4" t="inlineStr" r="AI25">
         <is>
           <t xml:space="preserve">89704</t>
         </is>
       </c>
     </row>
-    <row r="36" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A36">
+    <row r="26" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A26">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">051-400-23</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B36">
+      <c s="4" t="inlineStr" r="B26">
         <is>
           <t xml:space="preserve">6090 W HIDDEN VALLEY DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C36">
+      <c s="4" t="inlineStr" r="C26">
         <is>
           <t xml:space="preserve">02/28/2025 </t>
         </is>
       </c>
-      <c s="5" r="D36">
+      <c s="5" r="D26">
         <v>297000</v>
       </c>
-      <c s="4" t="inlineStr" r="E36">
+      <c s="4" t="inlineStr" r="E26">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F36">
+      <c s="3" t="inlineStr" r="F26">
         <is>
           <t xml:space="preserve">5522509</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G36">
+      <c s="4" t="inlineStr" r="G26">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H36">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X36">
+      <c s="6" r="H26">
+        <v>0</v>
+      </c>
+      <c s="6" r="I26">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L26"/>
+      <c s="4" t="inlineStr" r="M26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N26">
+        <v>0</v>
+      </c>
+      <c s="6" r="O26">
+        <v>0</v>
+      </c>
+      <c s="6" r="P26">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U26">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W26">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X26">
         <is>
           <t xml:space="preserve">120</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y36">
+      <c s="4" t="inlineStr" r="Y26">
         <is>
           <t xml:space="preserve">GR</t>
         </is>
       </c>
-      <c s="5" r="Z36">
+      <c s="5" r="Z26">
         <v>1.098072</v>
       </c>
-      <c s="4" t="inlineStr" r="AA36">
+      <c s="4" t="inlineStr" r="AA26">
         <is>
           <t xml:space="preserve">RODNEY FAMILY TRUST</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB36">
+      <c s="4" t="inlineStr" r="AB26">
         <is>
           <t xml:space="preserve">YES</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC36">
+      <c s="4" t="inlineStr" r="AC26">
         <is>
           <t xml:space="preserve">PO BOX 1911</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD36">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE36">
+      <c s="4" t="inlineStr" r="AD26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE26">
         <is>
           <t xml:space="preserve">ZEPHYR COVE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF36">
+      <c s="4" t="inlineStr" r="AF26">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG36">
+      <c s="4" t="inlineStr" r="AG26">
         <is>
           <t xml:space="preserve">89448</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH36">
+      <c s="4" t="inlineStr" r="AH26">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI36">
+      <c s="4" t="inlineStr" r="AI26">
         <is>
           <t xml:space="preserve">89502</t>
         </is>
       </c>
     </row>
-    <row r="37" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A37">
+    <row r="27" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A27">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">074-170-37</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B37">
+      <c s="4" t="inlineStr" r="B27">
         <is>
           <t xml:space="preserve">2940 PAIUTE LN</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C37">
+      <c s="4" t="inlineStr" r="C27">
         <is>
           <t xml:space="preserve">03/14/2025 </t>
         </is>
       </c>
-      <c s="5" r="D37">
+      <c s="5" r="D27">
         <v>16629</v>
       </c>
-      <c s="4" t="inlineStr" r="E37">
+      <c s="4" t="inlineStr" r="E27">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F37">
+      <c s="3" t="inlineStr" r="F27">
         <is>
           <t xml:space="preserve">5525793</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G37">
+      <c s="4" t="inlineStr" r="G27">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H37">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X37">
+      <c s="6" r="H27">
+        <v>0</v>
+      </c>
+      <c s="6" r="I27">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L27"/>
+      <c s="4" t="inlineStr" r="M27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N27">
+        <v>0</v>
+      </c>
+      <c s="6" r="O27">
+        <v>0</v>
+      </c>
+      <c s="6" r="P27">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U27">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W27">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X27">
         <is>
           <t xml:space="preserve">120</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y37">
+      <c s="4" t="inlineStr" r="Y27">
         <is>
           <t xml:space="preserve">GR</t>
         </is>
       </c>
-      <c s="5" r="Z37">
+      <c s="5" r="Z27">
         <v>5</v>
       </c>
-      <c s="4" t="inlineStr" r="AA37">
+      <c s="4" t="inlineStr" r="AA27">
         <is>
           <t xml:space="preserve">RIGNEY, WENDY S et al</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB37">
+      <c s="4" t="inlineStr" r="AB27">
         <is>
           <t xml:space="preserve">YES</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC37">
+      <c s="4" t="inlineStr" r="AC27">
         <is>
           <t xml:space="preserve">302 HELEN DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD37">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE37">
+      <c s="4" t="inlineStr" r="AD27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE27">
         <is>
           <t xml:space="preserve">YERINGTON</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF37">
+      <c s="4" t="inlineStr" r="AF27">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG37">
+      <c s="4" t="inlineStr" r="AG27">
         <is>
           <t xml:space="preserve">89447</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH37">
+      <c s="4" t="inlineStr" r="AH27">
         <is>
           <t xml:space="preserve">9000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI37">
+      <c s="4" t="inlineStr" r="AI27">
         <is>
           <t xml:space="preserve">89510</t>
         </is>
       </c>
     </row>
-    <row r="38" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A38">
+    <row r="28" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A28">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">076-200-24</t>
+            <t xml:space="preserve">077-460-05</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B38">
-[...12 lines deleted...]
-      <c s="4" t="inlineStr" r="E38">
+      <c s="4" t="inlineStr" r="B28">
+        <is>
+          <t xml:space="preserve">705 PAH RAH SPRINGS RD</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="C28">
+        <is>
+          <t xml:space="preserve">12/05/2025 </t>
+        </is>
+      </c>
+      <c s="5" r="D28">
+        <v>185000</v>
+      </c>
+      <c s="4" t="inlineStr" r="E28">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F38">
-[...71 lines deleted...]
-      <c s="4" t="inlineStr" r="X38">
+      <c s="3" t="inlineStr" r="F28">
+        <is>
+          <t xml:space="preserve">5586799</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G28">
+        <is>
+          <t xml:space="preserve">WILCOX RANCH 2</t>
+        </is>
+      </c>
+      <c s="6" r="H28">
+        <v>0</v>
+      </c>
+      <c s="6" r="I28">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L28"/>
+      <c s="4" t="inlineStr" r="M28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N28">
+        <v>0</v>
+      </c>
+      <c s="6" r="O28">
+        <v>0</v>
+      </c>
+      <c s="6" r="P28">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U28">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W28">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X28">
         <is>
           <t xml:space="preserve">120</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y38">
+      <c s="4" t="inlineStr" r="Y28">
         <is>
           <t xml:space="preserve">GRA</t>
         </is>
       </c>
-      <c s="5" r="Z38">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="AB38">
+      <c s="5" r="Z28">
+        <v>233.17</v>
+      </c>
+      <c s="4" t="inlineStr" r="AA28">
+        <is>
+          <t xml:space="preserve">NWC RECEIVABLES TRUST</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AB28">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC38">
-[...29 lines deleted...]
-      <c s="4" t="inlineStr" r="AI38">
+      <c s="4" t="inlineStr" r="AC28">
+        <is>
+          <t xml:space="preserve">6061 S WILLOW DR STE 300</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AD28">
+        <is>
+          <t xml:space="preserve">C/O STATEBRIDGE COMPANY LLC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE28">
+        <is>
+          <t xml:space="preserve">GREENWOOD VILLAGE</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AF28">
+        <is>
+          <t xml:space="preserve">CO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AG28">
+        <is>
+          <t xml:space="preserve">80111</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AH28">
+        <is>
+          <t xml:space="preserve">4400</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AI28">
         <is>
           <t xml:space="preserve">89510</t>
         </is>
       </c>
     </row>
-    <row r="39" ht="18" customHeight="0">
-[...332 lines deleted...]
-      <c s="3" t="inlineStr" r="A41">
+    <row r="29" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A29">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">078-221-06</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B41">
+      <c s="4" t="inlineStr" r="B29">
         <is>
           <t xml:space="preserve">16705 N RED ROCK RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C41">
+      <c s="4" t="inlineStr" r="C29">
         <is>
           <t xml:space="preserve">10/12/2023 </t>
         </is>
       </c>
-      <c s="5" r="D41">
+      <c s="5" r="D29">
         <v>3877</v>
       </c>
-      <c s="4" t="inlineStr" r="E41">
+      <c s="4" t="inlineStr" r="E29">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F41">
+      <c s="3" t="inlineStr" r="F29">
         <is>
           <t xml:space="preserve">5411823</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G41">
+      <c s="4" t="inlineStr" r="G29">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H41">
+      <c s="6" r="H29">
         <v>1997</v>
       </c>
-      <c s="6" r="I41">
+      <c s="6" r="I29">
         <v>1997</v>
       </c>
-      <c s="4" t="inlineStr" r="J41">
+      <c s="4" t="inlineStr" r="J29">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K41">
+      <c s="4" t="inlineStr" r="K29">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L41">
+      <c s="5" r="L29">
         <v>1232</v>
       </c>
-      <c s="4" t="inlineStr" r="M41">
+      <c s="4" t="inlineStr" r="M29">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N41">
+      <c s="6" r="N29">
         <v>3</v>
       </c>
-      <c s="6" r="O41">
+      <c s="6" r="O29">
         <v>2</v>
       </c>
-      <c s="6" r="P41">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q41">
+      <c s="6" r="P29">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q29">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R41">
+      <c s="4" t="inlineStr" r="R29">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S41">
+      <c s="4" t="inlineStr" r="S29">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T41">
+      <c s="4" t="inlineStr" r="T29">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U41">
+      <c s="5" r="U29">
         <v>484</v>
       </c>
-      <c s="4" t="inlineStr" r="V41">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X41">
+      <c s="4" t="inlineStr" r="V29">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W29">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X29">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y41">
+      <c s="4" t="inlineStr" r="Y29">
         <is>
           <t xml:space="preserve">LDR</t>
         </is>
       </c>
-      <c s="5" r="Z41">
+      <c s="5" r="Z29">
         <v>10.41</v>
       </c>
-      <c s="4" t="inlineStr" r="AA41">
+      <c s="4" t="inlineStr" r="AA29">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB41">
+      <c s="4" t="inlineStr" r="AB29">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC41">
+      <c s="4" t="inlineStr" r="AC29">
         <is>
           <t xml:space="preserve">659 THIRD AVE STE A</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD41">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE41">
+      <c s="4" t="inlineStr" r="AD29">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE29">
         <is>
           <t xml:space="preserve">CHULA VISTA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF41">
+      <c s="4" t="inlineStr" r="AF29">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG41">
+      <c s="4" t="inlineStr" r="AG29">
         <is>
           <t xml:space="preserve">91910</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH41">
+      <c s="4" t="inlineStr" r="AH29">
         <is>
           <t xml:space="preserve">9000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI41">
+      <c s="4" t="inlineStr" r="AI29">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="42" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A42">
+    <row r="30" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A30">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">080-764-12</t>
+          </r>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="B30">
+        <is>
+          <t xml:space="preserve">8921 KEMMER ST</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="C30">
+        <is>
+          <t xml:space="preserve">12/01/2025 </t>
+        </is>
+      </c>
+      <c s="5" r="D30">
+        <v>353000</v>
+      </c>
+      <c s="4" t="inlineStr" r="E30">
+        <is>
+          <t xml:space="preserve">3BF</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="F30">
+        <is>
+          <t xml:space="preserve">5585444</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G30">
+        <is>
+          <t xml:space="preserve">PEEK PARCEL UNIT 1 PHASE 1</t>
+        </is>
+      </c>
+      <c s="6" r="H30">
+        <v>2004</v>
+      </c>
+      <c s="6" r="I30">
+        <v>2004</v>
+      </c>
+      <c s="4" t="inlineStr" r="J30">
+        <is>
+          <t xml:space="preserve">Single Family Residence</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K30">
+        <is>
+          <t xml:space="preserve">1 Story</t>
+        </is>
+      </c>
+      <c s="5" r="L30">
+        <v>1675</v>
+      </c>
+      <c s="4" t="inlineStr" r="M30">
+        <is>
+          <t xml:space="preserve">Fair-Average</t>
+        </is>
+      </c>
+      <c s="6" r="N30">
+        <v>4</v>
+      </c>
+      <c s="6" r="O30">
+        <v>2</v>
+      </c>
+      <c s="6" r="P30">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q30">
+        <is>
+          <t xml:space="preserve">FORCED AIR</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R30">
+        <is>
+          <t xml:space="preserve">HARDBOARD ON FRAME</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S30">
+        <is>
+          <t xml:space="preserve">COMPOSITION SHINGLE</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T30">
+        <is>
+          <t xml:space="preserve">ATTACHED</t>
+        </is>
+      </c>
+      <c s="5" r="U30">
+        <v>404</v>
+      </c>
+      <c s="4" t="inlineStr" r="V30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W30">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X30">
+        <is>
+          <t xml:space="preserve">200</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="Y30">
+        <is>
+          <t xml:space="preserve">SF11</t>
+        </is>
+      </c>
+      <c s="5" r="Z30">
+        <v>0.1341368</v>
+      </c>
+      <c s="4" t="inlineStr" r="AA30">
+        <is>
+          <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AB30">
+        <is>
+          <t xml:space="preserve">NO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AC30">
+        <is>
+          <t xml:space="preserve">3500 LAKESIDE CT STE 212B</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AD30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE30">
+        <is>
+          <t xml:space="preserve">RENO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AF30">
+        <is>
+          <t xml:space="preserve">NV</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AG30">
+        <is>
+          <t xml:space="preserve">89509</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AH30">
+        <is>
+          <t xml:space="preserve">1000</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AI30">
+        <is>
+          <t xml:space="preserve">89506</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A31">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">080-772-01</t>
+          </r>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="B31">
+        <is>
+          <t xml:space="preserve">7850 WELSH DR</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="C31">
+        <is>
+          <t xml:space="preserve">01/20/2026 </t>
+        </is>
+      </c>
+      <c s="5" r="D31">
+        <v>9810</v>
+      </c>
+      <c s="4" t="inlineStr" r="E31">
+        <is>
+          <t xml:space="preserve">3BF</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="F31">
+        <is>
+          <t xml:space="preserve">5595561</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G31">
+        <is>
+          <t xml:space="preserve">PEEK PARCEL UNIT 1 PHASE 1</t>
+        </is>
+      </c>
+      <c s="6" r="H31">
+        <v>2003</v>
+      </c>
+      <c s="6" r="I31">
+        <v>2003</v>
+      </c>
+      <c s="4" t="inlineStr" r="J31">
+        <is>
+          <t xml:space="preserve">Single Family Residence</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K31">
+        <is>
+          <t xml:space="preserve">2 Story</t>
+        </is>
+      </c>
+      <c s="5" r="L31">
+        <v>2222</v>
+      </c>
+      <c s="4" t="inlineStr" r="M31">
+        <is>
+          <t xml:space="preserve">Fair-Average</t>
+        </is>
+      </c>
+      <c s="6" r="N31">
+        <v>4</v>
+      </c>
+      <c s="6" r="O31">
+        <v>2</v>
+      </c>
+      <c s="6" r="P31">
+        <v>1</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q31">
+        <is>
+          <t xml:space="preserve">FA/AC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R31">
+        <is>
+          <t xml:space="preserve">HARDBOARD ON FRAME</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S31">
+        <is>
+          <t xml:space="preserve">COMPOSITION SHINGLE</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T31">
+        <is>
+          <t xml:space="preserve">BUILT-IN</t>
+        </is>
+      </c>
+      <c s="5" r="U31">
+        <v>441</v>
+      </c>
+      <c s="4" t="inlineStr" r="V31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W31">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X31">
+        <is>
+          <t xml:space="preserve">200</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="Y31">
+        <is>
+          <t xml:space="preserve">SF11</t>
+        </is>
+      </c>
+      <c s="5" r="Z31">
+        <v>0.1567264</v>
+      </c>
+      <c s="4" t="inlineStr" r="AA31">
+        <is>
+          <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AB31">
+        <is>
+          <t xml:space="preserve">NO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AC31">
+        <is>
+          <t xml:space="preserve">3500 LAKESIDE DR STE 212B</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AD31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE31">
+        <is>
+          <t xml:space="preserve">RENO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AF31">
+        <is>
+          <t xml:space="preserve">NV</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AG31">
+        <is>
+          <t xml:space="preserve">89509</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AH31">
+        <is>
+          <t xml:space="preserve">1000</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AI31">
+        <is>
+          <t xml:space="preserve">89506</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A32">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">080-811-21</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B42">
+      <c s="4" t="inlineStr" r="B32">
         <is>
           <t xml:space="preserve">9025 ALSANDAIR CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C42">
+      <c s="4" t="inlineStr" r="C32">
         <is>
           <t xml:space="preserve">08/12/2024 </t>
         </is>
       </c>
-      <c s="5" r="D42">
+      <c s="5" r="D32">
         <v>490000</v>
       </c>
-      <c s="4" t="inlineStr" r="E42">
+      <c s="4" t="inlineStr" r="E32">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F42">
+      <c s="3" t="inlineStr" r="F32">
         <is>
           <t xml:space="preserve">5475855</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G42">
+      <c s="4" t="inlineStr" r="G32">
         <is>
           <t xml:space="preserve">CREST AT STONEFIELD 1 UT 1</t>
         </is>
       </c>
-      <c s="6" r="H42">
+      <c s="6" r="H32">
         <v>2005</v>
       </c>
-      <c s="6" r="I42">
+      <c s="6" r="I32">
         <v>2005</v>
       </c>
-      <c s="4" t="inlineStr" r="J42">
+      <c s="4" t="inlineStr" r="J32">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K42">
+      <c s="4" t="inlineStr" r="K32">
         <is>
           <t xml:space="preserve">2 Story</t>
         </is>
       </c>
-      <c s="5" r="L42">
+      <c s="5" r="L32">
         <v>2905</v>
       </c>
-      <c s="4" t="inlineStr" r="M42">
+      <c s="4" t="inlineStr" r="M32">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N42">
+      <c s="6" r="N32">
         <v>5</v>
       </c>
-      <c s="6" r="O42">
+      <c s="6" r="O32">
         <v>3</v>
       </c>
-      <c s="6" r="P42">
+      <c s="6" r="P32">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q42">
+      <c s="4" t="inlineStr" r="Q32">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R42">
+      <c s="4" t="inlineStr" r="R32">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S42">
+      <c s="4" t="inlineStr" r="S32">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T42">
+      <c s="4" t="inlineStr" r="T32">
         <is>
           <t xml:space="preserve">BUILT-IN</t>
         </is>
       </c>
-      <c s="5" r="U42">
+      <c s="5" r="U32">
         <v>468</v>
       </c>
-      <c s="4" t="inlineStr" r="V42">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X42">
+      <c s="4" t="inlineStr" r="V32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W32">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X32">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y42">
+      <c s="4" t="inlineStr" r="Y32">
         <is>
           <t xml:space="preserve">SF11</t>
         </is>
       </c>
-      <c s="5" r="Z42">
+      <c s="5" r="Z32">
         <v>0.2438476</v>
       </c>
-      <c s="4" t="inlineStr" r="AA42">
+      <c s="4" t="inlineStr" r="AA32">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB42">
+      <c s="4" t="inlineStr" r="AB32">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC42">
+      <c s="4" t="inlineStr" r="AC32">
         <is>
           <t xml:space="preserve">3500 LAKESIDE CT STE 212B</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD42">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE42">
+      <c s="4" t="inlineStr" r="AD32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE32">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF42">
+      <c s="4" t="inlineStr" r="AF32">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG42">
+      <c s="4" t="inlineStr" r="AG32">
         <is>
           <t xml:space="preserve">89509</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH42">
+      <c s="4" t="inlineStr" r="AH32">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI42">
+      <c s="4" t="inlineStr" r="AI32">
         <is>
           <t xml:space="preserve">89506</t>
         </is>
       </c>
     </row>
-    <row r="43" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A43">
+    <row r="33" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A33">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">081-192-07</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B43">
+      <c s="4" t="inlineStr" r="B33">
         <is>
           <t xml:space="preserve">17519 NORTHRIDGE AVE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C43">
+      <c s="4" t="inlineStr" r="C33">
         <is>
           <t xml:space="preserve">10/18/2024 </t>
         </is>
       </c>
-      <c s="5" r="D43">
+      <c s="5" r="D33">
         <v>278860</v>
       </c>
-      <c s="4" t="inlineStr" r="E43">
+      <c s="4" t="inlineStr" r="E33">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F43">
+      <c s="3" t="inlineStr" r="F33">
         <is>
           <t xml:space="preserve">5491964</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G43">
+      <c s="4" t="inlineStr" r="G33">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H43">
+      <c s="6" r="H33">
         <v>1995</v>
       </c>
-      <c s="6" r="I43">
+      <c s="6" r="I33">
         <v>1995</v>
       </c>
-      <c s="4" t="inlineStr" r="J43">
+      <c s="4" t="inlineStr" r="J33">
         <is>
           <t xml:space="preserve">Mobile Home Real Property</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K43">
+      <c s="4" t="inlineStr" r="K33">
         <is>
           <t xml:space="preserve">Mobile Home Double Wide (20 to 37 feet wide)</t>
         </is>
       </c>
-      <c s="5" r="L43">
+      <c s="5" r="L33">
         <v>1560</v>
       </c>
-      <c s="4" t="inlineStr" r="M43">
+      <c s="4" t="inlineStr" r="M33">
         <is>
           <t xml:space="preserve">Average</t>
         </is>
       </c>
-      <c s="6" r="N43">
+      <c s="6" r="N33">
         <v>3</v>
       </c>
-      <c s="6" r="O43">
+      <c s="6" r="O33">
         <v>2</v>
       </c>
-      <c s="6" r="P43">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q43">
+      <c s="6" r="P33">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q33">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R43">
+      <c s="4" t="inlineStr" r="R33">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S43">
+      <c s="4" t="inlineStr" r="S33">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T43">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X43">
+      <c s="4" t="inlineStr" r="T33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U33">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W33">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X33">
         <is>
           <t xml:space="preserve">220</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y43">
+      <c s="4" t="inlineStr" r="Y33">
         <is>
           <t xml:space="preserve">LDS</t>
         </is>
       </c>
-      <c s="5" r="Z43">
+      <c s="5" r="Z33">
         <v>1.189991</v>
       </c>
-      <c s="4" t="inlineStr" r="AA43">
+      <c s="4" t="inlineStr" r="AA33">
         <is>
           <t xml:space="preserve">PLANET HOME LENDING LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB43">
+      <c s="4" t="inlineStr" r="AB33">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC43">
+      <c s="4" t="inlineStr" r="AC33">
         <is>
           <t xml:space="preserve">321 RESEARCH PKWY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD43">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE43">
+      <c s="4" t="inlineStr" r="AD33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE33">
         <is>
           <t xml:space="preserve">MERIDEN</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF43">
+      <c s="4" t="inlineStr" r="AF33">
         <is>
           <t xml:space="preserve">CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG43">
+      <c s="4" t="inlineStr" r="AG33">
         <is>
           <t xml:space="preserve">06450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH43">
+      <c s="4" t="inlineStr" r="AH33">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI43">
+      <c s="4" t="inlineStr" r="AI33">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="44" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A44">
+    <row r="34" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A34">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">085-155-15</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B44">
+      <c s="4" t="inlineStr" r="B34">
         <is>
           <t xml:space="preserve">5398 SUN VALLEY BLVD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C44">
+      <c s="4" t="inlineStr" r="C34">
         <is>
           <t xml:space="preserve">06/20/2025 </t>
         </is>
       </c>
-      <c s="5" r="D44">
+      <c s="5" r="D34">
         <v>3177879</v>
       </c>
-      <c s="4" t="inlineStr" r="E44">
+      <c s="4" t="inlineStr" r="E34">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F44">
+      <c s="3" t="inlineStr" r="F34">
         <is>
           <t xml:space="preserve">5547695</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G44">
+      <c s="4" t="inlineStr" r="G34">
         <is>
           <t xml:space="preserve">SUN VALLEY SUBDIVISION 2</t>
         </is>
       </c>
-      <c s="6" r="H44">
+      <c s="6" r="H34">
         <v>1979</v>
       </c>
-      <c s="6" r="I44">
+      <c s="6" r="I34">
         <v>1996</v>
       </c>
-      <c s="4" t="inlineStr" r="J44">
+      <c s="4" t="inlineStr" r="J34">
         <is>
           <t xml:space="preserve">Retail Store</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K44">
+      <c s="4" t="inlineStr" r="K34">
         <is>
           <t xml:space="preserve">1</t>
         </is>
       </c>
-      <c s="5" r="L44">
+      <c s="5" r="L34">
         <v>2061</v>
       </c>
-      <c s="4" t="inlineStr" r="M44">
+      <c s="4" t="inlineStr" r="M34">
         <is>
           <t xml:space="preserve">Commercial 1.0 (Low)</t>
         </is>
       </c>
-      <c s="6" r="N44">
-[...8 lines deleted...]
-      <c s="4" t="inlineStr" r="Q44">
+      <c s="6" r="N34">
+        <v>0</v>
+      </c>
+      <c s="6" r="O34">
+        <v>0</v>
+      </c>
+      <c s="6" r="P34">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q34">
         <is>
           <t xml:space="preserve">PACKAGE UNIT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R44">
+      <c s="4" t="inlineStr" r="R34">
         <is>
           <t xml:space="preserve">STUD WALLS - TEXTURED PLYWOOD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S44">
-[...20 lines deleted...]
-      <c s="4" t="inlineStr" r="X44">
+      <c s="4" t="inlineStr" r="S34">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T34">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U34">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V34">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W34">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X34">
         <is>
           <t xml:space="preserve">410</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y44">
+      <c s="4" t="inlineStr" r="Y34">
         <is>
           <t xml:space="preserve">GC</t>
         </is>
       </c>
-      <c s="5" r="Z44">
+      <c s="5" r="Z34">
         <v>0.2870064</v>
       </c>
-      <c s="4" t="inlineStr" r="AA44">
+      <c s="4" t="inlineStr" r="AA34">
         <is>
           <t xml:space="preserve">5SEAT INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB44">
+      <c s="4" t="inlineStr" r="AB34">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC44">
+      <c s="4" t="inlineStr" r="AC34">
         <is>
           <t xml:space="preserve">PO BOX 1923</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD44">
+      <c s="4" t="inlineStr" r="AD34">
         <is>
           <t xml:space="preserve">ATTN PATRICIA CLARK</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE44">
+      <c s="4" t="inlineStr" r="AE34">
         <is>
           <t xml:space="preserve">MINDEN</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF44">
+      <c s="4" t="inlineStr" r="AF34">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG44">
+      <c s="4" t="inlineStr" r="AG34">
         <is>
           <t xml:space="preserve">89423</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH44">
+      <c s="4" t="inlineStr" r="AH34">
         <is>
           <t xml:space="preserve">4020</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI44">
+      <c s="4" t="inlineStr" r="AI34">
         <is>
           <t xml:space="preserve">89433</t>
         </is>
       </c>
     </row>
-    <row r="45" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A45">
+    <row r="35" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A35">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">086-733-13</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B45">
+      <c s="4" t="inlineStr" r="B35">
         <is>
           <t xml:space="preserve">13702 MOUNT SHASTA ST</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C45">
+      <c s="4" t="inlineStr" r="C35">
         <is>
           <t xml:space="preserve">04/10/2025 </t>
         </is>
       </c>
-      <c s="5" r="D45">
+      <c s="5" r="D35">
         <v>246162</v>
       </c>
-      <c s="4" t="inlineStr" r="E45">
+      <c s="4" t="inlineStr" r="E35">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F45">
+      <c s="3" t="inlineStr" r="F35">
         <is>
           <t xml:space="preserve">5531578</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G45">
+      <c s="4" t="inlineStr" r="G35">
         <is>
           <t xml:space="preserve">SIERRA VIEW ESTATES 1</t>
         </is>
       </c>
-      <c s="6" r="H45">
+      <c s="6" r="H35">
         <v>1958</v>
       </c>
-      <c s="6" r="I45">
+      <c s="6" r="I35">
         <v>1958</v>
       </c>
-      <c s="4" t="inlineStr" r="J45">
+      <c s="4" t="inlineStr" r="J35">
         <is>
           <t xml:space="preserve">Condo/Townhouse</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K45">
+      <c s="4" t="inlineStr" r="K35">
         <is>
           <t xml:space="preserve">1 Story End Unit</t>
         </is>
       </c>
-      <c s="5" r="L45">
+      <c s="5" r="L35">
         <v>1192</v>
       </c>
-      <c s="4" t="inlineStr" r="M45">
+      <c s="4" t="inlineStr" r="M35">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N45">
+      <c s="6" r="N35">
         <v>3</v>
       </c>
-      <c s="6" r="O45">
+      <c s="6" r="O35">
         <v>1</v>
       </c>
-      <c s="6" r="P45">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q45">
+      <c s="6" r="P35">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q35">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R45">
+      <c s="4" t="inlineStr" r="R35">
         <is>
           <t xml:space="preserve">ASPHALT SHINGLE ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S45">
+      <c s="4" t="inlineStr" r="S35">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T45">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X45">
+      <c s="4" t="inlineStr" r="T35">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U35">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V35">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W35">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X35">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y45">
+      <c s="4" t="inlineStr" r="Y35">
         <is>
           <t xml:space="preserve">MF14</t>
         </is>
       </c>
-      <c s="5" r="Z45">
+      <c s="5" r="Z35">
         <v>0.1679982</v>
       </c>
-      <c s="4" t="inlineStr" r="AA45">
+      <c s="4" t="inlineStr" r="AA35">
         <is>
           <t xml:space="preserve">US BANK NA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB45">
+      <c s="4" t="inlineStr" r="AB35">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC45">
+      <c s="4" t="inlineStr" r="AC35">
         <is>
           <t xml:space="preserve">1 MORTGAGE WAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD45">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE45">
+      <c s="4" t="inlineStr" r="AD35">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE35">
         <is>
           <t xml:space="preserve">MOUNT LAUREL</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF45">
+      <c s="4" t="inlineStr" r="AF35">
         <is>
           <t xml:space="preserve">NJ</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG45">
+      <c s="4" t="inlineStr" r="AG35">
         <is>
           <t xml:space="preserve">08054</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH45">
+      <c s="4" t="inlineStr" r="AH35">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI45">
+      <c s="4" t="inlineStr" r="AI35">
         <is>
           <t xml:space="preserve">89506</t>
         </is>
       </c>
     </row>
-    <row r="46" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A46">
+    <row r="36" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A36">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">086-794-06</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B46">
+      <c s="4" t="inlineStr" r="B36">
         <is>
           <t xml:space="preserve">11201 GREEN MOUNTAIN ST</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C46">
+      <c s="4" t="inlineStr" r="C36">
         <is>
           <t xml:space="preserve">07/02/2024 </t>
         </is>
       </c>
-      <c s="5" r="D46">
+      <c s="5" r="D36">
         <v>254700</v>
       </c>
-      <c s="4" t="inlineStr" r="E46">
+      <c s="4" t="inlineStr" r="E36">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F46">
+      <c s="3" t="inlineStr" r="F36">
         <is>
           <t xml:space="preserve">5467171</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G46">
+      <c s="4" t="inlineStr" r="G36">
         <is>
           <t xml:space="preserve">PEAVINE ESTATES</t>
         </is>
       </c>
-      <c s="6" r="H46">
+      <c s="6" r="H36">
         <v>1950</v>
       </c>
-      <c s="6" r="I46">
+      <c s="6" r="I36">
         <v>1950</v>
       </c>
-      <c s="4" t="inlineStr" r="J46">
+      <c s="4" t="inlineStr" r="J36">
         <is>
           <t xml:space="preserve">Condo/Townhouse</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K46">
+      <c s="4" t="inlineStr" r="K36">
         <is>
           <t xml:space="preserve">1 Story End Unit</t>
         </is>
       </c>
-      <c s="5" r="L46">
+      <c s="5" r="L36">
         <v>1192</v>
       </c>
-      <c s="4" t="inlineStr" r="M46">
+      <c s="4" t="inlineStr" r="M36">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N46">
+      <c s="6" r="N36">
         <v>3</v>
       </c>
-      <c s="6" r="O46">
+      <c s="6" r="O36">
         <v>1</v>
       </c>
-      <c s="6" r="P46">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q46">
+      <c s="6" r="P36">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q36">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R46">
+      <c s="4" t="inlineStr" r="R36">
         <is>
           <t xml:space="preserve">SIDING ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S46">
+      <c s="4" t="inlineStr" r="S36">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T46">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X46">
+      <c s="4" t="inlineStr" r="T36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U36">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W36">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X36">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y46">
+      <c s="4" t="inlineStr" r="Y36">
         <is>
           <t xml:space="preserve">MF30</t>
         </is>
       </c>
-      <c s="5" r="Z46">
+      <c s="5" r="Z36">
         <v>0.1600092</v>
       </c>
-      <c s="4" t="inlineStr" r="AA46">
+      <c s="4" t="inlineStr" r="AA36">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB46">
+      <c s="4" t="inlineStr" r="AB36">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC46">
+      <c s="4" t="inlineStr" r="AC36">
         <is>
           <t xml:space="preserve">659 THIRD AVE STE A</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD46">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE46">
+      <c s="4" t="inlineStr" r="AD36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE36">
         <is>
           <t xml:space="preserve">CHULA VISTA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF46">
+      <c s="4" t="inlineStr" r="AF36">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG46">
+      <c s="4" t="inlineStr" r="AG36">
         <is>
           <t xml:space="preserve">91910</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH46">
+      <c s="4" t="inlineStr" r="AH36">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI46">
+      <c s="4" t="inlineStr" r="AI36">
         <is>
           <t xml:space="preserve">89506</t>
         </is>
       </c>
     </row>
-    <row r="47" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A47">
+    <row r="37" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A37">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">087-021-23</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B47">
+      <c s="4" t="inlineStr" r="B37">
         <is>
           <t xml:space="preserve">13900 RED ROCK RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C47">
+      <c s="4" t="inlineStr" r="C37">
         <is>
           <t xml:space="preserve">02/15/2023 </t>
         </is>
       </c>
-      <c s="5" r="D47">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="E47">
+      <c s="5" r="D37">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="E37">
         <is>
           <t xml:space="preserve">3NTT</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F47">
+      <c s="3" t="inlineStr" r="F37">
         <is>
           <t xml:space="preserve">5363497</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G47">
+      <c s="4" t="inlineStr" r="G37">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H47">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X47">
+      <c s="6" r="H37">
+        <v>0</v>
+      </c>
+      <c s="6" r="I37">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L37"/>
+      <c s="4" t="inlineStr" r="M37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N37">
+        <v>0</v>
+      </c>
+      <c s="6" r="O37">
+        <v>0</v>
+      </c>
+      <c s="6" r="P37">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U37">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W37">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X37">
         <is>
           <t xml:space="preserve">120</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y47">
+      <c s="4" t="inlineStr" r="Y37">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z47">
+      <c s="5" r="Z37">
         <v>641.62</v>
       </c>
-      <c s="4" t="inlineStr" r="AA47">
+      <c s="4" t="inlineStr" r="AA37">
         <is>
           <t xml:space="preserve">WALLACH 1 &amp; 2 LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB47">
+      <c s="4" t="inlineStr" r="AB37">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC47">
+      <c s="4" t="inlineStr" r="AC37">
         <is>
           <t xml:space="preserve">PO BOX 5667</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD47">
+      <c s="4" t="inlineStr" r="AD37">
         <is>
           <t xml:space="preserve">ATTN: ROBERT C ELIAS</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE47">
+      <c s="4" t="inlineStr" r="AE37">
         <is>
           <t xml:space="preserve">INCLINE VILLAGE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF47">
+      <c s="4" t="inlineStr" r="AF37">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG47">
+      <c s="4" t="inlineStr" r="AG37">
         <is>
           <t xml:space="preserve">89450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH47">
+      <c s="4" t="inlineStr" r="AH37">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI47">
+      <c s="4" t="inlineStr" r="AI37">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="48" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A48">
+    <row r="38" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A38">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">087-102-06</t>
+          </r>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="B38">
+        <is>
+          <t xml:space="preserve">3645 GULL ST</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="C38">
+        <is>
+          <t xml:space="preserve">12/01/2025 </t>
+        </is>
+      </c>
+      <c s="5" r="D38">
+        <v>84100</v>
+      </c>
+      <c s="4" t="inlineStr" r="E38">
+        <is>
+          <t xml:space="preserve">3BF</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="F38">
+        <is>
+          <t xml:space="preserve">5585388</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G38">
+        <is>
+          <t xml:space="preserve">COLD SPRINGS VALLEY HOMES 1</t>
+        </is>
+      </c>
+      <c s="6" r="H38">
+        <v>1978</v>
+      </c>
+      <c s="6" r="I38">
+        <v>1978</v>
+      </c>
+      <c s="4" t="inlineStr" r="J38">
+        <is>
+          <t xml:space="preserve">Single Family Residence</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K38">
+        <is>
+          <t xml:space="preserve">1 Story</t>
+        </is>
+      </c>
+      <c s="5" r="L38">
+        <v>1056</v>
+      </c>
+      <c s="4" t="inlineStr" r="M38">
+        <is>
+          <t xml:space="preserve">Fair</t>
+        </is>
+      </c>
+      <c s="6" r="N38">
+        <v>3</v>
+      </c>
+      <c s="6" r="O38">
+        <v>1</v>
+      </c>
+      <c s="6" r="P38">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q38">
+        <is>
+          <t xml:space="preserve">BASEBOARD, ELECTRIC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R38">
+        <is>
+          <t xml:space="preserve">HARDBOARD ON FRAME</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S38">
+        <is>
+          <t xml:space="preserve">COMPOSITION SHINGLE</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T38">
+        <is>
+          <t xml:space="preserve">ATTACHED</t>
+        </is>
+      </c>
+      <c s="5" r="U38">
+        <v>264</v>
+      </c>
+      <c s="4" t="inlineStr" r="V38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W38">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X38">
+        <is>
+          <t xml:space="preserve">200</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="Y38">
+        <is>
+          <t xml:space="preserve">MDS</t>
+        </is>
+      </c>
+      <c s="5" r="Z38">
+        <v>0.3480028</v>
+      </c>
+      <c s="4" t="inlineStr" r="AA38">
+        <is>
+          <t xml:space="preserve">ARIF, FAHAD</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AB38">
+        <is>
+          <t xml:space="preserve">NO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AC38">
+        <is>
+          <t xml:space="preserve">5395 LADYBUG CT</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AD38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE38">
+        <is>
+          <t xml:space="preserve">RENO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AF38">
+        <is>
+          <t xml:space="preserve">NV</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AG38">
+        <is>
+          <t xml:space="preserve">89523</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AH38">
+        <is>
+          <t xml:space="preserve">4000</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AI38">
+        <is>
+          <t xml:space="preserve">89508</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A39">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">087-193-06</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B48">
+      <c s="4" t="inlineStr" r="B39">
         <is>
           <t xml:space="preserve">17890 FANTAIL CIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C48">
+      <c s="4" t="inlineStr" r="C39">
         <is>
           <t xml:space="preserve">06/10/2025 </t>
         </is>
       </c>
-      <c s="5" r="D48">
+      <c s="5" r="D39">
         <v>139912</v>
       </c>
-      <c s="4" t="inlineStr" r="E48">
+      <c s="4" t="inlineStr" r="E39">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F48">
+      <c s="3" t="inlineStr" r="F39">
         <is>
           <t xml:space="preserve">5545381</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G48">
+      <c s="4" t="inlineStr" r="G39">
         <is>
           <t xml:space="preserve">RENO PARK MBL HM ESTS 2A AMD</t>
         </is>
       </c>
-      <c s="6" r="H48">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X48">
+      <c s="6" r="H39">
+        <v>0</v>
+      </c>
+      <c s="6" r="I39">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L39"/>
+      <c s="4" t="inlineStr" r="M39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N39">
+        <v>0</v>
+      </c>
+      <c s="6" r="O39">
+        <v>0</v>
+      </c>
+      <c s="6" r="P39">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U39">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W39">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X39">
         <is>
           <t xml:space="preserve">230</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y48">
+      <c s="4" t="inlineStr" r="Y39">
         <is>
           <t xml:space="preserve">MDS</t>
         </is>
       </c>
-      <c s="5" r="Z48">
+      <c s="5" r="Z39">
         <v>0.35</v>
       </c>
-      <c s="4" t="inlineStr" r="AA48">
+      <c s="4" t="inlineStr" r="AA39">
         <is>
           <t xml:space="preserve">SUMMER SAGE LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB48">
+      <c s="4" t="inlineStr" r="AB39">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC48">
+      <c s="4" t="inlineStr" r="AC39">
         <is>
           <t xml:space="preserve">5595 KIETZKE LN STE 102</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD48">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE48">
+      <c s="4" t="inlineStr" r="AD39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE39">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF48">
+      <c s="4" t="inlineStr" r="AF39">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG48">
+      <c s="4" t="inlineStr" r="AG39">
         <is>
           <t xml:space="preserve">89511</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH48">
+      <c s="4" t="inlineStr" r="AH39">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI48">
+      <c s="4" t="inlineStr" r="AI39">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="49" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A49">
+    <row r="40" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A40">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">087-272-11</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B49">
+      <c s="4" t="inlineStr" r="B40">
         <is>
           <t xml:space="preserve">17585 FANTAIL ST</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C49">
+      <c s="4" t="inlineStr" r="C40">
         <is>
           <t xml:space="preserve">06/05/2025 </t>
         </is>
       </c>
-      <c s="5" r="D49">
+      <c s="5" r="D40">
         <v>235200</v>
       </c>
-      <c s="4" t="inlineStr" r="E49">
+      <c s="4" t="inlineStr" r="E40">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F49">
+      <c s="3" t="inlineStr" r="F40">
         <is>
           <t xml:space="preserve">5544605</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G49">
+      <c s="4" t="inlineStr" r="G40">
         <is>
           <t xml:space="preserve">RENO PARK ESTATES 2B-1</t>
         </is>
       </c>
-      <c s="6" r="H49">
+      <c s="6" r="H40">
         <v>1986</v>
       </c>
-      <c s="6" r="I49">
+      <c s="6" r="I40">
         <v>1986</v>
       </c>
-      <c s="4" t="inlineStr" r="J49">
+      <c s="4" t="inlineStr" r="J40">
         <is>
           <t xml:space="preserve">Mobile Home Real Property</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K49">
+      <c s="4" t="inlineStr" r="K40">
         <is>
           <t xml:space="preserve">Mobile Home Double Wide (20 to 37 feet wide)</t>
         </is>
       </c>
-      <c s="5" r="L49">
+      <c s="5" r="L40">
         <v>1152</v>
       </c>
-      <c s="4" t="inlineStr" r="M49">
+      <c s="4" t="inlineStr" r="M40">
         <is>
           <t xml:space="preserve">Average</t>
         </is>
       </c>
-      <c s="6" r="N49">
+      <c s="6" r="N40">
         <v>3</v>
       </c>
-      <c s="6" r="O49">
+      <c s="6" r="O40">
         <v>2</v>
       </c>
-      <c s="6" r="P49">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q49">
+      <c s="6" r="P40">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q40">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R49">
+      <c s="4" t="inlineStr" r="R40">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S49">
+      <c s="4" t="inlineStr" r="S40">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T49">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X49">
+      <c s="4" t="inlineStr" r="T40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U40">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W40">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X40">
         <is>
           <t xml:space="preserve">220</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y49">
+      <c s="4" t="inlineStr" r="Y40">
         <is>
           <t xml:space="preserve">MDS</t>
         </is>
       </c>
-      <c s="5" r="Z49">
+      <c s="5" r="Z40">
         <v>0.3449954</v>
       </c>
-      <c s="4" t="inlineStr" r="AA49">
+      <c s="4" t="inlineStr" r="AA40">
         <is>
           <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB49">
+      <c s="4" t="inlineStr" r="AB40">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC49">
+      <c s="4" t="inlineStr" r="AC40">
         <is>
           <t xml:space="preserve">2015 MANHATTAN BEACH BLVD STE 100</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD49">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE49">
+      <c s="4" t="inlineStr" r="AD40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE40">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF49">
+      <c s="4" t="inlineStr" r="AF40">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG49">
+      <c s="4" t="inlineStr" r="AG40">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH49">
+      <c s="4" t="inlineStr" r="AH40">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI49">
+      <c s="4" t="inlineStr" r="AI40">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="50" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A50">
+    <row r="41" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A41">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">087-581-14</t>
+            <t xml:space="preserve">087-582-04</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B50">
-[...12 lines deleted...]
-      <c s="4" t="inlineStr" r="E50">
+      <c s="4" t="inlineStr" r="B41">
+        <is>
+          <t xml:space="preserve">20985 ROSE KNOB DR</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="C41">
+        <is>
+          <t xml:space="preserve">12/15/2025 </t>
+        </is>
+      </c>
+      <c s="5" r="D41">
+        <v>319391</v>
+      </c>
+      <c s="4" t="inlineStr" r="E41">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F50">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="G50">
+      <c s="3" t="inlineStr" r="F41">
+        <is>
+          <t xml:space="preserve">5588834</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G41">
         <is>
           <t xml:space="preserve">PEAVINE VIEW ESTATES 3</t>
         </is>
       </c>
-      <c s="6" r="H50">
+      <c s="6" r="H41">
         <v>1997</v>
       </c>
-      <c s="6" r="I50">
+      <c s="6" r="I41">
         <v>1997</v>
       </c>
-      <c s="4" t="inlineStr" r="J50">
+      <c s="4" t="inlineStr" r="J41">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K50">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="M50">
+      <c s="4" t="inlineStr" r="K41">
+        <is>
+          <t xml:space="preserve">1 Story</t>
+        </is>
+      </c>
+      <c s="5" r="L41">
+        <v>1286</v>
+      </c>
+      <c s="4" t="inlineStr" r="M41">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N50">
-[...2 lines deleted...]
-      <c s="6" r="O50">
+      <c s="6" r="N41">
+        <v>3</v>
+      </c>
+      <c s="6" r="O41">
         <v>2</v>
       </c>
-      <c s="6" r="P50">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q50">
+      <c s="6" r="P41">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q41">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R50">
+      <c s="4" t="inlineStr" r="R41">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S50">
+      <c s="4" t="inlineStr" r="S41">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T50">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X50">
+      <c s="4" t="inlineStr" r="T41">
+        <is>
+          <t xml:space="preserve">ATTACHED</t>
+        </is>
+      </c>
+      <c s="5" r="U41">
+        <v>548</v>
+      </c>
+      <c s="4" t="inlineStr" r="V41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W41">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X41">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y50">
+      <c s="4" t="inlineStr" r="Y41">
         <is>
           <t xml:space="preserve">MDS</t>
         </is>
       </c>
-      <c s="5" r="Z50">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="AB50">
+      <c s="5" r="Z41">
+        <v>0.3940083</v>
+      </c>
+      <c s="4" t="inlineStr" r="AA41">
+        <is>
+          <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AB41">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC50">
-[...24 lines deleted...]
-      <c s="4" t="inlineStr" r="AH50">
+      <c s="4" t="inlineStr" r="AC41">
+        <is>
+          <t xml:space="preserve">2015 MANHATTAN BEACH BLVD STE 100</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AD41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE41">
+        <is>
+          <t xml:space="preserve">REDONDO BEACH</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AF41">
+        <is>
+          <t xml:space="preserve">CA</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AG41">
+        <is>
+          <t xml:space="preserve">90278</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AH41">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI50">
+      <c s="4" t="inlineStr" r="AI41">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="51" ht="18" customHeight="0">
-[...168 lines deleted...]
-      <c s="3" t="inlineStr" r="A52">
+    <row r="42" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A42">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">123-042-01</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B52">
+      <c s="4" t="inlineStr" r="B42">
         <is>
           <t xml:space="preserve">22 STATE ROUTE 28</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C52">
+      <c s="4" t="inlineStr" r="C42">
         <is>
           <t xml:space="preserve">07/18/2025 </t>
         </is>
       </c>
-      <c s="5" r="D52">
+      <c s="5" r="D42">
         <v>153193</v>
       </c>
-      <c s="4" t="inlineStr" r="E52">
+      <c s="4" t="inlineStr" r="E42">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F52">
+      <c s="3" t="inlineStr" r="F42">
         <is>
           <t xml:space="preserve">5554485</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G52">
+      <c s="4" t="inlineStr" r="G42">
         <is>
           <t xml:space="preserve">NEVADA VISTA SUBDIVISION</t>
         </is>
       </c>
-      <c s="6" r="H52">
+      <c s="6" r="H42">
         <v>1956</v>
       </c>
-      <c s="6" r="I52">
+      <c s="6" r="I42">
         <v>1956</v>
       </c>
-      <c s="4" t="inlineStr" r="J52">
+      <c s="4" t="inlineStr" r="J42">
         <is>
           <t xml:space="preserve">Motel</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K52">
+      <c s="4" t="inlineStr" r="K42">
         <is>
           <t xml:space="preserve">2</t>
         </is>
       </c>
-      <c s="5" r="L52">
+      <c s="5" r="L42">
         <v>5788</v>
       </c>
-      <c s="4" t="inlineStr" r="M52">
+      <c s="4" t="inlineStr" r="M42">
         <is>
           <t xml:space="preserve">Commercial 2.0 (Average)</t>
         </is>
       </c>
-      <c s="6" r="N52">
-[...8 lines deleted...]
-      <c s="4" t="inlineStr" r="Q52">
+      <c s="6" r="N42">
+        <v>0</v>
+      </c>
+      <c s="6" r="O42">
+        <v>0</v>
+      </c>
+      <c s="6" r="P42">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q42">
         <is>
           <t xml:space="preserve">WARM/COOL AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R52">
+      <c s="4" t="inlineStr" r="R42">
         <is>
           <t xml:space="preserve">STUD WALLS - WOOD SIDING</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S52">
-[...12 lines deleted...]
-      <c s="4" t="inlineStr" r="V52">
+      <c s="4" t="inlineStr" r="S42">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T42">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U42">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V42">
         <is>
           <t xml:space="preserve">MULT</t>
         </is>
       </c>
-      <c s="5" r="W52">
+      <c s="5" r="W42">
         <v>1757</v>
       </c>
-      <c s="4" t="inlineStr" r="X52">
+      <c s="4" t="inlineStr" r="X42">
         <is>
           <t xml:space="preserve">430</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y52">
+      <c s="4" t="inlineStr" r="Y42">
         <is>
           <t xml:space="preserve">TA_CBT</t>
         </is>
       </c>
-      <c s="5" r="Z52">
+      <c s="5" r="Z42">
         <v>0.8158632</v>
       </c>
-      <c s="4" t="inlineStr" r="AA52">
+      <c s="4" t="inlineStr" r="AA42">
         <is>
           <t xml:space="preserve">LAKE TAHOE PARTNERS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB52">
+      <c s="4" t="inlineStr" r="AB42">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC52">
+      <c s="4" t="inlineStr" r="AC42">
         <is>
           <t xml:space="preserve">4101 N THANKSGIVING WAY STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD52">
+      <c s="4" t="inlineStr" r="AD42">
         <is>
           <t xml:space="preserve">C/O STACK REAL ESTATE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE52">
+      <c s="4" t="inlineStr" r="AE42">
         <is>
           <t xml:space="preserve">LEHI</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF52">
+      <c s="4" t="inlineStr" r="AF42">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG52">
+      <c s="4" t="inlineStr" r="AG42">
         <is>
           <t xml:space="preserve">84043</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH52">
+      <c s="4" t="inlineStr" r="AH42">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI52">
+      <c s="4" t="inlineStr" r="AI42">
         <is>
           <t xml:space="preserve">89402</t>
         </is>
       </c>
     </row>
-    <row r="53" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A53">
+    <row r="43" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A43">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">123-042-02</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B53">
+      <c s="4" t="inlineStr" r="B43">
         <is>
           <t xml:space="preserve">0 CALANEVA DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C53">
+      <c s="4" t="inlineStr" r="C43">
         <is>
           <t xml:space="preserve">07/18/2025 </t>
         </is>
       </c>
-      <c s="5" r="D53">
+      <c s="5" r="D43">
         <v>153193</v>
       </c>
-      <c s="4" t="inlineStr" r="E53">
+      <c s="4" t="inlineStr" r="E43">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F53">
+      <c s="3" t="inlineStr" r="F43">
         <is>
           <t xml:space="preserve">5554485</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G53">
+      <c s="4" t="inlineStr" r="G43">
         <is>
           <t xml:space="preserve">NEVADA VISTA SUBDIVISION</t>
         </is>
       </c>
-      <c s="6" r="H53">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X53">
+      <c s="6" r="H43">
+        <v>0</v>
+      </c>
+      <c s="6" r="I43">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J43">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K43">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L43"/>
+      <c s="4" t="inlineStr" r="M43">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N43">
+        <v>0</v>
+      </c>
+      <c s="6" r="O43">
+        <v>0</v>
+      </c>
+      <c s="6" r="P43">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q43">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R43">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S43">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T43">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U43">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V43">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W43">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X43">
         <is>
           <t xml:space="preserve">400</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y53">
+      <c s="4" t="inlineStr" r="Y43">
         <is>
           <t xml:space="preserve">TA_CBT</t>
         </is>
       </c>
-      <c s="5" r="Z53">
+      <c s="5" r="Z43">
         <v>0.4137052</v>
       </c>
-      <c s="4" t="inlineStr" r="AA53">
+      <c s="4" t="inlineStr" r="AA43">
         <is>
           <t xml:space="preserve">LAKE TAHOE PARTNERS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB53">
+      <c s="4" t="inlineStr" r="AB43">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC53">
+      <c s="4" t="inlineStr" r="AC43">
         <is>
           <t xml:space="preserve">4101 N THANKSGIVING WAY STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD53">
+      <c s="4" t="inlineStr" r="AD43">
         <is>
           <t xml:space="preserve">C/O STACK REAL ESTATE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE53">
+      <c s="4" t="inlineStr" r="AE43">
         <is>
           <t xml:space="preserve">LEHI</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF53">
+      <c s="4" t="inlineStr" r="AF43">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG53">
+      <c s="4" t="inlineStr" r="AG43">
         <is>
           <t xml:space="preserve">84043</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH53">
+      <c s="4" t="inlineStr" r="AH43">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI53">
+      <c s="4" t="inlineStr" r="AI43">
         <is>
           <t xml:space="preserve">89402</t>
         </is>
       </c>
     </row>
-    <row r="54" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A54">
+    <row r="44" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A44">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">123-052-02</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B54">
+      <c s="4" t="inlineStr" r="B44">
         <is>
           <t xml:space="preserve">5 STATE ROUTE 28</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C54">
+      <c s="4" t="inlineStr" r="C44">
         <is>
           <t xml:space="preserve">07/18/2025 </t>
         </is>
       </c>
-      <c s="5" r="D54">
+      <c s="5" r="D44">
         <v>153193</v>
       </c>
-      <c s="4" t="inlineStr" r="E54">
+      <c s="4" t="inlineStr" r="E44">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F54">
+      <c s="3" t="inlineStr" r="F44">
         <is>
           <t xml:space="preserve">5554485</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G54">
+      <c s="4" t="inlineStr" r="G44">
         <is>
           <t xml:space="preserve">NEVADA VISTA SUBDIVISION ADD</t>
         </is>
       </c>
-      <c s="6" r="H54">
+      <c s="6" r="H44">
         <v>1993</v>
       </c>
-      <c s="6" r="I54">
+      <c s="6" r="I44">
         <v>1993</v>
       </c>
-      <c s="4" t="inlineStr" r="J54">
+      <c s="4" t="inlineStr" r="J44">
         <is>
           <t xml:space="preserve">Restaurant</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K54">
+      <c s="4" t="inlineStr" r="K44">
         <is>
           <t xml:space="preserve">1</t>
         </is>
       </c>
-      <c s="5" r="L54">
+      <c s="5" r="L44">
         <v>7276</v>
       </c>
-      <c s="4" t="inlineStr" r="M54">
+      <c s="4" t="inlineStr" r="M44">
         <is>
           <t xml:space="preserve">Commercial 3.5 (Very Good)</t>
         </is>
       </c>
-      <c s="6" r="N54">
-[...8 lines deleted...]
-      <c s="4" t="inlineStr" r="Q54">
+      <c s="6" r="N44">
+        <v>0</v>
+      </c>
+      <c s="6" r="O44">
+        <v>0</v>
+      </c>
+      <c s="6" r="P44">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q44">
         <is>
           <t xml:space="preserve">PACKAGE UNIT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R54">
+      <c s="4" t="inlineStr" r="R44">
         <is>
           <t xml:space="preserve">CURTAIN WALLS - CONCRETE + GLASS PA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S54">
-[...20 lines deleted...]
-      <c s="4" t="inlineStr" r="X54">
+      <c s="4" t="inlineStr" r="S44">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T44">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U44">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V44">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W44">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X44">
         <is>
           <t xml:space="preserve">420</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y54">
+      <c s="4" t="inlineStr" r="Y44">
         <is>
           <t xml:space="preserve">TA_CBT</t>
         </is>
       </c>
-      <c s="5" r="Z54">
+      <c s="5" r="Z44">
         <v>0.2799816</v>
       </c>
-      <c s="4" t="inlineStr" r="AA54">
+      <c s="4" t="inlineStr" r="AA44">
         <is>
           <t xml:space="preserve">LAKE TAHOE PARTNERS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB54">
+      <c s="4" t="inlineStr" r="AB44">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC54">
+      <c s="4" t="inlineStr" r="AC44">
         <is>
           <t xml:space="preserve">4101 N THANKSGIVING WAY STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD54">
+      <c s="4" t="inlineStr" r="AD44">
         <is>
           <t xml:space="preserve">C/O STACK REAL ESTATE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE54">
+      <c s="4" t="inlineStr" r="AE44">
         <is>
           <t xml:space="preserve">LEHI</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF54">
+      <c s="4" t="inlineStr" r="AF44">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG54">
+      <c s="4" t="inlineStr" r="AG44">
         <is>
           <t xml:space="preserve">84043</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH54">
+      <c s="4" t="inlineStr" r="AH44">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI54">
+      <c s="4" t="inlineStr" r="AI44">
         <is>
           <t xml:space="preserve">89402</t>
         </is>
       </c>
     </row>
-    <row r="55" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A55">
+    <row r="45" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A45">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">123-052-03</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B55">
+      <c s="4" t="inlineStr" r="B45">
         <is>
           <t xml:space="preserve">5 STATE ROUTE 28</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C55">
+      <c s="4" t="inlineStr" r="C45">
         <is>
           <t xml:space="preserve">07/18/2025 </t>
         </is>
       </c>
-      <c s="5" r="D55">
+      <c s="5" r="D45">
         <v>153193</v>
       </c>
-      <c s="4" t="inlineStr" r="E55">
+      <c s="4" t="inlineStr" r="E45">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F55">
+      <c s="3" t="inlineStr" r="F45">
         <is>
           <t xml:space="preserve">5554485</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G55">
+      <c s="4" t="inlineStr" r="G45">
         <is>
           <t xml:space="preserve">NEVADA VISTA SUBDIVISION ADD</t>
         </is>
       </c>
-      <c s="6" r="H55">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X55">
+      <c s="6" r="H45">
+        <v>0</v>
+      </c>
+      <c s="6" r="I45">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L45"/>
+      <c s="4" t="inlineStr" r="M45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N45">
+        <v>0</v>
+      </c>
+      <c s="6" r="O45">
+        <v>0</v>
+      </c>
+      <c s="6" r="P45">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U45">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W45">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X45">
         <is>
           <t xml:space="preserve">420</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y55">
+      <c s="4" t="inlineStr" r="Y45">
         <is>
           <t xml:space="preserve">TA_CBT</t>
         </is>
       </c>
-      <c s="5" r="Z55">
+      <c s="5" r="Z45">
         <v>0.2799816</v>
       </c>
-      <c s="4" t="inlineStr" r="AA55">
+      <c s="4" t="inlineStr" r="AA45">
         <is>
           <t xml:space="preserve">LAKE TAHOE PARTNERS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB55">
+      <c s="4" t="inlineStr" r="AB45">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC55">
+      <c s="4" t="inlineStr" r="AC45">
         <is>
           <t xml:space="preserve">4101 N THANKSGIVING WAY STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD55">
+      <c s="4" t="inlineStr" r="AD45">
         <is>
           <t xml:space="preserve">C/O STACK REAL ESTATE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE55">
+      <c s="4" t="inlineStr" r="AE45">
         <is>
           <t xml:space="preserve">LEHI</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF55">
+      <c s="4" t="inlineStr" r="AF45">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG55">
+      <c s="4" t="inlineStr" r="AG45">
         <is>
           <t xml:space="preserve">84043</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH55">
+      <c s="4" t="inlineStr" r="AH45">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI55">
+      <c s="4" t="inlineStr" r="AI45">
         <is>
           <t xml:space="preserve">89402</t>
         </is>
       </c>
     </row>
-    <row r="56" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A56">
+    <row r="46" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A46">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">123-052-04</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B56">
+      <c s="4" t="inlineStr" r="B46">
         <is>
           <t xml:space="preserve">5 STATE ROUTE 28</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C56">
+      <c s="4" t="inlineStr" r="C46">
         <is>
           <t xml:space="preserve">07/18/2025 </t>
         </is>
       </c>
-      <c s="5" r="D56">
+      <c s="5" r="D46">
         <v>153193</v>
       </c>
-      <c s="4" t="inlineStr" r="E56">
+      <c s="4" t="inlineStr" r="E46">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F56">
+      <c s="3" t="inlineStr" r="F46">
         <is>
           <t xml:space="preserve">5554485</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G56">
+      <c s="4" t="inlineStr" r="G46">
         <is>
           <t xml:space="preserve">NEVADA VISTA SUBDIVISION ADD</t>
         </is>
       </c>
-      <c s="6" r="H56">
+      <c s="6" r="H46">
         <v>1952</v>
       </c>
-      <c s="6" r="I56">
+      <c s="6" r="I46">
         <v>1952</v>
       </c>
-      <c s="4" t="inlineStr" r="J56">
+      <c s="4" t="inlineStr" r="J46">
         <is>
           <t xml:space="preserve">Motel</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K56">
+      <c s="4" t="inlineStr" r="K46">
         <is>
           <t xml:space="preserve">1</t>
         </is>
       </c>
-      <c s="5" r="L56">
+      <c s="5" r="L46">
         <v>1320</v>
       </c>
-      <c s="4" t="inlineStr" r="M56">
+      <c s="4" t="inlineStr" r="M46">
         <is>
           <t xml:space="preserve">Commercial 1.0 (Low)</t>
         </is>
       </c>
-      <c s="6" r="N56">
+      <c s="6" r="N46">
         <v>4</v>
       </c>
-      <c s="6" r="O56">
-[...5 lines deleted...]
-      <c s="4" t="inlineStr" r="Q56">
+      <c s="6" r="O46">
+        <v>0</v>
+      </c>
+      <c s="6" r="P46">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q46">
         <is>
           <t xml:space="preserve">WALL FURNACE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R56">
+      <c s="4" t="inlineStr" r="R46">
         <is>
           <t xml:space="preserve">STUD WALLS - WOOD SIDING</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S56">
-[...20 lines deleted...]
-      <c s="4" t="inlineStr" r="X56">
+      <c s="4" t="inlineStr" r="S46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U46">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W46">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X46">
         <is>
           <t xml:space="preserve">420</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y56">
+      <c s="4" t="inlineStr" r="Y46">
         <is>
           <t xml:space="preserve">TA_CBT</t>
         </is>
       </c>
-      <c s="5" r="Z56">
+      <c s="5" r="Z46">
         <v>3.23</v>
       </c>
-      <c s="4" t="inlineStr" r="AA56">
+      <c s="4" t="inlineStr" r="AA46">
         <is>
           <t xml:space="preserve">LAKE TAHOE PARTNERS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB56">
+      <c s="4" t="inlineStr" r="AB46">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC56">
+      <c s="4" t="inlineStr" r="AC46">
         <is>
           <t xml:space="preserve">4101 N THANKSGIVING WAY STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD56">
+      <c s="4" t="inlineStr" r="AD46">
         <is>
           <t xml:space="preserve">C/O STACK REAL ESTATE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE56">
+      <c s="4" t="inlineStr" r="AE46">
         <is>
           <t xml:space="preserve">LEHI</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF56">
+      <c s="4" t="inlineStr" r="AF46">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG56">
+      <c s="4" t="inlineStr" r="AG46">
         <is>
           <t xml:space="preserve">84043</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH56">
+      <c s="4" t="inlineStr" r="AH46">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI56">
+      <c s="4" t="inlineStr" r="AI46">
         <is>
           <t xml:space="preserve">89402</t>
         </is>
       </c>
     </row>
-    <row r="57" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A57">
+    <row r="47" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A47">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">123-053-02</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B57">
+      <c s="4" t="inlineStr" r="B47">
         <is>
           <t xml:space="preserve">0 WASSOU RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C57">
+      <c s="4" t="inlineStr" r="C47">
         <is>
           <t xml:space="preserve">07/18/2025 </t>
         </is>
       </c>
-      <c s="5" r="D57">
+      <c s="5" r="D47">
         <v>153193</v>
       </c>
-      <c s="4" t="inlineStr" r="E57">
+      <c s="4" t="inlineStr" r="E47">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F57">
+      <c s="3" t="inlineStr" r="F47">
         <is>
           <t xml:space="preserve">5554485</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G57">
+      <c s="4" t="inlineStr" r="G47">
         <is>
           <t xml:space="preserve">NEVADA VISTA SUBDIVISION ADD</t>
         </is>
       </c>
-      <c s="6" r="H57">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X57">
+      <c s="6" r="H47">
+        <v>0</v>
+      </c>
+      <c s="6" r="I47">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J47">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K47">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L47"/>
+      <c s="4" t="inlineStr" r="M47">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N47">
+        <v>0</v>
+      </c>
+      <c s="6" r="O47">
+        <v>0</v>
+      </c>
+      <c s="6" r="P47">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q47">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R47">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S47">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T47">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U47">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V47">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W47">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X47">
         <is>
           <t xml:space="preserve">420</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y57">
+      <c s="4" t="inlineStr" r="Y47">
         <is>
           <t xml:space="preserve">TA_CBT</t>
         </is>
       </c>
-      <c s="5" r="Z57">
+      <c s="5" r="Z47">
         <v>1.419995</v>
       </c>
-      <c s="4" t="inlineStr" r="AA57">
+      <c s="4" t="inlineStr" r="AA47">
         <is>
           <t xml:space="preserve">LAKE TAHOE PARTNERS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB57">
+      <c s="4" t="inlineStr" r="AB47">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC57">
+      <c s="4" t="inlineStr" r="AC47">
         <is>
           <t xml:space="preserve">4101 N THANKSGIVING WAY STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD57">
+      <c s="4" t="inlineStr" r="AD47">
         <is>
           <t xml:space="preserve">C/O STACK REAL ESTATE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE57">
+      <c s="4" t="inlineStr" r="AE47">
         <is>
           <t xml:space="preserve">LEHI</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF57">
+      <c s="4" t="inlineStr" r="AF47">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG57">
+      <c s="4" t="inlineStr" r="AG47">
         <is>
           <t xml:space="preserve">84043</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH57">
+      <c s="4" t="inlineStr" r="AH47">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI57">
+      <c s="4" t="inlineStr" r="AI47">
         <is>
           <t xml:space="preserve">89402</t>
         </is>
       </c>
     </row>
-    <row r="58" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A58">
+    <row r="48" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A48">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">123-053-04</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B58">
+      <c s="4" t="inlineStr" r="B48">
         <is>
           <t xml:space="preserve">101 LAKE VIEW AVE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C58">
+      <c s="4" t="inlineStr" r="C48">
         <is>
           <t xml:space="preserve">07/18/2025 </t>
         </is>
       </c>
-      <c s="5" r="D58">
+      <c s="5" r="D48">
         <v>153193</v>
       </c>
-      <c s="4" t="inlineStr" r="E58">
+      <c s="4" t="inlineStr" r="E48">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F58">
+      <c s="3" t="inlineStr" r="F48">
         <is>
           <t xml:space="preserve">5554485</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G58">
+      <c s="4" t="inlineStr" r="G48">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H58">
+      <c s="6" r="H48">
         <v>1962</v>
       </c>
-      <c s="6" r="I58">
+      <c s="6" r="I48">
         <v>1962</v>
       </c>
-      <c s="4" t="inlineStr" r="J58">
+      <c s="4" t="inlineStr" r="J48">
         <is>
           <t xml:space="preserve">Storage Garage</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K58">
+      <c s="4" t="inlineStr" r="K48">
         <is>
           <t xml:space="preserve">2</t>
         </is>
       </c>
-      <c s="5" r="L58">
+      <c s="5" r="L48">
         <v>2540</v>
       </c>
-      <c s="4" t="inlineStr" r="M58">
+      <c s="4" t="inlineStr" r="M48">
         <is>
           <t xml:space="preserve">Commercial 1.0 (Low)</t>
         </is>
       </c>
-      <c s="6" r="N58">
-[...8 lines deleted...]
-      <c s="4" t="inlineStr" r="Q58">
+      <c s="6" r="N48">
+        <v>0</v>
+      </c>
+      <c s="6" r="O48">
+        <v>0</v>
+      </c>
+      <c s="6" r="P48">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q48">
         <is>
           <t xml:space="preserve">PACKAGE UNIT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R58">
+      <c s="4" t="inlineStr" r="R48">
         <is>
           <t xml:space="preserve">CONCRETE BLOCK</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S58">
-[...20 lines deleted...]
-      <c s="4" t="inlineStr" r="X58">
+      <c s="4" t="inlineStr" r="S48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U48">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W48">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X48">
         <is>
           <t xml:space="preserve">400</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y58">
+      <c s="4" t="inlineStr" r="Y48">
         <is>
           <t xml:space="preserve">TA_CBT</t>
         </is>
       </c>
-      <c s="5" r="Z58">
+      <c s="5" r="Z48">
         <v>0.1839991</v>
       </c>
-      <c s="4" t="inlineStr" r="AA58">
+      <c s="4" t="inlineStr" r="AA48">
         <is>
           <t xml:space="preserve">LAKE TAHOE PARTNERS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB58">
+      <c s="4" t="inlineStr" r="AB48">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC58">
+      <c s="4" t="inlineStr" r="AC48">
         <is>
           <t xml:space="preserve">4101 N THANKSGIVING WAY STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD58">
+      <c s="4" t="inlineStr" r="AD48">
         <is>
           <t xml:space="preserve">C/O STACK REAL ESTATE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE58">
+      <c s="4" t="inlineStr" r="AE48">
         <is>
           <t xml:space="preserve">LEHI</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF58">
+      <c s="4" t="inlineStr" r="AF48">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG58">
+      <c s="4" t="inlineStr" r="AG48">
         <is>
           <t xml:space="preserve">84043</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH58">
+      <c s="4" t="inlineStr" r="AH48">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI58">
+      <c s="4" t="inlineStr" r="AI48">
         <is>
           <t xml:space="preserve">89402</t>
         </is>
       </c>
     </row>
-    <row r="59" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A59">
+    <row r="49" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A49">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">123-054-01</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B59">
+      <c s="4" t="inlineStr" r="B49">
         <is>
           <t xml:space="preserve">47 RESERVOIR RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C59">
+      <c s="4" t="inlineStr" r="C49">
         <is>
           <t xml:space="preserve">07/18/2025 </t>
         </is>
       </c>
-      <c s="5" r="D59">
+      <c s="5" r="D49">
         <v>153193</v>
       </c>
-      <c s="4" t="inlineStr" r="E59">
+      <c s="4" t="inlineStr" r="E49">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F59">
+      <c s="3" t="inlineStr" r="F49">
         <is>
           <t xml:space="preserve">5554485</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G59">
+      <c s="4" t="inlineStr" r="G49">
         <is>
           <t xml:space="preserve">MATT GREEN SUB UNOFFICIAL</t>
         </is>
       </c>
-      <c s="6" r="H59">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X59">
+      <c s="6" r="H49">
+        <v>0</v>
+      </c>
+      <c s="6" r="I49">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J49">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K49">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L49"/>
+      <c s="4" t="inlineStr" r="M49">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N49">
+        <v>0</v>
+      </c>
+      <c s="6" r="O49">
+        <v>0</v>
+      </c>
+      <c s="6" r="P49">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q49">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R49">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S49">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T49">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U49">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V49">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W49">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X49">
         <is>
           <t xml:space="preserve">400</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y59">
+      <c s="4" t="inlineStr" r="Y49">
         <is>
           <t xml:space="preserve">TA_CBT</t>
         </is>
       </c>
-      <c s="5" r="Z59">
+      <c s="5" r="Z49">
         <v>0.9963269</v>
       </c>
-      <c s="4" t="inlineStr" r="AA59">
+      <c s="4" t="inlineStr" r="AA49">
         <is>
           <t xml:space="preserve">LAKE TAHOE PARTNERS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB59">
+      <c s="4" t="inlineStr" r="AB49">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC59">
+      <c s="4" t="inlineStr" r="AC49">
         <is>
           <t xml:space="preserve">4101 N THANKSGIVING WAY STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD59">
+      <c s="4" t="inlineStr" r="AD49">
         <is>
           <t xml:space="preserve">C/O STACK REAL ESTATE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE59">
+      <c s="4" t="inlineStr" r="AE49">
         <is>
           <t xml:space="preserve">LEHI</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF59">
+      <c s="4" t="inlineStr" r="AF49">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG59">
+      <c s="4" t="inlineStr" r="AG49">
         <is>
           <t xml:space="preserve">84043</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH59">
+      <c s="4" t="inlineStr" r="AH49">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI59">
+      <c s="4" t="inlineStr" r="AI49">
         <is>
           <t xml:space="preserve">89402</t>
         </is>
       </c>
     </row>
-    <row r="60" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A60">
+    <row r="50" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A50">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">123-071-04</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B60">
+      <c s="4" t="inlineStr" r="B50">
         <is>
           <t xml:space="preserve">0 WASSOU RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C60">
+      <c s="4" t="inlineStr" r="C50">
         <is>
           <t xml:space="preserve">07/18/2025 </t>
         </is>
       </c>
-      <c s="5" r="D60">
+      <c s="5" r="D50">
         <v>153193</v>
       </c>
-      <c s="4" t="inlineStr" r="E60">
+      <c s="4" t="inlineStr" r="E50">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F60">
+      <c s="3" t="inlineStr" r="F50">
         <is>
           <t xml:space="preserve">5554485</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G60">
+      <c s="4" t="inlineStr" r="G50">
         <is>
           <t xml:space="preserve">MATT GREEN SUB UNOFFICIAL</t>
         </is>
       </c>
-      <c s="6" r="H60">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X60">
+      <c s="6" r="H50">
+        <v>0</v>
+      </c>
+      <c s="6" r="I50">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J50">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K50">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L50"/>
+      <c s="4" t="inlineStr" r="M50">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N50">
+        <v>0</v>
+      </c>
+      <c s="6" r="O50">
+        <v>0</v>
+      </c>
+      <c s="6" r="P50">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q50">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R50">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S50">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T50">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U50">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V50">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W50">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X50">
         <is>
           <t xml:space="preserve">110</t>
         </is>
       </c>
-      <c s="4" t="str" r="Y60"/>
-      <c s="5" r="Z60">
+      <c s="4" t="str" r="Y50"/>
+      <c s="5" r="Z50">
         <v>0.6435721</v>
       </c>
-      <c s="4" t="inlineStr" r="AA60">
+      <c s="4" t="inlineStr" r="AA50">
         <is>
           <t xml:space="preserve">LAKE TAHOE PARTNERS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB60">
+      <c s="4" t="inlineStr" r="AB50">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC60">
+      <c s="4" t="inlineStr" r="AC50">
         <is>
           <t xml:space="preserve">4101 N THANKSGIVING WAY STE 300</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD60">
+      <c s="4" t="inlineStr" r="AD50">
         <is>
           <t xml:space="preserve">C/O STACK REAL ESTATE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE60">
+      <c s="4" t="inlineStr" r="AE50">
         <is>
           <t xml:space="preserve">LEHI</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF60">
+      <c s="4" t="inlineStr" r="AF50">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG60">
+      <c s="4" t="inlineStr" r="AG50">
         <is>
           <t xml:space="preserve">84043</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH60">
+      <c s="4" t="inlineStr" r="AH50">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI60">
+      <c s="4" t="inlineStr" r="AI50">
         <is>
           <t xml:space="preserve">89402</t>
         </is>
       </c>
     </row>
-    <row r="61" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A61">
+    <row r="51" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A51">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">125-134-08</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B61">
+      <c s="4" t="inlineStr" r="B51">
         <is>
           <t xml:space="preserve">689 TYNER WAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C61">
+      <c s="4" t="inlineStr" r="C51">
         <is>
           <t xml:space="preserve">06/12/2025 </t>
         </is>
       </c>
-      <c s="5" r="D61">
+      <c s="5" r="D51">
         <v>3870000</v>
       </c>
-      <c s="4" t="inlineStr" r="E61">
+      <c s="4" t="inlineStr" r="E51">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F61">
+      <c s="3" t="inlineStr" r="F51">
         <is>
           <t xml:space="preserve">5546209</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G61">
+      <c s="4" t="inlineStr" r="G51">
         <is>
           <t xml:space="preserve">INCLINE VILLAGE 2</t>
         </is>
       </c>
-      <c s="6" r="H61">
+      <c s="6" r="H51">
         <v>1980</v>
       </c>
-      <c s="6" r="I61">
+      <c s="6" r="I51">
         <v>1986</v>
       </c>
-      <c s="4" t="inlineStr" r="J61">
+      <c s="4" t="inlineStr" r="J51">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K61">
+      <c s="4" t="inlineStr" r="K51">
         <is>
           <t xml:space="preserve">3 Story</t>
         </is>
       </c>
-      <c s="5" r="L61">
+      <c s="5" r="L51">
         <v>5621</v>
       </c>
-      <c s="4" t="inlineStr" r="M61">
+      <c s="4" t="inlineStr" r="M51">
         <is>
           <t xml:space="preserve">Excellent</t>
         </is>
       </c>
-      <c s="6" r="N61">
+      <c s="6" r="N51">
         <v>6</v>
       </c>
-      <c s="6" r="O61">
+      <c s="6" r="O51">
         <v>6</v>
       </c>
-      <c s="6" r="P61">
+      <c s="6" r="P51">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q61">
+      <c s="4" t="inlineStr" r="Q51">
         <is>
           <t xml:space="preserve">BASEBOARD HOT WATER</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R61">
+      <c s="4" t="inlineStr" r="R51">
         <is>
           <t xml:space="preserve">SIDING ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S61">
+      <c s="4" t="inlineStr" r="S51">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T61">
+      <c s="4" t="inlineStr" r="T51">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U61">
+      <c s="5" r="U51">
         <v>747</v>
       </c>
-      <c s="4" t="inlineStr" r="V61">
+      <c s="4" t="inlineStr" r="V51">
         <is>
           <t xml:space="preserve">DAYLIGHT</t>
         </is>
       </c>
-      <c s="5" r="W61">
+      <c s="5" r="W51">
         <v>346</v>
       </c>
-      <c s="4" t="inlineStr" r="X61">
+      <c s="4" t="inlineStr" r="X51">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y61">
+      <c s="4" t="inlineStr" r="Y51">
         <is>
           <t xml:space="preserve">TA_IV4</t>
         </is>
       </c>
-      <c s="5" r="Z61">
+      <c s="5" r="Z51">
         <v>0.3559917</v>
       </c>
-      <c s="4" t="inlineStr" r="AA61">
+      <c s="4" t="inlineStr" r="AA51">
         <is>
           <t xml:space="preserve">US BANK NA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB61">
+      <c s="4" t="inlineStr" r="AB51">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC61">
+      <c s="4" t="inlineStr" r="AC51">
         <is>
           <t xml:space="preserve">3217 S DECKER LANE DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD61">
+      <c s="4" t="inlineStr" r="AD51">
         <is>
           <t xml:space="preserve">C/O SELECT PORTFOLIO SERVICING INCE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE61">
+      <c s="4" t="inlineStr" r="AE51">
         <is>
           <t xml:space="preserve">SALT LAKE CITY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF61">
+      <c s="4" t="inlineStr" r="AF51">
         <is>
           <t xml:space="preserve">UT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG61">
+      <c s="4" t="inlineStr" r="AG51">
         <is>
           <t xml:space="preserve">84119</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH61">
+      <c s="4" t="inlineStr" r="AH51">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI61">
+      <c s="4" t="inlineStr" r="AI51">
         <is>
           <t xml:space="preserve">89451</t>
         </is>
       </c>
     </row>
-    <row r="62" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A62">
+    <row r="52" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A52">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">127-290-03</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B62">
+      <c s="4" t="inlineStr" r="B52">
         <is>
           <t xml:space="preserve">121 JUANITA DR 3</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C62">
+      <c s="4" t="inlineStr" r="C52">
         <is>
           <t xml:space="preserve">11/12/2024 </t>
         </is>
       </c>
-      <c s="5" r="D62">
+      <c s="5" r="D52">
         <v>100000</v>
       </c>
-      <c s="4" t="inlineStr" r="E62">
+      <c s="4" t="inlineStr" r="E52">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F62">
+      <c s="3" t="inlineStr" r="F52">
         <is>
           <t xml:space="preserve">5496949</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G62">
+      <c s="4" t="inlineStr" r="G52">
         <is>
           <t xml:space="preserve">FOREST PINES 2</t>
         </is>
       </c>
-      <c s="6" r="H62">
+      <c s="6" r="H52">
         <v>1971</v>
       </c>
-      <c s="6" r="I62">
+      <c s="6" r="I52">
         <v>1971</v>
       </c>
-      <c s="4" t="inlineStr" r="J62">
+      <c s="4" t="inlineStr" r="J52">
         <is>
           <t xml:space="preserve">Condo/Townhouse</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K62">
+      <c s="4" t="inlineStr" r="K52">
         <is>
           <t xml:space="preserve">2 Story End Unit</t>
         </is>
       </c>
-      <c s="5" r="L62">
+      <c s="5" r="L52">
         <v>1257</v>
       </c>
-      <c s="4" t="inlineStr" r="M62">
+      <c s="4" t="inlineStr" r="M52">
         <is>
           <t xml:space="preserve">Average-Good</t>
         </is>
       </c>
-      <c s="6" r="N62">
+      <c s="6" r="N52">
         <v>3</v>
       </c>
-      <c s="6" r="O62">
+      <c s="6" r="O52">
         <v>2</v>
       </c>
-      <c s="6" r="P62">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q62">
+      <c s="6" r="P52">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q52">
         <is>
           <t xml:space="preserve">BASEBOARD, ELECTRIC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R62">
+      <c s="4" t="inlineStr" r="R52">
         <is>
           <t xml:space="preserve">SIDING ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S62">
+      <c s="4" t="inlineStr" r="S52">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T62">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="X62">
+      <c s="4" t="inlineStr" r="T52">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U52">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V52">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W52">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X52">
         <is>
           <t xml:space="preserve">210</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y62">
+      <c s="4" t="inlineStr" r="Y52">
         <is>
           <t xml:space="preserve">TA_IVR</t>
         </is>
       </c>
-      <c s="5" r="Z62">
+      <c s="5" r="Z52">
         <v>0.001</v>
       </c>
-      <c s="4" t="inlineStr" r="AA62">
+      <c s="4" t="inlineStr" r="AA52">
         <is>
           <t xml:space="preserve">GLACIER SECURED INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB62">
+      <c s="4" t="inlineStr" r="AB52">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC62">
+      <c s="4" t="inlineStr" r="AC52">
         <is>
           <t xml:space="preserve">324 MAIN ST</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD62">
+      <c s="4" t="inlineStr" r="AD52">
         <is>
           <t xml:space="preserve">C/O GEORGE CRESSON</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE62">
+      <c s="4" t="inlineStr" r="AE52">
         <is>
           <t xml:space="preserve">HALF MOON BAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF62">
+      <c s="4" t="inlineStr" r="AF52">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG62">
+      <c s="4" t="inlineStr" r="AG52">
         <is>
           <t xml:space="preserve">94019</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH62">
+      <c s="4" t="inlineStr" r="AH52">
         <is>
           <t xml:space="preserve">5200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI62">
+      <c s="4" t="inlineStr" r="AI52">
         <is>
           <t xml:space="preserve">89451</t>
         </is>
       </c>
     </row>
-    <row r="63" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A63">
+    <row r="53" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A53">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">140-691-22</t>
+          </r>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="B53">
+        <is>
+          <t xml:space="preserve">550 MARTINGALE CT</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="C53">
+        <is>
+          <t xml:space="preserve">12/16/2025 </t>
+        </is>
+      </c>
+      <c s="5" r="D53">
+        <v>826803</v>
+      </c>
+      <c s="4" t="inlineStr" r="E53">
+        <is>
+          <t xml:space="preserve">3BF</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="F53">
+        <is>
+          <t xml:space="preserve">5588914</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G53">
+        <is>
+          <t xml:space="preserve">CURTI RANCH 2 UNIT 7</t>
+        </is>
+      </c>
+      <c s="6" r="H53">
+        <v>2005</v>
+      </c>
+      <c s="6" r="I53">
+        <v>2005</v>
+      </c>
+      <c s="4" t="inlineStr" r="J53">
+        <is>
+          <t xml:space="preserve">Single Family Residence</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K53">
+        <is>
+          <t xml:space="preserve">2 Story</t>
+        </is>
+      </c>
+      <c s="5" r="L53">
+        <v>2361</v>
+      </c>
+      <c s="4" t="inlineStr" r="M53">
+        <is>
+          <t xml:space="preserve">Average-Good</t>
+        </is>
+      </c>
+      <c s="6" r="N53">
+        <v>4</v>
+      </c>
+      <c s="6" r="O53">
+        <v>3</v>
+      </c>
+      <c s="6" r="P53">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q53">
+        <is>
+          <t xml:space="preserve">FA/AC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R53">
+        <is>
+          <t xml:space="preserve">STUCCO ON FRAME</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S53">
+        <is>
+          <t xml:space="preserve">CONCRETE TILE</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T53">
+        <is>
+          <t xml:space="preserve">ATTACHED</t>
+        </is>
+      </c>
+      <c s="5" r="U53">
+        <v>633</v>
+      </c>
+      <c s="4" t="inlineStr" r="V53">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W53">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X53">
+        <is>
+          <t xml:space="preserve">200</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="Y53">
+        <is>
+          <t xml:space="preserve">PD</t>
+        </is>
+      </c>
+      <c s="5" r="Z53">
+        <v>0.1525941</v>
+      </c>
+      <c s="4" t="inlineStr" r="AA53">
+        <is>
+          <t xml:space="preserve">LUMINENT MORTGAGE TRUST</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AB53">
+        <is>
+          <t xml:space="preserve">YES</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AC53">
+        <is>
+          <t xml:space="preserve">5720 PREMIER PARK DR</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AD53">
+        <is>
+          <t xml:space="preserve">ATTN: VAULT</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE53">
+        <is>
+          <t xml:space="preserve">WEST PALM BEACH</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AF53">
+        <is>
+          <t xml:space="preserve">FL</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AG53">
+        <is>
+          <t xml:space="preserve">33407</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AH53">
+        <is>
+          <t xml:space="preserve">1000</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AI53">
+        <is>
+          <t xml:space="preserve">89521</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A54">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">140-691-53</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B63">
+      <c s="4" t="inlineStr" r="B54">
         <is>
           <t xml:space="preserve">440 ROSEBEN CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C63">
+      <c s="4" t="inlineStr" r="C54">
         <is>
           <t xml:space="preserve">05/09/2024 </t>
         </is>
       </c>
-      <c s="5" r="D63">
+      <c s="5" r="D54">
         <v>580001</v>
       </c>
-      <c s="4" t="inlineStr" r="E63">
+      <c s="4" t="inlineStr" r="E54">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F63">
+      <c s="3" t="inlineStr" r="F54">
         <is>
           <t xml:space="preserve">5454618</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G63">
+      <c s="4" t="inlineStr" r="G54">
         <is>
           <t xml:space="preserve">CURTI RANCH 2 UNIT 7</t>
         </is>
       </c>
-      <c s="6" r="H63">
+      <c s="6" r="H54">
         <v>2005</v>
       </c>
-      <c s="6" r="I63">
+      <c s="6" r="I54">
         <v>2005</v>
       </c>
-      <c s="4" t="inlineStr" r="J63">
+      <c s="4" t="inlineStr" r="J54">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K63">
+      <c s="4" t="inlineStr" r="K54">
         <is>
           <t xml:space="preserve">2 Story</t>
         </is>
       </c>
-      <c s="5" r="L63">
+      <c s="5" r="L54">
         <v>2361</v>
       </c>
-      <c s="4" t="inlineStr" r="M63">
+      <c s="4" t="inlineStr" r="M54">
         <is>
           <t xml:space="preserve">Average-Good</t>
         </is>
       </c>
-      <c s="6" r="N63">
+      <c s="6" r="N54">
         <v>4</v>
       </c>
-      <c s="6" r="O63">
+      <c s="6" r="O54">
         <v>3</v>
       </c>
-      <c s="6" r="P63">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q63">
+      <c s="6" r="P54">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q54">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R63">
+      <c s="4" t="inlineStr" r="R54">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S63">
+      <c s="4" t="inlineStr" r="S54">
         <is>
           <t xml:space="preserve">CONCRETE TILE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T63">
+      <c s="4" t="inlineStr" r="T54">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U63">
+      <c s="5" r="U54">
         <v>633</v>
       </c>
-      <c s="4" t="inlineStr" r="V63">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X63">
+      <c s="4" t="inlineStr" r="V54">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W54">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X54">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y63">
+      <c s="4" t="inlineStr" r="Y54">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z63">
+      <c s="5" r="Z54">
         <v>0.151607</v>
       </c>
-      <c s="4" t="inlineStr" r="AA63">
+      <c s="4" t="inlineStr" r="AA54">
         <is>
           <t xml:space="preserve">SFR INVESTMENTS POOL 1 LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB63">
+      <c s="4" t="inlineStr" r="AB54">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC63">
+      <c s="4" t="inlineStr" r="AC54">
         <is>
           <t xml:space="preserve">7625 DEAN MARTIN DR STE 105</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD63">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE63">
+      <c s="4" t="inlineStr" r="AD54">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE54">
         <is>
           <t xml:space="preserve">LAS VEGAS</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF63">
+      <c s="4" t="inlineStr" r="AF54">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG63">
+      <c s="4" t="inlineStr" r="AG54">
         <is>
           <t xml:space="preserve">89139</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH63">
+      <c s="4" t="inlineStr" r="AH54">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI63">
+      <c s="4" t="inlineStr" r="AI54">
         <is>
           <t xml:space="preserve">89521</t>
         </is>
       </c>
     </row>
-    <row r="64" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A64">
+    <row r="55" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A55">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">140-692-09</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B64">
+      <c s="4" t="inlineStr" r="B55">
         <is>
           <t xml:space="preserve">13795 SEABISCUIT DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C64">
+      <c s="4" t="inlineStr" r="C55">
         <is>
           <t xml:space="preserve">08/05/2024 </t>
         </is>
       </c>
-      <c s="5" r="D64">
+      <c s="5" r="D55">
         <v>548900</v>
       </c>
-      <c s="4" t="inlineStr" r="E64">
+      <c s="4" t="inlineStr" r="E55">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F64">
+      <c s="3" t="inlineStr" r="F55">
         <is>
           <t xml:space="preserve">5474292</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G64">
+      <c s="4" t="inlineStr" r="G55">
         <is>
           <t xml:space="preserve">CURTI RANCH 2 UNIT 7</t>
         </is>
       </c>
-      <c s="6" r="H64">
+      <c s="6" r="H55">
         <v>2006</v>
       </c>
-      <c s="6" r="I64">
+      <c s="6" r="I55">
         <v>2006</v>
       </c>
-      <c s="4" t="inlineStr" r="J64">
+      <c s="4" t="inlineStr" r="J55">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K64">
+      <c s="4" t="inlineStr" r="K55">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L64">
+      <c s="5" r="L55">
         <v>1835</v>
       </c>
-      <c s="4" t="inlineStr" r="M64">
+      <c s="4" t="inlineStr" r="M55">
         <is>
           <t xml:space="preserve">Average-Good</t>
         </is>
       </c>
-      <c s="6" r="N64">
+      <c s="6" r="N55">
         <v>4</v>
       </c>
-      <c s="6" r="O64">
+      <c s="6" r="O55">
         <v>2</v>
       </c>
-      <c s="6" r="P64">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q64">
+      <c s="6" r="P55">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q55">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R64">
+      <c s="4" t="inlineStr" r="R55">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S64">
+      <c s="4" t="inlineStr" r="S55">
         <is>
           <t xml:space="preserve">CONCRETE TILE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T64">
+      <c s="4" t="inlineStr" r="T55">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U64">
+      <c s="5" r="U55">
         <v>420</v>
       </c>
-      <c s="4" t="inlineStr" r="V64">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X64">
+      <c s="4" t="inlineStr" r="V55">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W55">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X55">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y64">
+      <c s="4" t="inlineStr" r="Y55">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z64">
+      <c s="5" r="Z55">
         <v>0.1729339</v>
       </c>
-      <c s="4" t="inlineStr" r="AA64">
+      <c s="4" t="inlineStr" r="AA55">
         <is>
           <t xml:space="preserve">SFR INVESTMENTS POOL 1 LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB64">
+      <c s="4" t="inlineStr" r="AB55">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC64">
+      <c s="4" t="inlineStr" r="AC55">
         <is>
           <t xml:space="preserve">7625 DEAN MARTIN DR STE 105</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD64">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE64">
+      <c s="4" t="inlineStr" r="AD55">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE55">
         <is>
           <t xml:space="preserve">LAS VEGAS</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF64">
+      <c s="4" t="inlineStr" r="AF55">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG64">
+      <c s="4" t="inlineStr" r="AG55">
         <is>
           <t xml:space="preserve">89139</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH64">
+      <c s="4" t="inlineStr" r="AH55">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI64">
+      <c s="4" t="inlineStr" r="AI55">
         <is>
           <t xml:space="preserve">89521</t>
         </is>
       </c>
     </row>
-    <row r="65" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A65">
+    <row r="56" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A56">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">160-601-04</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B65">
+      <c s="4" t="inlineStr" r="B56">
         <is>
           <t xml:space="preserve">1472 GAUCHO LN</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C65">
+      <c s="4" t="inlineStr" r="C56">
         <is>
           <t xml:space="preserve">01/13/2025 </t>
         </is>
       </c>
-      <c s="5" r="D65">
+      <c s="5" r="D56">
         <v>10087</v>
       </c>
-      <c s="4" t="inlineStr" r="E65">
+      <c s="4" t="inlineStr" r="E56">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F65">
+      <c s="3" t="inlineStr" r="F56">
         <is>
           <t xml:space="preserve">5511663</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G65">
+      <c s="4" t="inlineStr" r="G56">
         <is>
           <t xml:space="preserve">DOUBLE DIAMOND RANCH VILLAGE 13A</t>
         </is>
       </c>
-      <c s="6" r="H65">
+      <c s="6" r="H56">
         <v>1999</v>
       </c>
-      <c s="6" r="I65">
+      <c s="6" r="I56">
         <v>1999</v>
       </c>
-      <c s="4" t="inlineStr" r="J65">
+      <c s="4" t="inlineStr" r="J56">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K65">
+      <c s="4" t="inlineStr" r="K56">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L65">
+      <c s="5" r="L56">
         <v>1943</v>
       </c>
-      <c s="4" t="inlineStr" r="M65">
+      <c s="4" t="inlineStr" r="M56">
         <is>
           <t xml:space="preserve">Average</t>
         </is>
       </c>
-      <c s="6" r="N65">
+      <c s="6" r="N56">
         <v>3</v>
       </c>
-      <c s="6" r="O65">
+      <c s="6" r="O56">
         <v>2</v>
       </c>
-      <c s="6" r="P65">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q65">
+      <c s="6" r="P56">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q56">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R65">
+      <c s="4" t="inlineStr" r="R56">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S65">
+      <c s="4" t="inlineStr" r="S56">
         <is>
           <t xml:space="preserve">CONCRETE TILE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T65">
+      <c s="4" t="inlineStr" r="T56">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U65">
+      <c s="5" r="U56">
         <v>462</v>
       </c>
-      <c s="4" t="inlineStr" r="V65">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X65">
+      <c s="4" t="inlineStr" r="V56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W56">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X56">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y65">
+      <c s="4" t="inlineStr" r="Y56">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z65">
+      <c s="5" r="Z56">
         <v>0.1460055</v>
       </c>
-      <c s="4" t="inlineStr" r="AA65">
+      <c s="4" t="inlineStr" r="AA56">
         <is>
           <t xml:space="preserve">JAR LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB65">
+      <c s="4" t="inlineStr" r="AB56">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC65">
+      <c s="4" t="inlineStr" r="AC56">
         <is>
           <t xml:space="preserve">2859 MOUNTAIN SPRINGS RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD65">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE65">
+      <c s="4" t="inlineStr" r="AD56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE56">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF65">
+      <c s="4" t="inlineStr" r="AF56">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG65">
+      <c s="4" t="inlineStr" r="AG56">
         <is>
           <t xml:space="preserve">89519</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH65">
+      <c s="4" t="inlineStr" r="AH56">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI65">
+      <c s="4" t="inlineStr" r="AI56">
         <is>
           <t xml:space="preserve">89521</t>
         </is>
       </c>
     </row>
-    <row r="66" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A66">
+    <row r="57" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A57">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">160-821-05</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B66">
+      <c s="4" t="inlineStr" r="B57">
         <is>
           <t xml:space="preserve">1682 IRON MOUNTAIN DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C66">
+      <c s="4" t="inlineStr" r="C57">
         <is>
           <t xml:space="preserve">05/21/2025 </t>
         </is>
       </c>
-      <c s="5" r="D66">
+      <c s="5" r="D57">
         <v>406000</v>
       </c>
-      <c s="4" t="inlineStr" r="E66">
+      <c s="4" t="inlineStr" r="E57">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F66">
+      <c s="3" t="inlineStr" r="F57">
         <is>
           <t xml:space="preserve">5540938</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G66">
+      <c s="4" t="inlineStr" r="G57">
         <is>
           <t xml:space="preserve">DOUBLE DIAMOND RANCH VILLAGE 6C</t>
         </is>
       </c>
-      <c s="6" r="H66">
+      <c s="6" r="H57">
         <v>2002</v>
       </c>
-      <c s="6" r="I66">
+      <c s="6" r="I57">
         <v>2002</v>
       </c>
-      <c s="4" t="inlineStr" r="J66">
+      <c s="4" t="inlineStr" r="J57">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K66">
+      <c s="4" t="inlineStr" r="K57">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L66">
+      <c s="5" r="L57">
         <v>1470</v>
       </c>
-      <c s="4" t="inlineStr" r="M66">
+      <c s="4" t="inlineStr" r="M57">
         <is>
           <t xml:space="preserve">Average</t>
         </is>
       </c>
-      <c s="6" r="N66">
+      <c s="6" r="N57">
         <v>3</v>
       </c>
-      <c s="6" r="O66">
+      <c s="6" r="O57">
         <v>2</v>
       </c>
-      <c s="6" r="P66">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q66">
+      <c s="6" r="P57">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q57">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R66">
+      <c s="4" t="inlineStr" r="R57">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S66">
+      <c s="4" t="inlineStr" r="S57">
         <is>
           <t xml:space="preserve">CONCRETE TILE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T66">
+      <c s="4" t="inlineStr" r="T57">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U66">
+      <c s="5" r="U57">
         <v>480</v>
       </c>
-      <c s="4" t="inlineStr" r="V66">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X66">
+      <c s="4" t="inlineStr" r="V57">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W57">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X57">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y66">
+      <c s="4" t="inlineStr" r="Y57">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z66">
+      <c s="5" r="Z57">
         <v>0.1002525</v>
       </c>
-      <c s="4" t="inlineStr" r="AA66">
+      <c s="4" t="inlineStr" r="AA57">
         <is>
           <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB66">
+      <c s="4" t="inlineStr" r="AB57">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC66">
+      <c s="4" t="inlineStr" r="AC57">
         <is>
           <t xml:space="preserve">2015 MANHATTAN BEACH BLVD STE 100</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD66">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE66">
+      <c s="4" t="inlineStr" r="AD57">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE57">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF66">
+      <c s="4" t="inlineStr" r="AF57">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG66">
+      <c s="4" t="inlineStr" r="AG57">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH66">
+      <c s="4" t="inlineStr" r="AH57">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI66">
+      <c s="4" t="inlineStr" r="AI57">
         <is>
           <t xml:space="preserve">89521</t>
         </is>
       </c>
     </row>
-    <row r="67" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A67">
+    <row r="58" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A58">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">160-922-15</t>
+          </r>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="B58">
+        <is>
+          <t xml:space="preserve">900 SOUTH MEADOWS PKWY 2322</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="C58">
+        <is>
+          <t xml:space="preserve">11/26/2025 </t>
+        </is>
+      </c>
+      <c s="5" r="D58">
+        <v>320500</v>
+      </c>
+      <c s="4" t="inlineStr" r="E58">
+        <is>
+          <t xml:space="preserve">3BF</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="F58">
+        <is>
+          <t xml:space="preserve">5585183</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G58">
+        <is>
+          <t xml:space="preserve">TANAMERA CONDOMINIUMS 2</t>
+        </is>
+      </c>
+      <c s="6" r="H58">
+        <v>1999</v>
+      </c>
+      <c s="6" r="I58">
+        <v>1999</v>
+      </c>
+      <c s="4" t="inlineStr" r="J58">
+        <is>
+          <t xml:space="preserve">Condo/Townhouse</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K58">
+        <is>
+          <t xml:space="preserve">1 Story Inside Unit</t>
+        </is>
+      </c>
+      <c s="5" r="L58">
+        <v>1127</v>
+      </c>
+      <c s="4" t="inlineStr" r="M58">
+        <is>
+          <t xml:space="preserve">Average-Good</t>
+        </is>
+      </c>
+      <c s="6" r="N58">
+        <v>2</v>
+      </c>
+      <c s="6" r="O58">
+        <v>2</v>
+      </c>
+      <c s="6" r="P58">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q58">
+        <is>
+          <t xml:space="preserve">FA/AC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R58">
+        <is>
+          <t xml:space="preserve">STUCCO ON FRAME</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S58">
+        <is>
+          <t xml:space="preserve">CONCRETE TILE</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T58">
+        <is>
+          <t xml:space="preserve">BUILT-IN</t>
+        </is>
+      </c>
+      <c s="5" r="U58">
+        <v>288</v>
+      </c>
+      <c s="4" t="inlineStr" r="V58">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W58">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X58">
+        <is>
+          <t xml:space="preserve">210</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="Y58">
+        <is>
+          <t xml:space="preserve">MF21</t>
+        </is>
+      </c>
+      <c s="5" r="Z58">
+        <v>0.001</v>
+      </c>
+      <c s="4" t="inlineStr" r="AA58">
+        <is>
+          <t xml:space="preserve">ARIF, FAHAD</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AB58">
+        <is>
+          <t xml:space="preserve">NO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AC58">
+        <is>
+          <t xml:space="preserve">5395 LADYBUG CT</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AD58">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE58">
+        <is>
+          <t xml:space="preserve">RENO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AF58">
+        <is>
+          <t xml:space="preserve">NV</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AG58">
+        <is>
+          <t xml:space="preserve">89523</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AH58">
+        <is>
+          <t xml:space="preserve">1000</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AI58">
+        <is>
+          <t xml:space="preserve">89521</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A59">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">161-237-21</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B67">
+      <c s="4" t="inlineStr" r="B59">
         <is>
           <t xml:space="preserve">9900 WILBUR MAY PKWY 4404</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C67">
+      <c s="4" t="inlineStr" r="C59">
         <is>
           <t xml:space="preserve">08/07/2025 </t>
         </is>
       </c>
-      <c s="5" r="D67">
+      <c s="5" r="D59">
         <v>219142</v>
       </c>
-      <c s="4" t="inlineStr" r="E67">
+      <c s="4" t="inlineStr" r="E59">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F67">
+      <c s="3" t="inlineStr" r="F59">
         <is>
           <t xml:space="preserve">5560030</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G67">
+      <c s="4" t="inlineStr" r="G59">
         <is>
           <t xml:space="preserve">FLEUR DE LIS PHASE 2</t>
         </is>
       </c>
-      <c s="6" r="H67">
+      <c s="6" r="H59">
         <v>2004</v>
       </c>
-      <c s="6" r="I67">
+      <c s="6" r="I59">
         <v>2004</v>
       </c>
-      <c s="4" t="inlineStr" r="J67">
+      <c s="4" t="inlineStr" r="J59">
         <is>
           <t xml:space="preserve">Condo/Townhouse</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K67">
+      <c s="4" t="inlineStr" r="K59">
         <is>
           <t xml:space="preserve">1 Story End Unit</t>
         </is>
       </c>
-      <c s="5" r="L67">
+      <c s="5" r="L59">
         <v>1651</v>
       </c>
-      <c s="4" t="inlineStr" r="M67">
+      <c s="4" t="inlineStr" r="M59">
         <is>
           <t xml:space="preserve">Good-Very Good</t>
         </is>
       </c>
-      <c s="6" r="N67">
+      <c s="6" r="N59">
         <v>2</v>
       </c>
-      <c s="6" r="O67">
+      <c s="6" r="O59">
         <v>2</v>
       </c>
-      <c s="6" r="P67">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q67">
+      <c s="6" r="P59">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q59">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R67">
+      <c s="4" t="inlineStr" r="R59">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S67">
+      <c s="4" t="inlineStr" r="S59">
         <is>
           <t xml:space="preserve">CONCRETE TILE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T67">
+      <c s="4" t="inlineStr" r="T59">
         <is>
           <t xml:space="preserve">BUILT-IN</t>
         </is>
       </c>
-      <c s="5" r="U67">
+      <c s="5" r="U59">
         <v>500</v>
       </c>
-      <c s="4" t="inlineStr" r="V67">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X67">
+      <c s="4" t="inlineStr" r="V59">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W59">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X59">
         <is>
           <t xml:space="preserve">210</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y67">
+      <c s="4" t="inlineStr" r="Y59">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z67">
+      <c s="5" r="Z59">
         <v>0.05971074</v>
       </c>
-      <c s="4" t="inlineStr" r="AA67">
+      <c s="4" t="inlineStr" r="AA59">
         <is>
           <t xml:space="preserve">WEST COAST SERVICING INC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB67">
+      <c s="4" t="inlineStr" r="AB59">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC67">
+      <c s="4" t="inlineStr" r="AC59">
         <is>
           <t xml:space="preserve">7911 WARNER AVE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD67">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE67">
+      <c s="4" t="inlineStr" r="AD59">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE59">
         <is>
           <t xml:space="preserve">HUNTINGTON BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF67">
+      <c s="4" t="inlineStr" r="AF59">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG67">
+      <c s="4" t="inlineStr" r="AG59">
         <is>
           <t xml:space="preserve">92647</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH67">
+      <c s="4" t="inlineStr" r="AH59">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI67">
+      <c s="4" t="inlineStr" r="AI59">
         <is>
           <t xml:space="preserve">89521</t>
         </is>
       </c>
     </row>
-    <row r="68" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A68">
+    <row r="60" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A60">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">200-610-04</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B68">
+      <c s="4" t="inlineStr" r="B60">
         <is>
           <t xml:space="preserve">6155 STONE VALLEY DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C68">
+      <c s="4" t="inlineStr" r="C60">
         <is>
           <t xml:space="preserve">07/12/2023 </t>
         </is>
       </c>
-      <c s="5" r="D68">
+      <c s="5" r="D60">
         <v>3600100</v>
       </c>
-      <c s="4" t="inlineStr" r="E68">
+      <c s="4" t="inlineStr" r="E60">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F68">
+      <c s="3" t="inlineStr" r="F60">
         <is>
           <t xml:space="preserve">5391393</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G68">
+      <c s="4" t="inlineStr" r="G60">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H68">
+      <c s="6" r="H60">
         <v>2014</v>
       </c>
-      <c s="6" r="I68">
+      <c s="6" r="I60">
         <v>2014</v>
       </c>
-      <c s="4" t="inlineStr" r="J68">
+      <c s="4" t="inlineStr" r="J60">
         <is>
           <t xml:space="preserve">Retirement Community Complex</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K68">
+      <c s="4" t="inlineStr" r="K60">
         <is>
           <t xml:space="preserve">1</t>
         </is>
       </c>
-      <c s="5" r="L68">
+      <c s="5" r="L60">
         <v>31732</v>
       </c>
-      <c s="4" t="inlineStr" r="M68">
+      <c s="4" t="inlineStr" r="M60">
         <is>
           <t xml:space="preserve">Commercial 2.5 (Above Average)</t>
         </is>
       </c>
-      <c s="6" r="N68">
-[...8 lines deleted...]
-      <c s="4" t="inlineStr" r="Q68">
+      <c s="6" r="N60">
+        <v>0</v>
+      </c>
+      <c s="6" r="O60">
+        <v>0</v>
+      </c>
+      <c s="6" r="P60">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q60">
         <is>
           <t xml:space="preserve">WALL HEAT PUMP</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R68">
+      <c s="4" t="inlineStr" r="R60">
         <is>
           <t xml:space="preserve">STUD WALLS - CEMENT FIBER SIDING</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S68">
-[...20 lines deleted...]
-      <c s="4" t="inlineStr" r="X68">
+      <c s="4" t="inlineStr" r="S60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U60">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W60">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X60">
         <is>
           <t xml:space="preserve">920</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y68">
+      <c s="4" t="inlineStr" r="Y60">
         <is>
           <t xml:space="preserve">NC</t>
         </is>
       </c>
-      <c s="5" r="Z68">
+      <c s="5" r="Z60">
         <v>2.84</v>
       </c>
-      <c s="4" t="inlineStr" r="AA68">
+      <c s="4" t="inlineStr" r="AA60">
         <is>
           <t xml:space="preserve">6155 STONE VALLEY DRIVE HOLDINGS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB68">
+      <c s="4" t="inlineStr" r="AB60">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC68">
+      <c s="4" t="inlineStr" r="AC60">
         <is>
           <t xml:space="preserve">900 19TH ST NW FL 8</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD68">
+      <c s="4" t="inlineStr" r="AD60">
         <is>
           <t xml:space="preserve">C/O CWCAPITAL ASSET MANAGEMENT LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE68">
+      <c s="4" t="inlineStr" r="AE60">
         <is>
           <t xml:space="preserve">WASHINGTON</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF68">
+      <c s="4" t="inlineStr" r="AF60">
         <is>
           <t xml:space="preserve">DC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG68">
+      <c s="4" t="inlineStr" r="AG60">
         <is>
           <t xml:space="preserve">20006</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH68">
+      <c s="4" t="inlineStr" r="AH60">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI68">
+      <c s="4" t="inlineStr" r="AI60">
         <is>
           <t xml:space="preserve">89523</t>
         </is>
       </c>
     </row>
-    <row r="69" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A69">
+    <row r="61" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A61">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">402-181-12</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B69">
+      <c s="4" t="inlineStr" r="B61">
         <is>
           <t xml:space="preserve">1981 PALERMO DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C69">
+      <c s="4" t="inlineStr" r="C61">
         <is>
           <t xml:space="preserve">08/18/2025 </t>
         </is>
       </c>
-      <c s="5" r="D69">
+      <c s="5" r="D61">
         <v>11880</v>
       </c>
-      <c s="4" t="inlineStr" r="E69">
+      <c s="4" t="inlineStr" r="E61">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F69">
+      <c s="3" t="inlineStr" r="F61">
         <is>
           <t xml:space="preserve">5562661</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G69">
+      <c s="4" t="inlineStr" r="G61">
         <is>
           <t xml:space="preserve">TOSCANA @ D'ANDREA 2A</t>
         </is>
       </c>
-      <c s="6" r="H69">
+      <c s="6" r="H61">
         <v>2002</v>
       </c>
-      <c s="6" r="I69">
+      <c s="6" r="I61">
         <v>2002</v>
       </c>
-      <c s="4" t="inlineStr" r="J69">
+      <c s="4" t="inlineStr" r="J61">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K69">
+      <c s="4" t="inlineStr" r="K61">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L69">
+      <c s="5" r="L61">
         <v>1252</v>
       </c>
-      <c s="4" t="inlineStr" r="M69">
+      <c s="4" t="inlineStr" r="M61">
         <is>
           <t xml:space="preserve">Average</t>
         </is>
       </c>
-      <c s="6" r="N69">
+      <c s="6" r="N61">
         <v>2</v>
       </c>
-      <c s="6" r="O69">
+      <c s="6" r="O61">
         <v>2</v>
       </c>
-      <c s="6" r="P69">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q69">
+      <c s="6" r="P61">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q61">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R69">
+      <c s="4" t="inlineStr" r="R61">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S69">
+      <c s="4" t="inlineStr" r="S61">
         <is>
           <t xml:space="preserve">CONCRETE TILE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T69">
+      <c s="4" t="inlineStr" r="T61">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U69">
+      <c s="5" r="U61">
         <v>462</v>
       </c>
-      <c s="4" t="inlineStr" r="V69">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X69">
+      <c s="4" t="inlineStr" r="V61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W61">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X61">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y69">
+      <c s="4" t="inlineStr" r="Y61">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z69">
+      <c s="5" r="Z61">
         <v>0.1239669</v>
       </c>
-      <c s="4" t="inlineStr" r="AA69">
+      <c s="4" t="inlineStr" r="AA61">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB69">
+      <c s="4" t="inlineStr" r="AB61">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC69">
+      <c s="4" t="inlineStr" r="AC61">
         <is>
           <t xml:space="preserve">3500 LAKESIDE CT # 212B</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD69">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE69">
+      <c s="4" t="inlineStr" r="AD61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE61">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF69">
+      <c s="4" t="inlineStr" r="AF61">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG69">
+      <c s="4" t="inlineStr" r="AG61">
         <is>
           <t xml:space="preserve">89509</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH69">
+      <c s="4" t="inlineStr" r="AH61">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI69">
+      <c s="4" t="inlineStr" r="AI61">
         <is>
           <t xml:space="preserve">89434</t>
         </is>
       </c>
     </row>
-    <row r="70" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A70">
+    <row r="62" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A62">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">508-091-03</t>
+          </r>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="B62">
+        <is>
+          <t xml:space="preserve">235 DANFORTH DR</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="C62">
+        <is>
+          <t xml:space="preserve">12/15/2025 </t>
+        </is>
+      </c>
+      <c s="5" r="D62">
+        <v>299600</v>
+      </c>
+      <c s="4" t="inlineStr" r="E62">
+        <is>
+          <t xml:space="preserve">3BF</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="F62">
+        <is>
+          <t xml:space="preserve">5588831</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G62">
+        <is>
+          <t xml:space="preserve">JUNIPER TERRACE MOBILE HOME ESTATES 5</t>
+        </is>
+      </c>
+      <c s="6" r="H62">
+        <v>1988</v>
+      </c>
+      <c s="6" r="I62">
+        <v>1988</v>
+      </c>
+      <c s="4" t="inlineStr" r="J62">
+        <is>
+          <t xml:space="preserve">Single Family Residence</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K62">
+        <is>
+          <t xml:space="preserve">2 Story</t>
+        </is>
+      </c>
+      <c s="5" r="L62">
+        <v>1040</v>
+      </c>
+      <c s="4" t="inlineStr" r="M62">
+        <is>
+          <t xml:space="preserve">Low-Fair</t>
+        </is>
+      </c>
+      <c s="6" r="N62">
+        <v>2</v>
+      </c>
+      <c s="6" r="O62">
+        <v>1</v>
+      </c>
+      <c s="6" r="P62">
+        <v>1</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q62">
+        <is>
+          <t xml:space="preserve">FA/AC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R62">
+        <is>
+          <t xml:space="preserve">PLYWOOD ON FRAME</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S62">
+        <is>
+          <t xml:space="preserve">WOOD SHINGLE</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T62">
+        <is>
+          <t xml:space="preserve">BUILT-IN</t>
+        </is>
+      </c>
+      <c s="5" r="U62">
+        <v>1040</v>
+      </c>
+      <c s="4" t="inlineStr" r="V62">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W62">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X62">
+        <is>
+          <t xml:space="preserve">200</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="Y62">
+        <is>
+          <t xml:space="preserve">MDS</t>
+        </is>
+      </c>
+      <c s="5" r="Z62">
+        <v>0.3449954</v>
+      </c>
+      <c s="4" t="inlineStr" r="AA62">
+        <is>
+          <t xml:space="preserve">GUILD MORTGAGE COMPANY LLC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AB62">
+        <is>
+          <t xml:space="preserve">NO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AC62">
+        <is>
+          <t xml:space="preserve">PO BOX 85304</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AD62">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE62">
+        <is>
+          <t xml:space="preserve">SAN DIEGO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AF62">
+        <is>
+          <t xml:space="preserve">CA</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AG62">
+        <is>
+          <t xml:space="preserve">92111</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AH62">
+        <is>
+          <t xml:space="preserve">4020</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AI62">
+        <is>
+          <t xml:space="preserve">89433</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A63">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">508-151-07</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B70">
+      <c s="4" t="inlineStr" r="B63">
         <is>
           <t xml:space="preserve">5908 MIDDLE FORK DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C70">
+      <c s="4" t="inlineStr" r="C63">
         <is>
           <t xml:space="preserve">08/26/2025 </t>
         </is>
       </c>
-      <c s="5" r="D70">
+      <c s="5" r="D63">
         <v>118300</v>
       </c>
-      <c s="4" t="inlineStr" r="E70">
+      <c s="4" t="inlineStr" r="E63">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F70">
+      <c s="3" t="inlineStr" r="F63">
         <is>
           <t xml:space="preserve">5564677</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G70">
+      <c s="4" t="inlineStr" r="G63">
         <is>
           <t xml:space="preserve">JUNIPER TERRACE MOBILE HOME ESTATES 3</t>
         </is>
       </c>
-      <c s="6" r="H70">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X70">
+      <c s="6" r="H63">
+        <v>0</v>
+      </c>
+      <c s="6" r="I63">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J63">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K63">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L63"/>
+      <c s="4" t="inlineStr" r="M63">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N63">
+        <v>0</v>
+      </c>
+      <c s="6" r="O63">
+        <v>0</v>
+      </c>
+      <c s="6" r="P63">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q63">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R63">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S63">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T63">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U63">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V63">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W63">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X63">
         <is>
           <t xml:space="preserve">230</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y70">
+      <c s="4" t="inlineStr" r="Y63">
         <is>
           <t xml:space="preserve">MDS</t>
         </is>
       </c>
-      <c s="5" r="Z70">
+      <c s="5" r="Z63">
         <v>0.3839991</v>
       </c>
-      <c s="4" t="inlineStr" r="AA70">
+      <c s="4" t="inlineStr" r="AA63">
         <is>
           <t xml:space="preserve">ARIF, MIAM</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB70">
+      <c s="4" t="inlineStr" r="AB63">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC70">
+      <c s="4" t="inlineStr" r="AC63">
         <is>
           <t xml:space="preserve">5395 LADYBUG CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD70">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE70">
+      <c s="4" t="inlineStr" r="AD63">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE63">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF70">
+      <c s="4" t="inlineStr" r="AF63">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG70">
+      <c s="4" t="inlineStr" r="AG63">
         <is>
           <t xml:space="preserve">89523</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH70">
+      <c s="4" t="inlineStr" r="AH63">
         <is>
           <t xml:space="preserve">4020</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI70">
+      <c s="4" t="inlineStr" r="AI63">
         <is>
           <t xml:space="preserve">89433</t>
         </is>
       </c>
     </row>
-    <row r="71" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A71">
+    <row r="64" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A64">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">514-531-03</t>
+            <t xml:space="preserve">514-452-04</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B71">
-[...12 lines deleted...]
-      <c s="4" t="inlineStr" r="E71">
+      <c s="4" t="inlineStr" r="B64">
+        <is>
+          <t xml:space="preserve">4004 CULPEPPER DR</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="C64">
+        <is>
+          <t xml:space="preserve">12/01/2025 </t>
+        </is>
+      </c>
+      <c s="5" r="D64">
+        <v>440000</v>
+      </c>
+      <c s="4" t="inlineStr" r="E64">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F71">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="J71">
+      <c s="3" t="inlineStr" r="F64">
+        <is>
+          <t xml:space="preserve">5585320</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G64">
+        <is>
+          <t xml:space="preserve">DESERT HIGHLANDS 4B</t>
+        </is>
+      </c>
+      <c s="6" r="H64">
+        <v>2002</v>
+      </c>
+      <c s="6" r="I64">
+        <v>2002</v>
+      </c>
+      <c s="4" t="inlineStr" r="J64">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K71">
+      <c s="4" t="inlineStr" r="K64">
         <is>
           <t xml:space="preserve">2 Story</t>
         </is>
       </c>
-      <c s="5" r="L71">
-[...7 lines deleted...]
-      <c s="6" r="N71">
+      <c s="5" r="L64">
+        <v>1882</v>
+      </c>
+      <c s="4" t="inlineStr" r="M64">
+        <is>
+          <t xml:space="preserve">Average</t>
+        </is>
+      </c>
+      <c s="6" r="N64">
         <v>3</v>
       </c>
-      <c s="6" r="O71">
+      <c s="6" r="O64">
         <v>2</v>
       </c>
-      <c s="6" r="P71">
+      <c s="6" r="P64">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q71">
+      <c s="4" t="inlineStr" r="Q64">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R71">
-[...9 lines deleted...]
-      <c s="4" t="inlineStr" r="T71">
+      <c s="4" t="inlineStr" r="R64">
+        <is>
+          <t xml:space="preserve">HARDBOARD ON FRAME</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S64">
+        <is>
+          <t xml:space="preserve">COMPOSITION SHINGLE</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T64">
         <is>
           <t xml:space="preserve">BUILT-IN</t>
         </is>
       </c>
-      <c s="5" r="U71">
-[...10 lines deleted...]
-      <c s="4" t="inlineStr" r="X71">
+      <c s="5" r="U64">
+        <v>466</v>
+      </c>
+      <c s="4" t="inlineStr" r="V64">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W64">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X64">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y71">
+      <c s="4" t="inlineStr" r="Y64">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z71">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="AB71">
+      <c s="5" r="Z64">
+        <v>0.1387052</v>
+      </c>
+      <c s="4" t="inlineStr" r="AA64">
+        <is>
+          <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AB64">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC71">
-[...24 lines deleted...]
-      <c s="4" t="inlineStr" r="AH71">
+      <c s="4" t="inlineStr" r="AC64">
+        <is>
+          <t xml:space="preserve">3500 LAKESIDE CT STE 212B</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AD64">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE64">
+        <is>
+          <t xml:space="preserve">RENO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AF64">
+        <is>
+          <t xml:space="preserve">NV</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AG64">
+        <is>
+          <t xml:space="preserve">89509</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AH64">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI71">
+      <c s="4" t="inlineStr" r="AI64">
         <is>
           <t xml:space="preserve">89436</t>
         </is>
       </c>
     </row>
-    <row r="72" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A72">
+    <row r="65" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A65">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">514-591-15</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B72">
+      <c s="4" t="inlineStr" r="B65">
         <is>
           <t xml:space="preserve">4383 ACOBAT CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C72">
+      <c s="4" t="inlineStr" r="C65">
         <is>
           <t xml:space="preserve">08/05/2025 </t>
         </is>
       </c>
-      <c s="5" r="D72">
+      <c s="5" r="D65">
         <v>591200</v>
       </c>
-      <c s="4" t="inlineStr" r="E72">
+      <c s="4" t="inlineStr" r="E65">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F72">
+      <c s="3" t="inlineStr" r="F65">
         <is>
           <t xml:space="preserve">5559576</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G72">
+      <c s="4" t="inlineStr" r="G65">
         <is>
           <t xml:space="preserve">SKY RIDGE 2</t>
         </is>
       </c>
-      <c s="6" r="H72">
+      <c s="6" r="H65">
         <v>2007</v>
       </c>
-      <c s="6" r="I72">
+      <c s="6" r="I65">
         <v>2007</v>
       </c>
-      <c s="4" t="inlineStr" r="J72">
+      <c s="4" t="inlineStr" r="J65">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K72">
+      <c s="4" t="inlineStr" r="K65">
         <is>
           <t xml:space="preserve">2 Story</t>
         </is>
       </c>
-      <c s="5" r="L72">
+      <c s="5" r="L65">
         <v>2700</v>
       </c>
-      <c s="4" t="inlineStr" r="M72">
+      <c s="4" t="inlineStr" r="M65">
         <is>
           <t xml:space="preserve">Good</t>
         </is>
       </c>
-      <c s="6" r="N72">
+      <c s="6" r="N65">
         <v>5</v>
       </c>
-      <c s="6" r="O72">
+      <c s="6" r="O65">
         <v>4</v>
       </c>
-      <c s="6" r="P72">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q72">
+      <c s="6" r="P65">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q65">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R72">
+      <c s="4" t="inlineStr" r="R65">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S72">
+      <c s="4" t="inlineStr" r="S65">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T72">
+      <c s="4" t="inlineStr" r="T65">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U72">
+      <c s="5" r="U65">
         <v>818</v>
       </c>
-      <c s="4" t="inlineStr" r="V72">
+      <c s="4" t="inlineStr" r="V65">
         <is>
           <t xml:space="preserve">DAYLIGHT</t>
         </is>
       </c>
-      <c s="5" r="W72">
+      <c s="5" r="W65">
         <v>1532</v>
       </c>
-      <c s="4" t="inlineStr" r="X72">
+      <c s="4" t="inlineStr" r="X65">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y72">
+      <c s="4" t="inlineStr" r="Y65">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z72">
+      <c s="5" r="Z65">
         <v>0.2337236</v>
       </c>
-      <c s="4" t="inlineStr" r="AA72">
+      <c s="4" t="inlineStr" r="AA65">
         <is>
           <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB72">
+      <c s="4" t="inlineStr" r="AB65">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC72">
+      <c s="4" t="inlineStr" r="AC65">
         <is>
           <t xml:space="preserve">2015 MANHATTAN BEACH BLVD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD72">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE72">
+      <c s="4" t="inlineStr" r="AD65">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE65">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF72">
+      <c s="4" t="inlineStr" r="AF65">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG72">
+      <c s="4" t="inlineStr" r="AG65">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH72">
+      <c s="4" t="inlineStr" r="AH65">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI72">
+      <c s="4" t="inlineStr" r="AI65">
         <is>
           <t xml:space="preserve">89436</t>
         </is>
       </c>
     </row>
-    <row r="73" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A73">
+    <row r="66" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A66">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">520-154-04</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B73">
+      <c s="4" t="inlineStr" r="B66">
         <is>
           <t xml:space="preserve">2825 GROSMONT DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C73">
+      <c s="4" t="inlineStr" r="C66">
         <is>
           <t xml:space="preserve">07/02/2025 </t>
         </is>
       </c>
-      <c s="5" r="D73">
+      <c s="5" r="D66">
         <v>313902</v>
       </c>
-      <c s="4" t="inlineStr" r="E73">
+      <c s="4" t="inlineStr" r="E66">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F73">
+      <c s="3" t="inlineStr" r="F66">
         <is>
           <t xml:space="preserve">5551177</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G73">
+      <c s="4" t="inlineStr" r="G66">
         <is>
           <t xml:space="preserve">WINGFIELD SPRINGS 21A</t>
         </is>
       </c>
-      <c s="6" r="H73">
+      <c s="6" r="H66">
         <v>2002</v>
       </c>
-      <c s="6" r="I73">
+      <c s="6" r="I66">
         <v>2002</v>
       </c>
-      <c s="4" t="inlineStr" r="J73">
+      <c s="4" t="inlineStr" r="J66">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K73">
+      <c s="4" t="inlineStr" r="K66">
         <is>
           <t xml:space="preserve">2 Story</t>
         </is>
       </c>
-      <c s="5" r="L73">
+      <c s="5" r="L66">
         <v>2861</v>
       </c>
-      <c s="4" t="inlineStr" r="M73">
+      <c s="4" t="inlineStr" r="M66">
         <is>
           <t xml:space="preserve">Average-Good</t>
         </is>
       </c>
-      <c s="6" r="N73">
+      <c s="6" r="N66">
         <v>4</v>
       </c>
-      <c s="6" r="O73">
+      <c s="6" r="O66">
         <v>4</v>
       </c>
-      <c s="6" r="P73">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q73">
+      <c s="6" r="P66">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q66">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R73">
+      <c s="4" t="inlineStr" r="R66">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S73">
+      <c s="4" t="inlineStr" r="S66">
         <is>
           <t xml:space="preserve">CONCRETE TILE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T73">
+      <c s="4" t="inlineStr" r="T66">
         <is>
           <t xml:space="preserve">BUILT-IN</t>
         </is>
       </c>
-      <c s="5" r="U73">
+      <c s="5" r="U66">
         <v>484</v>
       </c>
-      <c s="4" t="inlineStr" r="V73">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X73">
+      <c s="4" t="inlineStr" r="V66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W66">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X66">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y73">
+      <c s="4" t="inlineStr" r="Y66">
         <is>
           <t xml:space="preserve">NUD</t>
         </is>
       </c>
-      <c s="5" r="Z73">
+      <c s="5" r="Z66">
         <v>0.1289945</v>
       </c>
-      <c s="4" t="inlineStr" r="AA73">
+      <c s="4" t="inlineStr" r="AA66">
         <is>
           <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB73">
+      <c s="4" t="inlineStr" r="AB66">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC73">
+      <c s="4" t="inlineStr" r="AC66">
         <is>
           <t xml:space="preserve">2012 MANHATTAN BEACH BLVD STE 100</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD73">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE73">
+      <c s="4" t="inlineStr" r="AD66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE66">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF73">
+      <c s="4" t="inlineStr" r="AF66">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG73">
+      <c s="4" t="inlineStr" r="AG66">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH73">
+      <c s="4" t="inlineStr" r="AH66">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI73">
+      <c s="4" t="inlineStr" r="AI66">
         <is>
           <t xml:space="preserve">89436</t>
         </is>
       </c>
     </row>
-    <row r="74" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A74">
+    <row r="67" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A67">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">520-244-14</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B74">
+      <c s="4" t="inlineStr" r="B67">
         <is>
           <t xml:space="preserve">6029 CIELO CIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C74">
+      <c s="4" t="inlineStr" r="C67">
         <is>
           <t xml:space="preserve">08/03/2023 </t>
         </is>
       </c>
-      <c s="5" r="D74">
+      <c s="5" r="D67">
         <v>9536</v>
       </c>
-      <c s="4" t="inlineStr" r="E74">
+      <c s="4" t="inlineStr" r="E67">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F74">
+      <c s="3" t="inlineStr" r="F67">
         <is>
           <t xml:space="preserve">5397062</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G74">
+      <c s="4" t="inlineStr" r="G67">
         <is>
           <t xml:space="preserve">BELLA VISTA WINGFIELD SPRINGS</t>
         </is>
       </c>
-      <c s="6" r="H74">
+      <c s="6" r="H67">
         <v>2004</v>
       </c>
-      <c s="6" r="I74">
+      <c s="6" r="I67">
         <v>2004</v>
       </c>
-      <c s="4" t="inlineStr" r="J74">
+      <c s="4" t="inlineStr" r="J67">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K74">
+      <c s="4" t="inlineStr" r="K67">
         <is>
           <t xml:space="preserve">2 Story</t>
         </is>
       </c>
-      <c s="5" r="L74">
+      <c s="5" r="L67">
         <v>2425</v>
       </c>
-      <c s="4" t="inlineStr" r="M74">
+      <c s="4" t="inlineStr" r="M67">
         <is>
           <t xml:space="preserve">Average-Good</t>
         </is>
       </c>
-      <c s="6" r="N74">
+      <c s="6" r="N67">
         <v>3</v>
       </c>
-      <c s="6" r="O74">
+      <c s="6" r="O67">
         <v>2</v>
       </c>
-      <c s="6" r="P74">
+      <c s="6" r="P67">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q74">
+      <c s="4" t="inlineStr" r="Q67">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R74">
+      <c s="4" t="inlineStr" r="R67">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S74">
+      <c s="4" t="inlineStr" r="S67">
         <is>
           <t xml:space="preserve">CONCRETE TILE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T74">
+      <c s="4" t="inlineStr" r="T67">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U74">
+      <c s="5" r="U67">
         <v>521</v>
       </c>
-      <c s="4" t="inlineStr" r="V74">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X74">
+      <c s="4" t="inlineStr" r="V67">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W67">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X67">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y74">
+      <c s="4" t="inlineStr" r="Y67">
         <is>
           <t xml:space="preserve">NUD</t>
         </is>
       </c>
-      <c s="5" r="Z74">
+      <c s="5" r="Z67">
         <v>0.1348944</v>
       </c>
-      <c s="4" t="inlineStr" r="AA74">
+      <c s="4" t="inlineStr" r="AA67">
         <is>
           <t xml:space="preserve">THUNDER PROPERTIES INC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB74">
+      <c s="4" t="inlineStr" r="AB67">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC74">
+      <c s="4" t="inlineStr" r="AC67">
         <is>
           <t xml:space="preserve">659 THIRD AVE STE A</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD74">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE74">
+      <c s="4" t="inlineStr" r="AD67">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE67">
         <is>
           <t xml:space="preserve">CHULA VISTA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF74">
+      <c s="4" t="inlineStr" r="AF67">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG74">
+      <c s="4" t="inlineStr" r="AG67">
         <is>
           <t xml:space="preserve">91910</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH74">
+      <c s="4" t="inlineStr" r="AH67">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI74">
+      <c s="4" t="inlineStr" r="AI67">
         <is>
           <t xml:space="preserve">89436</t>
         </is>
       </c>
     </row>
-    <row r="75" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A75">
+    <row r="68" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A68">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">522-892-09</t>
+          </r>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="B68">
+        <is>
+          <t xml:space="preserve">6952 CINNAMON DR</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="C68">
+        <is>
+          <t xml:space="preserve">01/14/2026 </t>
+        </is>
+      </c>
+      <c s="5" r="D68">
+        <v>407643</v>
+      </c>
+      <c s="4" t="inlineStr" r="E68">
+        <is>
+          <t xml:space="preserve">3BF</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="F68">
+        <is>
+          <t xml:space="preserve">5594698</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G68">
+        <is>
+          <t xml:space="preserve">WINGFIELD SPRINGS 9B</t>
+        </is>
+      </c>
+      <c s="6" r="H68">
+        <v>2001</v>
+      </c>
+      <c s="6" r="I68">
+        <v>2001</v>
+      </c>
+      <c s="4" t="inlineStr" r="J68">
+        <is>
+          <t xml:space="preserve">Single Family Residence</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K68">
+        <is>
+          <t xml:space="preserve">1 Story</t>
+        </is>
+      </c>
+      <c s="5" r="L68">
+        <v>1660</v>
+      </c>
+      <c s="4" t="inlineStr" r="M68">
+        <is>
+          <t xml:space="preserve">Average-Good</t>
+        </is>
+      </c>
+      <c s="6" r="N68">
+        <v>3</v>
+      </c>
+      <c s="6" r="O68">
+        <v>2</v>
+      </c>
+      <c s="6" r="P68">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q68">
+        <is>
+          <t xml:space="preserve">FA/AC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R68">
+        <is>
+          <t xml:space="preserve">HARDBOARD ON FRAME</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S68">
+        <is>
+          <t xml:space="preserve">CONCRETE TILE</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T68">
+        <is>
+          <t xml:space="preserve">ATTACHED</t>
+        </is>
+      </c>
+      <c s="5" r="U68">
+        <v>588</v>
+      </c>
+      <c s="4" t="inlineStr" r="V68">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W68">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X68">
+        <is>
+          <t xml:space="preserve">200</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="Y68">
+        <is>
+          <t xml:space="preserve">NUD</t>
+        </is>
+      </c>
+      <c s="5" r="Z68">
+        <v>0.1609963</v>
+      </c>
+      <c s="4" t="inlineStr" r="AA68">
+        <is>
+          <t xml:space="preserve">CARRINGTON MORTGAGE SERVICES LLC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AB68">
+        <is>
+          <t xml:space="preserve">NO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AC68">
+        <is>
+          <t xml:space="preserve">500 N STATE COLLEGE BLVD STE 1300</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AD68">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE68">
+        <is>
+          <t xml:space="preserve">ORANGE</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AF68">
+        <is>
+          <t xml:space="preserve">CA</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AG68">
+        <is>
+          <t xml:space="preserve">92868</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AH68">
+        <is>
+          <t xml:space="preserve">2000</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AI68">
+        <is>
+          <t xml:space="preserve">89436</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A69">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">524-172-12</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B75">
+      <c s="4" t="inlineStr" r="B69">
         <is>
           <t xml:space="preserve">3240 PERLA CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C75">
+      <c s="4" t="inlineStr" r="C69">
         <is>
           <t xml:space="preserve">08/03/2023 </t>
         </is>
       </c>
-      <c s="5" r="D75">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="E75">
+      <c s="5" r="D69">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="E69">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F75">
+      <c s="3" t="inlineStr" r="F69">
         <is>
           <t xml:space="preserve">5397060</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G75">
+      <c s="4" t="inlineStr" r="G69">
         <is>
           <t xml:space="preserve">CIMARRON UNIT 4</t>
         </is>
       </c>
-      <c s="6" r="H75">
+      <c s="6" r="H69">
         <v>1998</v>
       </c>
-      <c s="6" r="I75">
+      <c s="6" r="I69">
         <v>1998</v>
       </c>
-      <c s="4" t="inlineStr" r="J75">
+      <c s="4" t="inlineStr" r="J69">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K75">
+      <c s="4" t="inlineStr" r="K69">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L75">
+      <c s="5" r="L69">
         <v>2087</v>
       </c>
-      <c s="4" t="inlineStr" r="M75">
+      <c s="4" t="inlineStr" r="M69">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N75">
+      <c s="6" r="N69">
         <v>4</v>
       </c>
-      <c s="6" r="O75">
+      <c s="6" r="O69">
         <v>2</v>
       </c>
-      <c s="6" r="P75">
+      <c s="6" r="P69">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q75">
+      <c s="4" t="inlineStr" r="Q69">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R75">
+      <c s="4" t="inlineStr" r="R69">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S75">
+      <c s="4" t="inlineStr" r="S69">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T75">
+      <c s="4" t="inlineStr" r="T69">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U75">
+      <c s="5" r="U69">
         <v>726</v>
       </c>
-      <c s="4" t="inlineStr" r="V75">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X75">
+      <c s="4" t="inlineStr" r="V69">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W69">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X69">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y75">
+      <c s="4" t="inlineStr" r="Y69">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z75">
+      <c s="5" r="Z69">
         <v>0.207989</v>
       </c>
-      <c s="4" t="inlineStr" r="AA75">
+      <c s="4" t="inlineStr" r="AA69">
         <is>
           <t xml:space="preserve">THUNDER PROPERTIES INC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB75">
+      <c s="4" t="inlineStr" r="AB69">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC75">
+      <c s="4" t="inlineStr" r="AC69">
         <is>
           <t xml:space="preserve">659 THIRD AVE STE A</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD75">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE75">
+      <c s="4" t="inlineStr" r="AD69">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE69">
         <is>
           <t xml:space="preserve">CHULA VISTA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF75">
+      <c s="4" t="inlineStr" r="AF69">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG75">
+      <c s="4" t="inlineStr" r="AG69">
         <is>
           <t xml:space="preserve">91910</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH75">
+      <c s="4" t="inlineStr" r="AH69">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI75">
+      <c s="4" t="inlineStr" r="AI69">
         <is>
           <t xml:space="preserve">89436</t>
         </is>
       </c>
     </row>
-    <row r="76" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A76">
+    <row r="70" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A70">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">526-154-14</t>
+          </r>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="B70">
+        <is>
+          <t xml:space="preserve">6682 SPORTOLETTI DR</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="C70">
+        <is>
+          <t xml:space="preserve">12/24/2025 </t>
+        </is>
+      </c>
+      <c s="5" r="D70">
+        <v>390833</v>
+      </c>
+      <c s="4" t="inlineStr" r="E70">
+        <is>
+          <t xml:space="preserve">3BF</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="F70">
+        <is>
+          <t xml:space="preserve">5590860</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G70">
+        <is>
+          <t xml:space="preserve">FOOTHILLS AT WINGFIELD VLG 13A</t>
+        </is>
+      </c>
+      <c s="6" r="H70">
+        <v>2005</v>
+      </c>
+      <c s="6" r="I70">
+        <v>2005</v>
+      </c>
+      <c s="4" t="inlineStr" r="J70">
+        <is>
+          <t xml:space="preserve">Single Family Residence</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K70">
+        <is>
+          <t xml:space="preserve">2 Story</t>
+        </is>
+      </c>
+      <c s="5" r="L70">
+        <v>1760</v>
+      </c>
+      <c s="4" t="inlineStr" r="M70">
+        <is>
+          <t xml:space="preserve">Average</t>
+        </is>
+      </c>
+      <c s="6" r="N70">
+        <v>3</v>
+      </c>
+      <c s="6" r="O70">
+        <v>2</v>
+      </c>
+      <c s="6" r="P70">
+        <v>1</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q70">
+        <is>
+          <t xml:space="preserve">FA/AC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R70">
+        <is>
+          <t xml:space="preserve">STUCCO ON FRAME</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S70">
+        <is>
+          <t xml:space="preserve">CONCRETE TILE</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T70">
+        <is>
+          <t xml:space="preserve">BUILT-IN</t>
+        </is>
+      </c>
+      <c s="5" r="U70">
+        <v>420</v>
+      </c>
+      <c s="4" t="inlineStr" r="V70">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W70">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X70">
+        <is>
+          <t xml:space="preserve">200</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="Y70">
+        <is>
+          <t xml:space="preserve">NUD</t>
+        </is>
+      </c>
+      <c s="5" r="Z70">
+        <v>0.0741506</v>
+      </c>
+      <c s="4" t="inlineStr" r="AA70">
+        <is>
+          <t xml:space="preserve">GUILD MORTGAGE COMPANY LLC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AB70">
+        <is>
+          <t xml:space="preserve">NO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AC70">
+        <is>
+          <t xml:space="preserve">5887 COPLEY CT BOX 85304</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AD70">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE70">
+        <is>
+          <t xml:space="preserve">SAN DIEGO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AF70">
+        <is>
+          <t xml:space="preserve">CA</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AG70">
+        <is>
+          <t xml:space="preserve">92111</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AH70">
+        <is>
+          <t xml:space="preserve">2000</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AI70">
+        <is>
+          <t xml:space="preserve">89436</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A71">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">528-162-02</t>
+          </r>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="B71">
+        <is>
+          <t xml:space="preserve">6740 JAQUENETTA DR</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="C71">
+        <is>
+          <t xml:space="preserve">01/16/2026 </t>
+        </is>
+      </c>
+      <c s="5" r="D71">
+        <v>1748</v>
+      </c>
+      <c s="4" t="inlineStr" r="E71">
+        <is>
+          <t xml:space="preserve">3BF</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="F71">
+        <is>
+          <t xml:space="preserve">5595222</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G71">
+        <is>
+          <t xml:space="preserve">PIONEER MEADOWS VILLAGE 2 UT 2</t>
+        </is>
+      </c>
+      <c s="6" r="H71">
+        <v>2006</v>
+      </c>
+      <c s="6" r="I71">
+        <v>2006</v>
+      </c>
+      <c s="4" t="inlineStr" r="J71">
+        <is>
+          <t xml:space="preserve">Single Family Residence</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K71">
+        <is>
+          <t xml:space="preserve">2 Story</t>
+        </is>
+      </c>
+      <c s="5" r="L71">
+        <v>2560</v>
+      </c>
+      <c s="4" t="inlineStr" r="M71">
+        <is>
+          <t xml:space="preserve">Average</t>
+        </is>
+      </c>
+      <c s="6" r="N71">
+        <v>4</v>
+      </c>
+      <c s="6" r="O71">
+        <v>3</v>
+      </c>
+      <c s="6" r="P71">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q71">
+        <is>
+          <t xml:space="preserve">FA/AC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R71">
+        <is>
+          <t xml:space="preserve">STUCCO ON FRAME</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S71">
+        <is>
+          <t xml:space="preserve">CONCRETE TILE</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T71">
+        <is>
+          <t xml:space="preserve">ATTACHED</t>
+        </is>
+      </c>
+      <c s="5" r="U71">
+        <v>598</v>
+      </c>
+      <c s="4" t="inlineStr" r="V71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W71">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X71">
+        <is>
+          <t xml:space="preserve">200</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="Y71">
+        <is>
+          <t xml:space="preserve">PD</t>
+        </is>
+      </c>
+      <c s="5" r="Z71">
+        <v>0.1698577</v>
+      </c>
+      <c s="4" t="inlineStr" r="AA71">
+        <is>
+          <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AB71">
+        <is>
+          <t xml:space="preserve">NO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AC71">
+        <is>
+          <t xml:space="preserve">3500 LAKESIDE CT STE 212B</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AD71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE71">
+        <is>
+          <t xml:space="preserve">RENO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AF71">
+        <is>
+          <t xml:space="preserve">NV</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AG71">
+        <is>
+          <t xml:space="preserve">89509</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AH71">
+        <is>
+          <t xml:space="preserve">2000</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AI71">
+        <is>
+          <t xml:space="preserve">89436</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A72">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">528-681-08</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B76">
+      <c s="4" t="inlineStr" r="B72">
         <is>
           <t xml:space="preserve">7348 OAKMONT LN</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C76">
+      <c s="4" t="inlineStr" r="C72">
         <is>
           <t xml:space="preserve">07/03/2025 </t>
         </is>
       </c>
-      <c s="5" r="D76">
+      <c s="5" r="D72">
         <v>9226</v>
       </c>
-      <c s="4" t="inlineStr" r="E76">
+      <c s="4" t="inlineStr" r="E72">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F76">
+      <c s="3" t="inlineStr" r="F72">
         <is>
           <t xml:space="preserve">5551230</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G76">
+      <c s="4" t="inlineStr" r="G72">
         <is>
           <t xml:space="preserve">STONEBROOK VILLAGE G2-A</t>
         </is>
       </c>
-      <c s="6" r="H76">
+      <c s="6" r="H72">
         <v>2022</v>
       </c>
-      <c s="6" r="I76">
+      <c s="6" r="I72">
         <v>2022</v>
       </c>
-      <c s="4" t="inlineStr" r="J76">
+      <c s="4" t="inlineStr" r="J72">
         <is>
           <t xml:space="preserve">Condo/Townhouse</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K76">
+      <c s="4" t="inlineStr" r="K72">
         <is>
           <t xml:space="preserve">1 Story End Unit</t>
         </is>
       </c>
-      <c s="5" r="L76">
+      <c s="5" r="L72">
         <v>1494</v>
       </c>
-      <c s="4" t="inlineStr" r="M76">
+      <c s="4" t="inlineStr" r="M72">
         <is>
           <t xml:space="preserve">Average-Good</t>
         </is>
       </c>
-      <c s="6" r="N76">
+      <c s="6" r="N72">
         <v>2</v>
       </c>
-      <c s="6" r="O76">
+      <c s="6" r="O72">
         <v>2</v>
       </c>
-      <c s="6" r="P76">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q76">
+      <c s="6" r="P72">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q72">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R76">
+      <c s="4" t="inlineStr" r="R72">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S76">
+      <c s="4" t="inlineStr" r="S72">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T76">
+      <c s="4" t="inlineStr" r="T72">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U76">
+      <c s="5" r="U72">
         <v>456</v>
       </c>
-      <c s="4" t="inlineStr" r="V76">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X76">
+      <c s="4" t="inlineStr" r="V72">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W72">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X72">
         <is>
           <t xml:space="preserve">210</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y76">
+      <c s="4" t="inlineStr" r="Y72">
         <is>
           <t xml:space="preserve">NUD</t>
         </is>
       </c>
-      <c s="5" r="Z76">
+      <c s="5" r="Z72">
         <v>0.1041093</v>
       </c>
-      <c s="4" t="inlineStr" r="AA76">
+      <c s="4" t="inlineStr" r="AA72">
         <is>
           <t xml:space="preserve">CHAMPERY RENTAL REO LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB76">
+      <c s="4" t="inlineStr" r="AB72">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC76">
+      <c s="4" t="inlineStr" r="AC72">
         <is>
           <t xml:space="preserve">2015 MANHATTAN BEACH BLVD # 100</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD76">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE76">
+      <c s="4" t="inlineStr" r="AD72">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE72">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF76">
+      <c s="4" t="inlineStr" r="AF72">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG76">
+      <c s="4" t="inlineStr" r="AG72">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH76">
+      <c s="4" t="inlineStr" r="AH72">
         <is>
           <t xml:space="preserve">2000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI76">
+      <c s="4" t="inlineStr" r="AI72">
         <is>
           <t xml:space="preserve">89436</t>
         </is>
       </c>
     </row>
-    <row r="77" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A77">
+    <row r="73" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A73">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">530-443-03</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B77">
+      <c s="4" t="inlineStr" r="B73">
         <is>
           <t xml:space="preserve">1359 NIGHTINGALE WAY</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C77">
+      <c s="4" t="inlineStr" r="C73">
         <is>
           <t xml:space="preserve">05/22/2025 </t>
         </is>
       </c>
-      <c s="5" r="D77">
+      <c s="5" r="D73">
         <v>478100</v>
       </c>
-      <c s="4" t="inlineStr" r="E77">
+      <c s="4" t="inlineStr" r="E73">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F77">
+      <c s="3" t="inlineStr" r="F73">
         <is>
           <t xml:space="preserve">5541229</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G77">
+      <c s="4" t="inlineStr" r="G73">
         <is>
           <t xml:space="preserve">EAGLE CANYON UNIT 4</t>
         </is>
       </c>
-      <c s="6" r="H77">
+      <c s="6" r="H73">
         <v>2001</v>
       </c>
-      <c s="6" r="I77">
+      <c s="6" r="I73">
         <v>2001</v>
       </c>
-      <c s="4" t="inlineStr" r="J77">
+      <c s="4" t="inlineStr" r="J73">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K77">
+      <c s="4" t="inlineStr" r="K73">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L77">
+      <c s="5" r="L73">
         <v>1775</v>
       </c>
-      <c s="4" t="inlineStr" r="M77">
+      <c s="4" t="inlineStr" r="M73">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N77">
+      <c s="6" r="N73">
         <v>3</v>
       </c>
-      <c s="6" r="O77">
+      <c s="6" r="O73">
         <v>2</v>
       </c>
-      <c s="6" r="P77">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q77">
+      <c s="6" r="P73">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q73">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R77">
+      <c s="4" t="inlineStr" r="R73">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S77">
+      <c s="4" t="inlineStr" r="S73">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T77">
+      <c s="4" t="inlineStr" r="T73">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U77">
+      <c s="5" r="U73">
         <v>653</v>
       </c>
-      <c s="4" t="inlineStr" r="V77">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X77">
+      <c s="4" t="inlineStr" r="V73">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W73">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X73">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y77">
+      <c s="4" t="inlineStr" r="Y73">
         <is>
           <t xml:space="preserve">MDS</t>
         </is>
       </c>
-      <c s="5" r="Z77">
+      <c s="5" r="Z73">
         <v>0.2800046</v>
       </c>
-      <c s="4" t="inlineStr" r="AA77">
+      <c s="4" t="inlineStr" r="AA73">
         <is>
           <t xml:space="preserve">ARIF, FAHAD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB77">
+      <c s="4" t="inlineStr" r="AB73">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC77">
+      <c s="4" t="inlineStr" r="AC73">
         <is>
           <t xml:space="preserve">5395 LADYBUG CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD77">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE77">
+      <c s="4" t="inlineStr" r="AD73">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE73">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF77">
+      <c s="4" t="inlineStr" r="AF73">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG77">
+      <c s="4" t="inlineStr" r="AG73">
         <is>
           <t xml:space="preserve">89523</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH77">
+      <c s="4" t="inlineStr" r="AH73">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI77">
+      <c s="4" t="inlineStr" r="AI73">
         <is>
           <t xml:space="preserve">89441</t>
         </is>
       </c>
     </row>
-    <row r="78" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A78">
+    <row r="74" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A74">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">534-062-07</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B78">
+      <c s="4" t="inlineStr" r="B74">
         <is>
           <t xml:space="preserve">85 E SKY RANCH BLVD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C78">
+      <c s="4" t="inlineStr" r="C74">
         <is>
           <t xml:space="preserve">04/16/2025 </t>
         </is>
       </c>
-      <c s="5" r="D78">
+      <c s="5" r="D74">
         <v>425000</v>
       </c>
-      <c s="4" t="inlineStr" r="E78">
+      <c s="4" t="inlineStr" r="E74">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F78">
+      <c s="3" t="inlineStr" r="F74">
         <is>
           <t xml:space="preserve">5532585</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G78">
+      <c s="4" t="inlineStr" r="G74">
         <is>
           <t xml:space="preserve">SKY RANCH 1A</t>
         </is>
       </c>
-      <c s="6" r="H78">
+      <c s="6" r="H74">
         <v>1983</v>
       </c>
-      <c s="6" r="I78">
+      <c s="6" r="I74">
         <v>1983</v>
       </c>
-      <c s="4" t="inlineStr" r="J78">
+      <c s="4" t="inlineStr" r="J74">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K78">
+      <c s="4" t="inlineStr" r="K74">
         <is>
           <t xml:space="preserve">1 Story</t>
         </is>
       </c>
-      <c s="5" r="L78">
+      <c s="5" r="L74">
         <v>1512</v>
       </c>
-      <c s="4" t="inlineStr" r="M78">
+      <c s="4" t="inlineStr" r="M74">
         <is>
           <t xml:space="preserve">Fair</t>
         </is>
       </c>
-      <c s="6" r="N78">
+      <c s="6" r="N74">
         <v>3</v>
       </c>
-      <c s="6" r="O78">
+      <c s="6" r="O74">
         <v>2</v>
       </c>
-      <c s="6" r="P78">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q78">
+      <c s="6" r="P74">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q74">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R78">
+      <c s="4" t="inlineStr" r="R74">
         <is>
           <t xml:space="preserve">PLYWOOD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S78">
+      <c s="4" t="inlineStr" r="S74">
         <is>
           <t xml:space="preserve">WOOD SHAKE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T78">
+      <c s="4" t="inlineStr" r="T74">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U78">
+      <c s="5" r="U74">
         <v>720</v>
       </c>
-      <c s="4" t="inlineStr" r="V78">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X78">
+      <c s="4" t="inlineStr" r="V74">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W74">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X74">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y78">
+      <c s="4" t="inlineStr" r="Y74">
         <is>
           <t xml:space="preserve">LDS</t>
         </is>
       </c>
-      <c s="5" r="Z78">
+      <c s="5" r="Z74">
         <v>1.001997</v>
       </c>
-      <c s="4" t="inlineStr" r="AA78">
+      <c s="4" t="inlineStr" r="AA74">
         <is>
           <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB78">
+      <c s="4" t="inlineStr" r="AB74">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC78">
+      <c s="4" t="inlineStr" r="AC74">
         <is>
           <t xml:space="preserve">2015 MANHATTAN BEACH BLVD STE 100</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD78">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE78">
+      <c s="4" t="inlineStr" r="AD74">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE74">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF78">
+      <c s="4" t="inlineStr" r="AF74">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG78">
+      <c s="4" t="inlineStr" r="AG74">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH78">
+      <c s="4" t="inlineStr" r="AH74">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI78">
+      <c s="4" t="inlineStr" r="AI74">
         <is>
           <t xml:space="preserve">89441</t>
         </is>
       </c>
     </row>
-    <row r="79" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A79">
+    <row r="75" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A75">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">550-364-12</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B79">
+      <c s="4" t="inlineStr" r="B75">
         <is>
           <t xml:space="preserve">9561 BLACK BEAR DR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C79">
+      <c s="4" t="inlineStr" r="C75">
         <is>
           <t xml:space="preserve">11/19/2025 </t>
         </is>
       </c>
-      <c s="5" r="D79">
+      <c s="5" r="D75">
         <v>371656</v>
       </c>
-      <c s="4" t="inlineStr" r="E79">
+      <c s="4" t="inlineStr" r="E75">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F79">
+      <c s="3" t="inlineStr" r="F75">
         <is>
           <t xml:space="preserve">5582856</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G79">
+      <c s="4" t="inlineStr" r="G75">
         <is>
           <t xml:space="preserve">SKY VISTA VILLAGE 12</t>
         </is>
       </c>
-      <c s="6" r="H79">
+      <c s="6" r="H75">
         <v>2001</v>
       </c>
-      <c s="6" r="I79">
+      <c s="6" r="I75">
         <v>2001</v>
       </c>
-      <c s="4" t="inlineStr" r="J79">
+      <c s="4" t="inlineStr" r="J75">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K79">
+      <c s="4" t="inlineStr" r="K75">
         <is>
           <t xml:space="preserve">2 Story</t>
         </is>
       </c>
-      <c s="5" r="L79">
+      <c s="5" r="L75">
         <v>2122</v>
       </c>
-      <c s="4" t="inlineStr" r="M79">
+      <c s="4" t="inlineStr" r="M75">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N79">
+      <c s="6" r="N75">
         <v>4</v>
       </c>
-      <c s="6" r="O79">
+      <c s="6" r="O75">
         <v>2</v>
       </c>
-      <c s="6" r="P79">
+      <c s="6" r="P75">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q79">
+      <c s="4" t="inlineStr" r="Q75">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R79">
+      <c s="4" t="inlineStr" r="R75">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S79">
+      <c s="4" t="inlineStr" r="S75">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T79">
+      <c s="4" t="inlineStr" r="T75">
         <is>
           <t xml:space="preserve">BUILT-IN</t>
         </is>
       </c>
-      <c s="5" r="U79">
+      <c s="5" r="U75">
         <v>852</v>
       </c>
-      <c s="4" t="inlineStr" r="V79">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X79">
+      <c s="4" t="inlineStr" r="V75">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W75">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X75">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y79">
+      <c s="4" t="inlineStr" r="Y75">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z79">
+      <c s="5" r="Z75">
         <v>0.1890037</v>
       </c>
-      <c s="4" t="inlineStr" r="AA79">
+      <c s="4" t="inlineStr" r="AA75">
         <is>
           <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB79">
+      <c s="4" t="inlineStr" r="AB75">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC79">
+      <c s="4" t="inlineStr" r="AC75">
         <is>
           <t xml:space="preserve">2015 MANHATTAN BEACH BLVD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD79">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE79">
+      <c s="4" t="inlineStr" r="AD75">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE75">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF79">
+      <c s="4" t="inlineStr" r="AF75">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG79">
+      <c s="4" t="inlineStr" r="AG75">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH79">
+      <c s="4" t="inlineStr" r="AH75">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI79">
+      <c s="4" t="inlineStr" r="AI75">
         <is>
           <t xml:space="preserve">89506</t>
         </is>
       </c>
     </row>
-    <row r="80" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A80">
+    <row r="76" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A76">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">550-523-20</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B80">
+      <c s="4" t="inlineStr" r="B76">
         <is>
           <t xml:space="preserve">9265 LONE WOLF CIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C80">
+      <c s="4" t="inlineStr" r="C76">
         <is>
           <t xml:space="preserve">01/24/2025 </t>
         </is>
       </c>
-      <c s="5" r="D80">
+      <c s="5" r="D76">
         <v>14877</v>
       </c>
-      <c s="4" t="inlineStr" r="E80">
+      <c s="4" t="inlineStr" r="E76">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F80">
+      <c s="3" t="inlineStr" r="F76">
         <is>
           <t xml:space="preserve">5514196</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G80">
+      <c s="4" t="inlineStr" r="G76">
         <is>
           <t xml:space="preserve">VILLAS AT SKY VISTA PHASE 1</t>
         </is>
       </c>
-      <c s="6" r="H80">
+      <c s="6" r="H76">
         <v>2004</v>
       </c>
-      <c s="6" r="I80">
+      <c s="6" r="I76">
         <v>2004</v>
       </c>
-      <c s="4" t="inlineStr" r="J80">
+      <c s="4" t="inlineStr" r="J76">
         <is>
           <t xml:space="preserve">Condo/Townhouse</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K80">
+      <c s="4" t="inlineStr" r="K76">
         <is>
           <t xml:space="preserve">2 Story End Unit</t>
         </is>
       </c>
-      <c s="5" r="L80">
+      <c s="5" r="L76">
         <v>1120</v>
       </c>
-      <c s="4" t="inlineStr" r="M80">
+      <c s="4" t="inlineStr" r="M76">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N80">
+      <c s="6" r="N76">
         <v>2</v>
       </c>
-      <c s="6" r="O80">
+      <c s="6" r="O76">
         <v>1</v>
       </c>
-      <c s="6" r="P80">
+      <c s="6" r="P76">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q80">
+      <c s="4" t="inlineStr" r="Q76">
         <is>
           <t xml:space="preserve">FORCED AIR</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R80">
+      <c s="4" t="inlineStr" r="R76">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S80">
+      <c s="4" t="inlineStr" r="S76">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T80">
+      <c s="4" t="inlineStr" r="T76">
         <is>
           <t xml:space="preserve">BUILT-IN</t>
         </is>
       </c>
-      <c s="5" r="U80">
+      <c s="5" r="U76">
         <v>231</v>
       </c>
-      <c s="4" t="inlineStr" r="V80">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X80">
+      <c s="4" t="inlineStr" r="V76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W76">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X76">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y80">
+      <c s="4" t="inlineStr" r="Y76">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z80">
+      <c s="5" r="Z76">
         <v>0.05640496</v>
       </c>
-      <c s="4" t="inlineStr" r="AA80">
+      <c s="4" t="inlineStr" r="AA76">
         <is>
           <t xml:space="preserve">AIRMOTIVE INVESTMENTS LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB80">
+      <c s="4" t="inlineStr" r="AB76">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC80">
+      <c s="4" t="inlineStr" r="AC76">
         <is>
           <t xml:space="preserve">3500 LAKESIDE CT # 212B</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD80">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE80">
+      <c s="4" t="inlineStr" r="AD76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE76">
         <is>
           <t xml:space="preserve">RENO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF80">
+      <c s="4" t="inlineStr" r="AF76">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG80">
+      <c s="4" t="inlineStr" r="AG76">
         <is>
           <t xml:space="preserve">89509</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH80">
+      <c s="4" t="inlineStr" r="AH76">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI80">
+      <c s="4" t="inlineStr" r="AI76">
         <is>
           <t xml:space="preserve">89506</t>
         </is>
       </c>
     </row>
-    <row r="81" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A81">
+    <row r="77" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A77">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">554-056-19</t>
+          </r>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="B77">
+        <is>
+          <t xml:space="preserve">6680 FLOWER ST</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="C77">
+        <is>
+          <t xml:space="preserve">12/23/2025 </t>
+        </is>
+      </c>
+      <c s="5" r="D77">
+        <v>236000</v>
+      </c>
+      <c s="4" t="inlineStr" r="E77">
+        <is>
+          <t xml:space="preserve">3BF</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="F77">
+        <is>
+          <t xml:space="preserve">5590642</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G77">
+        <is>
+          <t xml:space="preserve">SILVER LAKE 1B</t>
+        </is>
+      </c>
+      <c s="6" r="H77">
+        <v>1978</v>
+      </c>
+      <c s="6" r="I77">
+        <v>1978</v>
+      </c>
+      <c s="4" t="inlineStr" r="J77">
+        <is>
+          <t xml:space="preserve">Condo/Townhouse</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K77">
+        <is>
+          <t xml:space="preserve">1 Story End Unit</t>
+        </is>
+      </c>
+      <c s="5" r="L77">
+        <v>1080</v>
+      </c>
+      <c s="4" t="inlineStr" r="M77">
+        <is>
+          <t xml:space="preserve">Fair</t>
+        </is>
+      </c>
+      <c s="6" r="N77">
+        <v>3</v>
+      </c>
+      <c s="6" r="O77">
+        <v>2</v>
+      </c>
+      <c s="6" r="P77">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q77">
+        <is>
+          <t xml:space="preserve">FORCED AIR</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R77">
+        <is>
+          <t xml:space="preserve">HARDBOARD ON FRAME</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S77">
+        <is>
+          <t xml:space="preserve">COMPOSITION SHINGLE</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T77">
+        <is>
+          <t xml:space="preserve">ATTACHED</t>
+        </is>
+      </c>
+      <c s="5" r="U77">
+        <v>456</v>
+      </c>
+      <c s="4" t="inlineStr" r="V77">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W77">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X77">
+        <is>
+          <t xml:space="preserve">210</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="Y77">
+        <is>
+          <t xml:space="preserve">SF11</t>
+        </is>
+      </c>
+      <c s="5" r="Z77">
+        <v>0.1</v>
+      </c>
+      <c s="4" t="inlineStr" r="AA77">
+        <is>
+          <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AB77">
+        <is>
+          <t xml:space="preserve">NO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AC77">
+        <is>
+          <t xml:space="preserve">2015 MANHATTAN BEACH BLVD STE 100</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AD77">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE77">
+        <is>
+          <t xml:space="preserve">REDONDO BEACH</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AF77">
+        <is>
+          <t xml:space="preserve">CA</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AG77">
+        <is>
+          <t xml:space="preserve">90278</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AH77">
+        <is>
+          <t xml:space="preserve">1000</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AI77">
+        <is>
+          <t xml:space="preserve">89506</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A78">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">556-010-01</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B81">
+      <c s="4" t="inlineStr" r="B78">
         <is>
           <t xml:space="preserve">0 RED ROCK RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C81">
+      <c s="4" t="inlineStr" r="C78">
         <is>
           <t xml:space="preserve">02/15/2023 </t>
         </is>
       </c>
-      <c s="5" r="D81">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="E81">
+      <c s="5" r="D78">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="E78">
         <is>
           <t xml:space="preserve">3NTT</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F81">
+      <c s="3" t="inlineStr" r="F78">
         <is>
           <t xml:space="preserve">5363497</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G81">
+      <c s="4" t="inlineStr" r="G78">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H81">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X81">
+      <c s="6" r="H78">
+        <v>0</v>
+      </c>
+      <c s="6" r="I78">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J78">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K78">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L78"/>
+      <c s="4" t="inlineStr" r="M78">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N78">
+        <v>0</v>
+      </c>
+      <c s="6" r="O78">
+        <v>0</v>
+      </c>
+      <c s="6" r="P78">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q78">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R78">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S78">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T78">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U78">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V78">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W78">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X78">
         <is>
           <t xml:space="preserve">120</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y81">
+      <c s="4" t="inlineStr" r="Y78">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z81">
+      <c s="5" r="Z78">
         <v>41.482</v>
       </c>
-      <c s="4" t="inlineStr" r="AA81">
+      <c s="4" t="inlineStr" r="AA78">
         <is>
           <t xml:space="preserve">WALLACH 1 &amp; 2 LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB81">
+      <c s="4" t="inlineStr" r="AB78">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC81">
+      <c s="4" t="inlineStr" r="AC78">
         <is>
           <t xml:space="preserve">PO BOX 5667</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD81">
+      <c s="4" t="inlineStr" r="AD78">
         <is>
           <t xml:space="preserve">ATTN: ROBERT C ELIAS</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE81">
+      <c s="4" t="inlineStr" r="AE78">
         <is>
           <t xml:space="preserve">INCLINE VILLAGE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF81">
+      <c s="4" t="inlineStr" r="AF78">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG81">
+      <c s="4" t="inlineStr" r="AG78">
         <is>
           <t xml:space="preserve">89450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH81">
+      <c s="4" t="inlineStr" r="AH78">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI81">
+      <c s="4" t="inlineStr" r="AI78">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="82" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A82">
+    <row r="79" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A79">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">556-010-02</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B82">
+      <c s="4" t="inlineStr" r="B79">
         <is>
           <t xml:space="preserve">0 RED ROCK RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C82">
+      <c s="4" t="inlineStr" r="C79">
         <is>
           <t xml:space="preserve">02/15/2023 </t>
         </is>
       </c>
-      <c s="5" r="D82">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="E82">
+      <c s="5" r="D79">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="E79">
         <is>
           <t xml:space="preserve">3NTT</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F82">
+      <c s="3" t="inlineStr" r="F79">
         <is>
           <t xml:space="preserve">5363497</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G82">
+      <c s="4" t="inlineStr" r="G79">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H82">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X82">
+      <c s="6" r="H79">
+        <v>0</v>
+      </c>
+      <c s="6" r="I79">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J79">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K79">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L79"/>
+      <c s="4" t="inlineStr" r="M79">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N79">
+        <v>0</v>
+      </c>
+      <c s="6" r="O79">
+        <v>0</v>
+      </c>
+      <c s="6" r="P79">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q79">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R79">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S79">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T79">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U79">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V79">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W79">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X79">
         <is>
           <t xml:space="preserve">120</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y82">
+      <c s="4" t="inlineStr" r="Y79">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z82">
+      <c s="5" r="Z79">
         <v>40.195</v>
       </c>
-      <c s="4" t="inlineStr" r="AA82">
+      <c s="4" t="inlineStr" r="AA79">
         <is>
           <t xml:space="preserve">WALLACH 1 &amp; 2 LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB82">
+      <c s="4" t="inlineStr" r="AB79">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC82">
+      <c s="4" t="inlineStr" r="AC79">
         <is>
           <t xml:space="preserve">PO BOX 5667</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD82">
+      <c s="4" t="inlineStr" r="AD79">
         <is>
           <t xml:space="preserve">ATTN: ROBERT C ELIAS</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE82">
+      <c s="4" t="inlineStr" r="AE79">
         <is>
           <t xml:space="preserve">INCLINE VILLAGE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF82">
+      <c s="4" t="inlineStr" r="AF79">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG82">
+      <c s="4" t="inlineStr" r="AG79">
         <is>
           <t xml:space="preserve">89450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH82">
+      <c s="4" t="inlineStr" r="AH79">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI82">
+      <c s="4" t="inlineStr" r="AI79">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="83" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A83">
+    <row r="80" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A80">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">556-010-03</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B83">
+      <c s="4" t="inlineStr" r="B80">
         <is>
           <t xml:space="preserve">0 RED ROCK RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C83">
+      <c s="4" t="inlineStr" r="C80">
         <is>
           <t xml:space="preserve">02/15/2023 </t>
         </is>
       </c>
-      <c s="5" r="D83">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="E83">
+      <c s="5" r="D80">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="E80">
         <is>
           <t xml:space="preserve">3NTT</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F83">
+      <c s="3" t="inlineStr" r="F80">
         <is>
           <t xml:space="preserve">5363497</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G83">
+      <c s="4" t="inlineStr" r="G80">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H83">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X83">
+      <c s="6" r="H80">
+        <v>0</v>
+      </c>
+      <c s="6" r="I80">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J80">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K80">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L80"/>
+      <c s="4" t="inlineStr" r="M80">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N80">
+        <v>0</v>
+      </c>
+      <c s="6" r="O80">
+        <v>0</v>
+      </c>
+      <c s="6" r="P80">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q80">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R80">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S80">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T80">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U80">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V80">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W80">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X80">
         <is>
           <t xml:space="preserve">120</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y83">
+      <c s="4" t="inlineStr" r="Y80">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z83">
+      <c s="5" r="Z80">
         <v>40.191</v>
       </c>
-      <c s="4" t="inlineStr" r="AA83">
+      <c s="4" t="inlineStr" r="AA80">
         <is>
           <t xml:space="preserve">WALLACH 1 &amp; 2 LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB83">
+      <c s="4" t="inlineStr" r="AB80">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC83">
+      <c s="4" t="inlineStr" r="AC80">
         <is>
           <t xml:space="preserve">PO BOX 5667</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD83">
+      <c s="4" t="inlineStr" r="AD80">
         <is>
           <t xml:space="preserve">ATTN: ROBERT C ELIAS</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE83">
+      <c s="4" t="inlineStr" r="AE80">
         <is>
           <t xml:space="preserve">INCLINE VILLAGE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF83">
+      <c s="4" t="inlineStr" r="AF80">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG83">
+      <c s="4" t="inlineStr" r="AG80">
         <is>
           <t xml:space="preserve">89450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH83">
+      <c s="4" t="inlineStr" r="AH80">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI83">
+      <c s="4" t="inlineStr" r="AI80">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="84" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A84">
+    <row r="81" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A81">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">556-010-04</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B84">
+      <c s="4" t="inlineStr" r="B81">
         <is>
           <t xml:space="preserve">0 RED ROCK RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C84">
+      <c s="4" t="inlineStr" r="C81">
         <is>
           <t xml:space="preserve">02/15/2023 </t>
         </is>
       </c>
-      <c s="5" r="D84">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="E84">
+      <c s="5" r="D81">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="E81">
         <is>
           <t xml:space="preserve">3NTT</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F84">
+      <c s="3" t="inlineStr" r="F81">
         <is>
           <t xml:space="preserve">5363497</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G84">
+      <c s="4" t="inlineStr" r="G81">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H84">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X84">
+      <c s="6" r="H81">
+        <v>0</v>
+      </c>
+      <c s="6" r="I81">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L81"/>
+      <c s="4" t="inlineStr" r="M81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N81">
+        <v>0</v>
+      </c>
+      <c s="6" r="O81">
+        <v>0</v>
+      </c>
+      <c s="6" r="P81">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U81">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W81">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X81">
         <is>
           <t xml:space="preserve">120</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y84">
+      <c s="4" t="inlineStr" r="Y81">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z84">
+      <c s="5" r="Z81">
         <v>40.104</v>
       </c>
-      <c s="4" t="inlineStr" r="AA84">
+      <c s="4" t="inlineStr" r="AA81">
         <is>
           <t xml:space="preserve">WALLACH 1 &amp; 2 LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB84">
+      <c s="4" t="inlineStr" r="AB81">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC84">
+      <c s="4" t="inlineStr" r="AC81">
         <is>
           <t xml:space="preserve">PO BOX 5667</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD84">
+      <c s="4" t="inlineStr" r="AD81">
         <is>
           <t xml:space="preserve">ATTN: ROBERT C ELIAS</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE84">
+      <c s="4" t="inlineStr" r="AE81">
         <is>
           <t xml:space="preserve">INCLINE VILLAGE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF84">
+      <c s="4" t="inlineStr" r="AF81">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG84">
+      <c s="4" t="inlineStr" r="AG81">
         <is>
           <t xml:space="preserve">89450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH84">
+      <c s="4" t="inlineStr" r="AH81">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI84">
+      <c s="4" t="inlineStr" r="AI81">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="85" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A85">
+    <row r="82" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A82">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">556-010-05</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B85">
+      <c s="4" t="inlineStr" r="B82">
         <is>
           <t xml:space="preserve">0 RED ROCK RD</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C85">
+      <c s="4" t="inlineStr" r="C82">
         <is>
           <t xml:space="preserve">02/15/2023 </t>
         </is>
       </c>
-      <c s="5" r="D85">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="E85">
+      <c s="5" r="D82">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="E82">
         <is>
           <t xml:space="preserve">3NTT</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F85">
+      <c s="3" t="inlineStr" r="F82">
         <is>
           <t xml:space="preserve">5363497</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G85">
+      <c s="4" t="inlineStr" r="G82">
         <is>
           <t xml:space="preserve">_UNSPECIFIED</t>
         </is>
       </c>
-      <c s="6" r="H85">
-[...61 lines deleted...]
-      <c s="4" t="inlineStr" r="X85">
+      <c s="6" r="H82">
+        <v>0</v>
+      </c>
+      <c s="6" r="I82">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="J82">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="K82">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="str" r="L82"/>
+      <c s="4" t="inlineStr" r="M82">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" r="N82">
+        <v>0</v>
+      </c>
+      <c s="6" r="O82">
+        <v>0</v>
+      </c>
+      <c s="6" r="P82">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q82">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="R82">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="S82">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="T82">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="U82">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="V82">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W82">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X82">
         <is>
           <t xml:space="preserve">120</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y85">
+      <c s="4" t="inlineStr" r="Y82">
         <is>
           <t xml:space="preserve">PD</t>
         </is>
       </c>
-      <c s="5" r="Z85">
+      <c s="5" r="Z82">
         <v>477.476</v>
       </c>
-      <c s="4" t="inlineStr" r="AA85">
+      <c s="4" t="inlineStr" r="AA82">
         <is>
           <t xml:space="preserve">WALLACH 1 &amp; 2 LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB85">
+      <c s="4" t="inlineStr" r="AB82">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC85">
+      <c s="4" t="inlineStr" r="AC82">
         <is>
           <t xml:space="preserve">PO BOX 5667</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD85">
+      <c s="4" t="inlineStr" r="AD82">
         <is>
           <t xml:space="preserve">ATTN: ROBERT C ELIAS</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AE85">
+      <c s="4" t="inlineStr" r="AE82">
         <is>
           <t xml:space="preserve">INCLINE VILLAGE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF85">
+      <c s="4" t="inlineStr" r="AF82">
         <is>
           <t xml:space="preserve">NV</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG85">
+      <c s="4" t="inlineStr" r="AG82">
         <is>
           <t xml:space="preserve">89450</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH85">
+      <c s="4" t="inlineStr" r="AH82">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI85">
+      <c s="4" t="inlineStr" r="AI82">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="86" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A86">
+    <row r="83" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A83">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">556-251-17</t>
+            <t xml:space="preserve">556-521-07</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B86">
-[...12 lines deleted...]
-      <c s="4" t="inlineStr" r="E86">
+      <c s="4" t="inlineStr" r="B83">
+        <is>
+          <t xml:space="preserve">18335 GOOSE LAKE CT</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="C83">
+        <is>
+          <t xml:space="preserve">12/23/2025 </t>
+        </is>
+      </c>
+      <c s="5" r="D83">
+        <v>325100</v>
+      </c>
+      <c s="4" t="inlineStr" r="E83">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F86">
-[...15 lines deleted...]
-      <c s="4" t="inlineStr" r="J86">
+      <c s="3" t="inlineStr" r="F83">
+        <is>
+          <t xml:space="preserve">5590635</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G83">
+        <is>
+          <t xml:space="preserve">WOODLAND VILLAGE PHASE 15</t>
+        </is>
+      </c>
+      <c s="6" r="H83">
+        <v>2007</v>
+      </c>
+      <c s="6" r="I83">
+        <v>2007</v>
+      </c>
+      <c s="4" t="inlineStr" r="J83">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K86">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="M86">
+      <c s="4" t="inlineStr" r="K83">
+        <is>
+          <t xml:space="preserve">1 Story</t>
+        </is>
+      </c>
+      <c s="5" r="L83">
+        <v>1696</v>
+      </c>
+      <c s="4" t="inlineStr" r="M83">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N86">
+      <c s="6" r="N83">
         <v>3</v>
       </c>
-      <c s="6" r="O86">
+      <c s="6" r="O83">
         <v>2</v>
       </c>
-      <c s="6" r="P86">
-[...2 lines deleted...]
-      <c s="4" t="inlineStr" r="Q86">
+      <c s="6" r="P83">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="Q83">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R86">
+      <c s="4" t="inlineStr" r="R83">
         <is>
           <t xml:space="preserve">HARDBOARD ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S86">
+      <c s="4" t="inlineStr" r="S83">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T86">
+      <c s="4" t="inlineStr" r="T83">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U86">
-[...10 lines deleted...]
-      <c s="4" t="inlineStr" r="X86">
+      <c s="5" r="U83">
+        <v>576</v>
+      </c>
+      <c s="4" t="inlineStr" r="V83">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W83">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X83">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y86">
+      <c s="4" t="inlineStr" r="Y83">
         <is>
           <t xml:space="preserve">MDS</t>
         </is>
       </c>
-      <c s="5" r="Z86">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="AB86">
+      <c s="5" r="Z83">
+        <v>0.2539715</v>
+      </c>
+      <c s="4" t="inlineStr" r="AA83">
+        <is>
+          <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AB83">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC86">
-[...24 lines deleted...]
-      <c s="4" t="inlineStr" r="AH86">
+      <c s="4" t="inlineStr" r="AC83">
+        <is>
+          <t xml:space="preserve">10509 PROFESSIONAL CIR # 200</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AD83">
+        <is>
+          <t xml:space="preserve">C/O ASSOCIA SIERRA NORTH</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE83">
+        <is>
+          <t xml:space="preserve">RENO</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AF83">
+        <is>
+          <t xml:space="preserve">NV</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AG83">
+        <is>
+          <t xml:space="preserve">89512</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AH83">
         <is>
           <t xml:space="preserve">4000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI86">
+      <c s="4" t="inlineStr" r="AI83">
         <is>
           <t xml:space="preserve">89508</t>
         </is>
       </c>
     </row>
-    <row r="87" ht="18" customHeight="0">
-      <c s="3" t="inlineStr" r="A87">
+    <row r="84" ht="18" customHeight="0">
+      <c s="3" t="inlineStr" r="A84">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">568-201-17</t>
           </r>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="B87">
+      <c s="4" t="inlineStr" r="B84">
         <is>
           <t xml:space="preserve">636 COYOTE BLUFF CT</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="C87">
+      <c s="4" t="inlineStr" r="C84">
         <is>
           <t xml:space="preserve">08/08/2025 </t>
         </is>
       </c>
-      <c s="5" r="D87">
+      <c s="5" r="D84">
         <v>338261</v>
       </c>
-      <c s="4" t="inlineStr" r="E87">
+      <c s="4" t="inlineStr" r="E84">
         <is>
           <t xml:space="preserve">3BF</t>
         </is>
       </c>
-      <c s="3" t="inlineStr" r="F87">
+      <c s="3" t="inlineStr" r="F84">
         <is>
           <t xml:space="preserve">5560308</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="G87">
+      <c s="4" t="inlineStr" r="G84">
         <is>
           <t xml:space="preserve">STONEFIELD PHASE 4 VILLAGE 3B</t>
         </is>
       </c>
-      <c s="6" r="H87">
+      <c s="6" r="H84">
         <v>2023</v>
       </c>
-      <c s="6" r="I87">
+      <c s="6" r="I84">
         <v>2023</v>
       </c>
-      <c s="4" t="inlineStr" r="J87">
+      <c s="4" t="inlineStr" r="J84">
         <is>
           <t xml:space="preserve">Single Family Residence</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="K87">
+      <c s="4" t="inlineStr" r="K84">
         <is>
           <t xml:space="preserve">2 Story</t>
         </is>
       </c>
-      <c s="5" r="L87">
+      <c s="5" r="L84">
         <v>1710</v>
       </c>
-      <c s="4" t="inlineStr" r="M87">
+      <c s="4" t="inlineStr" r="M84">
         <is>
           <t xml:space="preserve">Fair-Average</t>
         </is>
       </c>
-      <c s="6" r="N87">
+      <c s="6" r="N84">
         <v>3</v>
       </c>
-      <c s="6" r="O87">
+      <c s="6" r="O84">
         <v>2</v>
       </c>
-      <c s="6" r="P87">
+      <c s="6" r="P84">
         <v>1</v>
       </c>
-      <c s="4" t="inlineStr" r="Q87">
+      <c s="4" t="inlineStr" r="Q84">
         <is>
           <t xml:space="preserve">FA/AC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="R87">
+      <c s="4" t="inlineStr" r="R84">
         <is>
           <t xml:space="preserve">STUCCO ON FRAME</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="S87">
+      <c s="4" t="inlineStr" r="S84">
         <is>
           <t xml:space="preserve">COMPOSITION SHINGLE</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="T87">
+      <c s="4" t="inlineStr" r="T84">
         <is>
           <t xml:space="preserve">ATTACHED</t>
         </is>
       </c>
-      <c s="5" r="U87">
+      <c s="5" r="U84">
         <v>400</v>
       </c>
-      <c s="4" t="inlineStr" r="V87">
-[...7 lines deleted...]
-      <c s="4" t="inlineStr" r="X87">
+      <c s="4" t="inlineStr" r="V84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" r="W84">
+        <v>0</v>
+      </c>
+      <c s="4" t="inlineStr" r="X84">
         <is>
           <t xml:space="preserve">200</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="Y87">
+      <c s="4" t="inlineStr" r="Y84">
         <is>
           <t xml:space="preserve">SF11</t>
         </is>
       </c>
-      <c s="5" r="Z87">
+      <c s="5" r="Z84">
         <v>0.1309458</v>
       </c>
-      <c s="4" t="inlineStr" r="AA87">
+      <c s="4" t="inlineStr" r="AA84">
         <is>
           <t xml:space="preserve">NEIGHBOR TO NEIGHBOR HOMES LLC</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AB87">
+      <c s="4" t="inlineStr" r="AB84">
         <is>
           <t xml:space="preserve">NO</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AC87">
+      <c s="4" t="inlineStr" r="AC84">
         <is>
           <t xml:space="preserve">2015 MANHATTAN BEACH BLVD STE 100</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AD87">
-[...4 lines deleted...]
-      <c s="4" t="inlineStr" r="AE87">
+      <c s="4" t="inlineStr" r="AD84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="AE84">
         <is>
           <t xml:space="preserve">REDONDO BEACH</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AF87">
+      <c s="4" t="inlineStr" r="AF84">
         <is>
           <t xml:space="preserve">CA</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AG87">
+      <c s="4" t="inlineStr" r="AG84">
         <is>
           <t xml:space="preserve">90278</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AH87">
+      <c s="4" t="inlineStr" r="AH84">
         <is>
           <t xml:space="preserve">1000</t>
         </is>
       </c>
-      <c s="4" t="inlineStr" r="AI87">
+      <c s="4" t="inlineStr" r="AI84">
         <is>
           <t xml:space="preserve">89506</t>
         </is>
       </c>
     </row>
-    <row r="88" ht="127.5" customHeight="1"/>
+    <row r="85" ht="127.5" customHeight="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AI1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId7"/>
     <hyperlink ref="F3" r:id="rId8"/>
     <hyperlink ref="A4" r:id="rId9"/>
     <hyperlink ref="F4" r:id="rId10"/>
     <hyperlink ref="A5" r:id="rId11"/>
     <hyperlink ref="F5" r:id="rId12"/>
     <hyperlink ref="A6" r:id="rId13"/>
     <hyperlink ref="F6" r:id="rId14"/>
     <hyperlink ref="A7" r:id="rId15"/>
     <hyperlink ref="F7" r:id="rId16"/>
     <hyperlink ref="A8" r:id="rId17"/>
     <hyperlink ref="F8" r:id="rId18"/>
     <hyperlink ref="A9" r:id="rId19"/>
     <hyperlink ref="F9" r:id="rId20"/>
     <hyperlink ref="A10" r:id="rId21"/>
     <hyperlink ref="F10" r:id="rId22"/>
     <hyperlink ref="A11" r:id="rId23"/>
     <hyperlink ref="F11" r:id="rId24"/>
     <hyperlink ref="A12" r:id="rId25"/>
     <hyperlink ref="F12" r:id="rId26"/>
     <hyperlink ref="A13" r:id="rId27"/>
-    <hyperlink ref="F13" r:id="rId26"/>
-[...62 lines deleted...]
-    <hyperlink ref="A45" r:id="rId85"/>
+    <hyperlink ref="F13" r:id="rId28"/>
+    <hyperlink ref="A14" r:id="rId29"/>
+    <hyperlink ref="F14" r:id="rId30"/>
+    <hyperlink ref="A15" r:id="rId31"/>
+    <hyperlink ref="F15" r:id="rId32"/>
+    <hyperlink ref="A16" r:id="rId33"/>
+    <hyperlink ref="F16" r:id="rId34"/>
+    <hyperlink ref="A17" r:id="rId35"/>
+    <hyperlink ref="F17" r:id="rId36"/>
+    <hyperlink ref="A18" r:id="rId37"/>
+    <hyperlink ref="F18" r:id="rId38"/>
+    <hyperlink ref="A19" r:id="rId39"/>
+    <hyperlink ref="F19" r:id="rId40"/>
+    <hyperlink ref="A20" r:id="rId41"/>
+    <hyperlink ref="F20" r:id="rId42"/>
+    <hyperlink ref="A21" r:id="rId43"/>
+    <hyperlink ref="F21" r:id="rId44"/>
+    <hyperlink ref="A22" r:id="rId45"/>
+    <hyperlink ref="F22" r:id="rId46"/>
+    <hyperlink ref="A23" r:id="rId47"/>
+    <hyperlink ref="F23" r:id="rId48"/>
+    <hyperlink ref="A24" r:id="rId49"/>
+    <hyperlink ref="F24" r:id="rId50"/>
+    <hyperlink ref="A25" r:id="rId51"/>
+    <hyperlink ref="F25" r:id="rId52"/>
+    <hyperlink ref="A26" r:id="rId53"/>
+    <hyperlink ref="F26" r:id="rId54"/>
+    <hyperlink ref="A27" r:id="rId55"/>
+    <hyperlink ref="F27" r:id="rId56"/>
+    <hyperlink ref="A28" r:id="rId57"/>
+    <hyperlink ref="F28" r:id="rId58"/>
+    <hyperlink ref="A29" r:id="rId59"/>
+    <hyperlink ref="F29" r:id="rId60"/>
+    <hyperlink ref="A30" r:id="rId61"/>
+    <hyperlink ref="F30" r:id="rId62"/>
+    <hyperlink ref="A31" r:id="rId63"/>
+    <hyperlink ref="F31" r:id="rId64"/>
+    <hyperlink ref="A32" r:id="rId65"/>
+    <hyperlink ref="F32" r:id="rId66"/>
+    <hyperlink ref="A33" r:id="rId67"/>
+    <hyperlink ref="F33" r:id="rId68"/>
+    <hyperlink ref="A34" r:id="rId69"/>
+    <hyperlink ref="F34" r:id="rId70"/>
+    <hyperlink ref="A35" r:id="rId71"/>
+    <hyperlink ref="F35" r:id="rId72"/>
+    <hyperlink ref="A36" r:id="rId73"/>
+    <hyperlink ref="F36" r:id="rId74"/>
+    <hyperlink ref="A37" r:id="rId75"/>
+    <hyperlink ref="F37" r:id="rId76"/>
+    <hyperlink ref="A38" r:id="rId77"/>
+    <hyperlink ref="F38" r:id="rId78"/>
+    <hyperlink ref="A39" r:id="rId79"/>
+    <hyperlink ref="F39" r:id="rId80"/>
+    <hyperlink ref="A40" r:id="rId81"/>
+    <hyperlink ref="F40" r:id="rId82"/>
+    <hyperlink ref="A41" r:id="rId83"/>
+    <hyperlink ref="F41" r:id="rId84"/>
+    <hyperlink ref="A42" r:id="rId85"/>
+    <hyperlink ref="F42" r:id="rId86"/>
+    <hyperlink ref="A43" r:id="rId87"/>
+    <hyperlink ref="F43" r:id="rId86"/>
+    <hyperlink ref="A44" r:id="rId88"/>
+    <hyperlink ref="F44" r:id="rId86"/>
+    <hyperlink ref="A45" r:id="rId89"/>
     <hyperlink ref="F45" r:id="rId86"/>
-    <hyperlink ref="A46" r:id="rId87"/>
-[...4 lines deleted...]
-    <hyperlink ref="F48" r:id="rId92"/>
+    <hyperlink ref="A46" r:id="rId90"/>
+    <hyperlink ref="F46" r:id="rId86"/>
+    <hyperlink ref="A47" r:id="rId91"/>
+    <hyperlink ref="F47" r:id="rId86"/>
+    <hyperlink ref="A48" r:id="rId92"/>
+    <hyperlink ref="F48" r:id="rId86"/>
     <hyperlink ref="A49" r:id="rId93"/>
-    <hyperlink ref="F49" r:id="rId94"/>
-[...6 lines deleted...]
-    <hyperlink ref="A53" r:id="rId101"/>
+    <hyperlink ref="F49" r:id="rId86"/>
+    <hyperlink ref="A50" r:id="rId94"/>
+    <hyperlink ref="F50" r:id="rId86"/>
+    <hyperlink ref="A51" r:id="rId95"/>
+    <hyperlink ref="F51" r:id="rId96"/>
+    <hyperlink ref="A52" r:id="rId97"/>
+    <hyperlink ref="F52" r:id="rId98"/>
+    <hyperlink ref="A53" r:id="rId99"/>
     <hyperlink ref="F53" r:id="rId100"/>
-    <hyperlink ref="A54" r:id="rId102"/>
-    <hyperlink ref="F54" r:id="rId100"/>
+    <hyperlink ref="A54" r:id="rId101"/>
+    <hyperlink ref="F54" r:id="rId102"/>
     <hyperlink ref="A55" r:id="rId103"/>
-    <hyperlink ref="F55" r:id="rId100"/>
-[...63 lines deleted...]
-    <hyperlink ref="F87" r:id="rId157"/>
+    <hyperlink ref="F55" r:id="rId104"/>
+    <hyperlink ref="A56" r:id="rId105"/>
+    <hyperlink ref="F56" r:id="rId106"/>
+    <hyperlink ref="A57" r:id="rId107"/>
+    <hyperlink ref="F57" r:id="rId108"/>
+    <hyperlink ref="A58" r:id="rId109"/>
+    <hyperlink ref="F58" r:id="rId110"/>
+    <hyperlink ref="A59" r:id="rId111"/>
+    <hyperlink ref="F59" r:id="rId112"/>
+    <hyperlink ref="A60" r:id="rId113"/>
+    <hyperlink ref="F60" r:id="rId114"/>
+    <hyperlink ref="A61" r:id="rId115"/>
+    <hyperlink ref="F61" r:id="rId116"/>
+    <hyperlink ref="A62" r:id="rId117"/>
+    <hyperlink ref="F62" r:id="rId118"/>
+    <hyperlink ref="A63" r:id="rId119"/>
+    <hyperlink ref="F63" r:id="rId120"/>
+    <hyperlink ref="A64" r:id="rId121"/>
+    <hyperlink ref="F64" r:id="rId122"/>
+    <hyperlink ref="A65" r:id="rId123"/>
+    <hyperlink ref="F65" r:id="rId124"/>
+    <hyperlink ref="A66" r:id="rId125"/>
+    <hyperlink ref="F66" r:id="rId126"/>
+    <hyperlink ref="A67" r:id="rId127"/>
+    <hyperlink ref="F67" r:id="rId128"/>
+    <hyperlink ref="A68" r:id="rId129"/>
+    <hyperlink ref="F68" r:id="rId130"/>
+    <hyperlink ref="A69" r:id="rId131"/>
+    <hyperlink ref="F69" r:id="rId132"/>
+    <hyperlink ref="A70" r:id="rId133"/>
+    <hyperlink ref="F70" r:id="rId134"/>
+    <hyperlink ref="A71" r:id="rId135"/>
+    <hyperlink ref="F71" r:id="rId136"/>
+    <hyperlink ref="A72" r:id="rId137"/>
+    <hyperlink ref="F72" r:id="rId138"/>
+    <hyperlink ref="A73" r:id="rId139"/>
+    <hyperlink ref="F73" r:id="rId140"/>
+    <hyperlink ref="A74" r:id="rId141"/>
+    <hyperlink ref="F74" r:id="rId142"/>
+    <hyperlink ref="A75" r:id="rId143"/>
+    <hyperlink ref="F75" r:id="rId144"/>
+    <hyperlink ref="A76" r:id="rId145"/>
+    <hyperlink ref="F76" r:id="rId146"/>
+    <hyperlink ref="A77" r:id="rId147"/>
+    <hyperlink ref="F77" r:id="rId148"/>
+    <hyperlink ref="A78" r:id="rId149"/>
+    <hyperlink ref="F78" r:id="rId76"/>
+    <hyperlink ref="A79" r:id="rId150"/>
+    <hyperlink ref="F79" r:id="rId76"/>
+    <hyperlink ref="A80" r:id="rId151"/>
+    <hyperlink ref="F80" r:id="rId76"/>
+    <hyperlink ref="A81" r:id="rId152"/>
+    <hyperlink ref="F81" r:id="rId76"/>
+    <hyperlink ref="A82" r:id="rId153"/>
+    <hyperlink ref="F82" r:id="rId76"/>
+    <hyperlink ref="A83" r:id="rId154"/>
+    <hyperlink ref="F83" r:id="rId155"/>
+    <hyperlink ref="A84" r:id="rId156"/>
+    <hyperlink ref="F84" r:id="rId157"/>
   </hyperlinks>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>